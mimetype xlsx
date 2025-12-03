--- v0 (2025-10-02)
+++ v1 (2025-12-03)
@@ -3,192 +3,224 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...10 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/xl/drawings/drawing22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/drawings/drawing23.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/drawings/drawing24.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/drawings/drawing25.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26130"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27628"/>
   <workbookPr showInkAnnotation="0" codeName="ЭтаКнига" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Сергей Титов\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Титов Сергей\ТИТОВ СЕРГЕЙ\КЛИЕНТ\АНТАРИОН ГУПП КЛИЕНТЫ\АНТАРИОН\ОБУЧЕНИЕ\ИЗУЧЕНИЕ\AVENTOS top\Презентации\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{25084C3C-21F1-4A16-A019-9F6543FDF6C1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5022E11D-4353-4468-83B1-15D0300F4324}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="921" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="921" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Содержание" sheetId="19" r:id="rId1"/>
-    <sheet name="HF" sheetId="28" r:id="rId2"/>
-[...23 lines deleted...]
-    <sheet name="Раскрой валов синхронизации" sheetId="33" r:id="rId26"/>
+    <sheet name="HF top" sheetId="34" r:id="rId2"/>
+    <sheet name="HS top" sheetId="35" r:id="rId3"/>
+    <sheet name="HL top" sheetId="36" r:id="rId4"/>
+    <sheet name="HK top" sheetId="30" r:id="rId5"/>
+    <sheet name="HK-S" sheetId="10" r:id="rId6"/>
+    <sheet name="HK-XS" sheetId="12" r:id="rId7"/>
+    <sheet name="TIP-ON BLUMOTION LEGRABOX" sheetId="14" r:id="rId8"/>
+    <sheet name="TIP-ON BUMOTION MOVENTO" sheetId="15" r:id="rId9"/>
+    <sheet name="TIP-ON BLUMOTION TANDEMBOX" sheetId="23" r:id="rId10"/>
+    <sheet name="TANDEMBOX боковые вставки" sheetId="16" r:id="rId11"/>
+    <sheet name="Раскрой дна и з.с для TANDEMBOX" sheetId="26" r:id="rId12"/>
+    <sheet name="Раскрой дна и з.с. для LEGRABOX" sheetId="27" r:id="rId13"/>
+    <sheet name="Раскрой валов синхронизации" sheetId="33" r:id="rId14"/>
   </sheets>
   <definedNames>
-    <definedName name="Z_A25B6F15_9B48_4230_9C30_183637D1319E_.wvu.Cols" localSheetId="1" hidden="1">HF!$J:$J</definedName>
-[...13 lines deleted...]
-    <definedName name="внутр" localSheetId="20">'TIP-ON BLUMOTION TANDEMBOX'!$AO$3,'TIP-ON BLUMOTION TANDEMBOX'!$AO$5</definedName>
+    <definedName name="Z_A25B6F15_9B48_4230_9C30_183637D1319E_.wvu.Cols" localSheetId="1" hidden="1">'HF top'!#REF!</definedName>
+    <definedName name="Z_A25B6F15_9B48_4230_9C30_183637D1319E_.wvu.Cols" localSheetId="7" hidden="1">'TIP-ON BLUMOTION LEGRABOX'!$AO:$BE</definedName>
+    <definedName name="Z_A25B6F15_9B48_4230_9C30_183637D1319E_.wvu.Cols" localSheetId="9" hidden="1">'TIP-ON BLUMOTION TANDEMBOX'!$AO:$BE</definedName>
+    <definedName name="Z_A25B6F15_9B48_4230_9C30_183637D1319E_.wvu.Cols" localSheetId="8" hidden="1">'TIP-ON BUMOTION MOVENTO'!$AP:$AZ</definedName>
+    <definedName name="Z_A25B6F15_9B48_4230_9C30_183637D1319E_.wvu.Rows" localSheetId="1" hidden="1">'HF top'!$2:$2</definedName>
+    <definedName name="Z_A25B6F15_9B48_4230_9C30_183637D1319E_.wvu.Rows" localSheetId="5" hidden="1">'HK-S'!$4:$4</definedName>
+    <definedName name="Z_A25B6F15_9B48_4230_9C30_183637D1319E_.wvu.Rows" localSheetId="7" hidden="1">'TIP-ON BLUMOTION LEGRABOX'!$29:$29</definedName>
+    <definedName name="Z_A25B6F15_9B48_4230_9C30_183637D1319E_.wvu.Rows" localSheetId="9" hidden="1">'TIP-ON BLUMOTION TANDEMBOX'!$29:$29</definedName>
+    <definedName name="внутр" localSheetId="9">'TIP-ON BLUMOTION TANDEMBOX'!$AO$3,'TIP-ON BLUMOTION TANDEMBOX'!$AO$5</definedName>
     <definedName name="внутр">'TIP-ON BLUMOTION LEGRABOX'!$AO$3,'TIP-ON BLUMOTION LEGRABOX'!$AO$5</definedName>
     <definedName name="Номинальная_длина__NL__мм" localSheetId="1">#REF!</definedName>
-    <definedName name="Номинальная_длина__NL__мм" localSheetId="10">#REF!</definedName>
     <definedName name="Номинальная_длина__NL__мм" localSheetId="4">#REF!</definedName>
-    <definedName name="Номинальная_длина__NL__мм" localSheetId="23">#REF!</definedName>
+    <definedName name="Номинальная_длина__NL__мм" localSheetId="2">#REF!</definedName>
     <definedName name="Номинальная_длина__NL__мм" localSheetId="11">#REF!</definedName>
     <definedName name="Номинальная_длина__NL__мм">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="25">'Раскрой валов синхронизации'!$A$2:$E$7</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Содержание!$A$1:$Y$36</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="13">'Раскрой валов синхронизации'!$A$2:$E$7</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Содержание!$A$1:$Y$24</definedName>
   </definedNames>
   <calcPr calcId="181029"/>
   <customWorkbookViews>
     <customWorkbookView name="user - Личное представление" guid="{A25B6F15-9B48-4230-9C30-183637D1319E}" mergeInterval="0" personalView="1" maximized="1" xWindow="18" yWindow="88" windowWidth="628" windowHeight="398" tabRatio="921" activeSheetId="15"/>
   </customWorkbookViews>
   <fileRecoveryPr autoRecover="0"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D10" i="33" l="1"/>
-[...4 lines deleted...]
-  <c r="E9" i="33"/>
+  <c r="L41" i="34" l="1"/>
+  <c r="L48" i="34"/>
+  <c r="H11" i="36"/>
+  <c r="H12" i="36"/>
+  <c r="H13" i="36"/>
+  <c r="H14" i="36"/>
+  <c r="H15" i="36"/>
+  <c r="H10" i="36" l="1"/>
+  <c r="F15" i="36"/>
+  <c r="G15" i="36" s="1"/>
+  <c r="F14" i="36"/>
+  <c r="G14" i="36" s="1"/>
+  <c r="F13" i="36"/>
+  <c r="G13" i="36" s="1"/>
+  <c r="F12" i="36"/>
+  <c r="G12" i="36" s="1"/>
+  <c r="F11" i="36"/>
+  <c r="G11" i="36" s="1"/>
+  <c r="F10" i="36"/>
+  <c r="F9" i="35"/>
+  <c r="G9" i="35" s="1"/>
+  <c r="F8" i="35"/>
+  <c r="G8" i="35" s="1"/>
+  <c r="F7" i="35"/>
+  <c r="G7" i="35" s="1"/>
+  <c r="F6" i="35"/>
+  <c r="G6" i="35" s="1"/>
+  <c r="F5" i="35"/>
+  <c r="G5" i="35" s="1"/>
+  <c r="F4" i="35"/>
+  <c r="G4" i="35" s="1"/>
+  <c r="L60" i="34"/>
+  <c r="L57" i="34"/>
+  <c r="L56" i="34"/>
+  <c r="L55" i="34"/>
+  <c r="E56" i="34" s="1"/>
+  <c r="E32" i="34"/>
+  <c r="K18" i="34"/>
+  <c r="K19" i="34"/>
+  <c r="K20" i="34"/>
+  <c r="K21" i="34"/>
+  <c r="K22" i="34"/>
+  <c r="K23" i="34"/>
+  <c r="K24" i="34"/>
+  <c r="K17" i="34"/>
+  <c r="K16" i="34"/>
+  <c r="G10" i="36" l="1"/>
+  <c r="H16" i="34"/>
+  <c r="I16" i="34" s="1"/>
+  <c r="J16" i="34" s="1"/>
+  <c r="H24" i="34"/>
+  <c r="H23" i="34"/>
+  <c r="I23" i="34" s="1"/>
+  <c r="J23" i="34" s="1"/>
+  <c r="H22" i="34"/>
+  <c r="I22" i="34" s="1"/>
+  <c r="J22" i="34" s="1"/>
+  <c r="H21" i="34"/>
+  <c r="I21" i="34" s="1"/>
+  <c r="J21" i="34" s="1"/>
+  <c r="H20" i="34"/>
+  <c r="I20" i="34" s="1"/>
+  <c r="J20" i="34" s="1"/>
+  <c r="H19" i="34"/>
+  <c r="I19" i="34" s="1"/>
+  <c r="J19" i="34" s="1"/>
+  <c r="H18" i="34"/>
+  <c r="I18" i="34" s="1"/>
+  <c r="J18" i="34" s="1"/>
+  <c r="H17" i="34"/>
+  <c r="I17" i="34" s="1"/>
+  <c r="J17" i="34" s="1"/>
+  <c r="E10" i="33"/>
+  <c r="D10" i="33"/>
+  <c r="F10" i="33"/>
+  <c r="G3" i="26"/>
+  <c r="G4" i="26"/>
+  <c r="G5" i="26"/>
+  <c r="G6" i="26"/>
+  <c r="G7" i="26"/>
+  <c r="G2" i="26"/>
   <c r="B92" i="16"/>
   <c r="B49" i="16"/>
   <c r="B48" i="16"/>
   <c r="I44" i="16"/>
   <c r="H44" i="16"/>
   <c r="G44" i="16"/>
   <c r="F44" i="16"/>
   <c r="E44" i="16"/>
   <c r="D44" i="16"/>
   <c r="C44" i="16"/>
   <c r="B44" i="16"/>
   <c r="I43" i="16"/>
   <c r="H43" i="16"/>
   <c r="G43" i="16"/>
   <c r="F43" i="16"/>
   <c r="E43" i="16"/>
   <c r="D43" i="16"/>
   <c r="C43" i="16"/>
   <c r="B43" i="16"/>
   <c r="I42" i="16"/>
   <c r="H42" i="16"/>
   <c r="G42" i="16"/>
   <c r="F42" i="16"/>
   <c r="E42" i="16"/>
   <c r="D42" i="16"/>
@@ -217,367 +249,208 @@
   <c r="E39" i="16"/>
   <c r="D39" i="16"/>
   <c r="C39" i="16"/>
   <c r="B39" i="16"/>
   <c r="G38" i="16"/>
   <c r="F38" i="16"/>
   <c r="E38" i="16"/>
   <c r="D38" i="16"/>
   <c r="C38" i="16"/>
   <c r="B38" i="16"/>
   <c r="G37" i="16"/>
   <c r="F37" i="16"/>
   <c r="E37" i="16"/>
   <c r="D37" i="16"/>
   <c r="C37" i="16"/>
   <c r="B37" i="16"/>
   <c r="G36" i="16"/>
   <c r="F36" i="16"/>
   <c r="E36" i="16"/>
   <c r="D36" i="16"/>
   <c r="C36" i="16"/>
   <c r="B36" i="16"/>
   <c r="D6" i="33"/>
   <c r="F6" i="33" s="1"/>
   <c r="D9" i="33"/>
+  <c r="F9" i="33" s="1"/>
   <c r="D8" i="33"/>
+  <c r="F8" i="33" s="1"/>
   <c r="D7" i="33"/>
   <c r="F7" i="33" s="1"/>
   <c r="D5" i="33"/>
   <c r="F5" i="33" s="1"/>
   <c r="D4" i="33"/>
   <c r="E4" i="33" s="1"/>
-  <c r="E10" i="33" l="1"/>
+  <c r="E9" i="33" l="1"/>
   <c r="F4" i="33"/>
+  <c r="E8" i="33"/>
+  <c r="I24" i="34"/>
+  <c r="J24" i="34" s="1"/>
   <c r="E6" i="33"/>
   <c r="E7" i="33"/>
   <c r="E5" i="33"/>
-  <c r="M56" i="28" l="1"/>
-[...2 lines deleted...]
-  <c r="W26" i="12"/>
+  <c r="W26" i="12" l="1"/>
   <c r="AM21" i="12"/>
   <c r="W24" i="12" s="1"/>
   <c r="AH22" i="12" l="1"/>
   <c r="AH21" i="12"/>
   <c r="N26" i="12" l="1"/>
   <c r="F15" i="30"/>
   <c r="G15" i="30" s="1"/>
   <c r="H15" i="30" s="1"/>
   <c r="F14" i="30"/>
   <c r="G14" i="30" s="1"/>
   <c r="H14" i="30" s="1"/>
   <c r="F13" i="30"/>
   <c r="G13" i="30" s="1"/>
   <c r="H13" i="30" s="1"/>
   <c r="F12" i="30"/>
   <c r="G12" i="30" s="1"/>
   <c r="H12" i="30" s="1"/>
   <c r="F11" i="30"/>
   <c r="G11" i="30" s="1"/>
   <c r="H11" i="30" s="1"/>
   <c r="F10" i="30"/>
   <c r="G10" i="30" s="1"/>
   <c r="H10" i="30" s="1"/>
-  <c r="M42" i="28" l="1"/>
-[...13 lines deleted...]
-  <c r="G4" i="29" s="1"/>
   <c r="H13" i="12" l="1"/>
   <c r="H12" i="12"/>
   <c r="F11" i="10"/>
   <c r="F10" i="10"/>
-  <c r="F11" i="8"/>
-[...11 lines deleted...]
-  <c r="H17" i="28"/>
   <c r="I12" i="12" l="1"/>
   <c r="P12" i="12" s="1"/>
   <c r="F12" i="10"/>
   <c r="F14" i="10"/>
   <c r="F13" i="10"/>
-  <c r="F12" i="8"/>
-[...4 lines deleted...]
-  <c r="F14" i="6"/>
   <c r="F15" i="10"/>
-  <c r="F15" i="8"/>
-[...28 lines deleted...]
-  <c r="J3" i="27"/>
+  <c r="J3" i="27" l="1"/>
   <c r="J4" i="27"/>
   <c r="J5" i="27"/>
   <c r="J6" i="27"/>
   <c r="I3" i="27"/>
   <c r="I4" i="27"/>
   <c r="I5" i="27"/>
   <c r="I6" i="27"/>
   <c r="H3" i="27"/>
   <c r="H4" i="27"/>
   <c r="H5" i="27"/>
   <c r="H6" i="27"/>
   <c r="J2" i="27"/>
   <c r="H2" i="27"/>
   <c r="I2" i="27"/>
   <c r="E3" i="26"/>
   <c r="F3" i="26"/>
-  <c r="G3" i="26"/>
   <c r="H3" i="26"/>
   <c r="E4" i="26"/>
   <c r="F4" i="26"/>
-  <c r="G4" i="26"/>
   <c r="H4" i="26"/>
   <c r="E5" i="26"/>
   <c r="F5" i="26"/>
-  <c r="G5" i="26"/>
   <c r="H5" i="26"/>
   <c r="E6" i="26"/>
   <c r="F6" i="26"/>
-  <c r="G6" i="26"/>
   <c r="H6" i="26"/>
   <c r="I3" i="26"/>
   <c r="I4" i="26"/>
   <c r="I5" i="26"/>
   <c r="I6" i="26"/>
   <c r="I7" i="26"/>
   <c r="H7" i="26"/>
   <c r="I2" i="26"/>
   <c r="H2" i="26"/>
   <c r="E2" i="26"/>
   <c r="F2" i="26"/>
-  <c r="G2" i="26"/>
   <c r="E7" i="26"/>
   <c r="F7" i="26"/>
-  <c r="G7" i="26"/>
   <c r="G6" i="27" l="1"/>
   <c r="F6" i="27"/>
   <c r="E6" i="27"/>
   <c r="G5" i="27"/>
   <c r="F5" i="27"/>
   <c r="E5" i="27"/>
   <c r="G4" i="27"/>
   <c r="F4" i="27"/>
   <c r="E4" i="27"/>
   <c r="G3" i="27"/>
   <c r="F3" i="27"/>
   <c r="E3" i="27"/>
   <c r="G2" i="27"/>
   <c r="F2" i="27"/>
   <c r="E2" i="27"/>
   <c r="H17" i="12" l="1"/>
   <c r="H16" i="12"/>
   <c r="H15" i="12"/>
   <c r="H14" i="12"/>
   <c r="Y20" i="23" l="1"/>
-  <c r="AX8" i="24" l="1"/>
-[...19 lines deleted...]
-  <c r="AE30" i="23"/>
+  <c r="AE30" i="23" l="1"/>
   <c r="AF30" i="23" s="1"/>
   <c r="S20" i="23"/>
   <c r="BE9" i="23"/>
   <c r="AV5" i="23" s="1"/>
   <c r="BC9" i="23"/>
   <c r="AW3" i="23" s="1"/>
   <c r="AY3" i="23" s="1"/>
   <c r="BB9" i="23"/>
   <c r="BE8" i="23"/>
   <c r="BD8" i="23"/>
   <c r="BC8" i="23"/>
   <c r="BB8" i="23"/>
   <c r="BE7" i="23"/>
   <c r="BD7" i="23"/>
   <c r="BC7" i="23"/>
   <c r="BB7" i="23"/>
   <c r="BE6" i="23"/>
   <c r="BD6" i="23"/>
   <c r="AX6" i="23"/>
   <c r="AW6" i="23"/>
   <c r="AV6" i="23"/>
   <c r="BE5" i="23"/>
   <c r="BD5" i="23"/>
   <c r="AW5" i="23"/>
   <c r="BE4" i="23"/>
   <c r="BD4" i="23"/>
   <c r="AW4" i="23"/>
   <c r="BE3" i="23"/>
   <c r="BD3" i="23"/>
   <c r="BE2" i="23"/>
   <c r="BD2" i="23"/>
-  <c r="AY5" i="24" l="1"/>
-[...5 lines deleted...]
-  <c r="AY6" i="24"/>
+  <c r="AY5" i="23" l="1"/>
   <c r="AY6" i="23"/>
   <c r="BD9" i="23"/>
   <c r="AV4" i="23" s="1"/>
   <c r="AY4" i="23" s="1"/>
   <c r="AY7" i="23" l="1"/>
   <c r="M20" i="23" s="1"/>
   <c r="AE20" i="23" s="1"/>
   <c r="L28" i="23" s="1"/>
   <c r="G15" i="10"/>
   <c r="H15" i="10" s="1"/>
   <c r="I17" i="12"/>
   <c r="P17" i="12" s="1"/>
-  <c r="G15" i="8"/>
-[...19 lines deleted...]
-  <c r="AV3" i="22"/>
   <c r="AZ2" i="23" l="1"/>
   <c r="J17" i="12"/>
-  <c r="G15" i="6"/>
-[...44 lines deleted...]
-  <c r="H9" i="16"/>
+  <c r="H9" i="16" l="1"/>
   <c r="F9" i="16"/>
   <c r="G8" i="16"/>
   <c r="AV3" i="15"/>
   <c r="AW3" i="15"/>
   <c r="AX3" i="15"/>
   <c r="AV4" i="15"/>
   <c r="AW4" i="15"/>
   <c r="AX4" i="15"/>
   <c r="AV5" i="15"/>
   <c r="AW5" i="15"/>
   <c r="AX5" i="15"/>
   <c r="AV6" i="15"/>
   <c r="AW6" i="15"/>
   <c r="AX6" i="15"/>
   <c r="AV7" i="15"/>
   <c r="AW7" i="15"/>
   <c r="AX7" i="15"/>
   <c r="AV8" i="15"/>
   <c r="AW8" i="15"/>
   <c r="AX8" i="15"/>
   <c r="G16" i="15"/>
   <c r="H16" i="15"/>
   <c r="I16" i="15"/>
   <c r="H17" i="15"/>
   <c r="E18" i="15"/>
@@ -619,68 +492,62 @@
   <c r="AY3" i="14" s="1"/>
   <c r="BE9" i="14"/>
   <c r="AV5" i="14" s="1"/>
   <c r="S20" i="14"/>
   <c r="Y20" i="14"/>
   <c r="AE30" i="14"/>
   <c r="AF30" i="14" s="1"/>
   <c r="AY8" i="15" l="1"/>
   <c r="AY6" i="14"/>
   <c r="AY5" i="14"/>
   <c r="AY7" i="14" s="1"/>
   <c r="M20" i="14" s="1"/>
   <c r="AE20" i="14" s="1"/>
   <c r="AY4" i="15"/>
   <c r="AY5" i="15"/>
   <c r="AY6" i="15"/>
   <c r="AY7" i="15"/>
   <c r="AY3" i="15"/>
   <c r="AY9" i="15" l="1"/>
   <c r="M20" i="15" s="1"/>
   <c r="AE20" i="15" s="1"/>
   <c r="AZ2" i="15" s="1"/>
   <c r="AZ2" i="14"/>
   <c r="L28" i="14"/>
   <c r="L29" i="15" l="1"/>
-  <c r="H10" i="6"/>
-[...3 lines deleted...]
-  <c r="H11" i="6"/>
   <c r="I15" i="12" l="1"/>
   <c r="P15" i="12" s="1"/>
   <c r="I14" i="12"/>
   <c r="P14" i="12" s="1"/>
   <c r="I13" i="12"/>
   <c r="P13" i="12" s="1"/>
   <c r="G11" i="10"/>
   <c r="H11" i="10" s="1"/>
   <c r="G10" i="10"/>
   <c r="H10" i="10" s="1"/>
   <c r="I16" i="12"/>
   <c r="P16" i="12" s="1"/>
-  <c r="G14" i="6"/>
   <c r="G14" i="10"/>
   <c r="H14" i="10" s="1"/>
   <c r="D7" i="16"/>
   <c r="E7" i="16"/>
   <c r="F7" i="16"/>
   <c r="G7" i="16"/>
   <c r="D8" i="16"/>
   <c r="E8" i="16"/>
   <c r="F8" i="16"/>
   <c r="D9" i="16"/>
   <c r="E9" i="16"/>
   <c r="G9" i="16"/>
   <c r="D10" i="16"/>
   <c r="E10" i="16"/>
   <c r="F10" i="16"/>
   <c r="G10" i="16"/>
   <c r="D11" i="16"/>
   <c r="E11" i="16"/>
   <c r="F11" i="16"/>
   <c r="G11" i="16"/>
   <c r="D12" i="16"/>
   <c r="E12" i="16"/>
   <c r="F12" i="16"/>
   <c r="G12" i="16"/>
   <c r="D13" i="16"/>
@@ -708,1397 +575,617 @@
   <c r="B12" i="16"/>
   <c r="C12" i="16"/>
   <c r="B13" i="16"/>
   <c r="C13" i="16"/>
   <c r="B14" i="16"/>
   <c r="C14" i="16"/>
   <c r="C6" i="16"/>
   <c r="B6" i="16"/>
   <c r="B19" i="16"/>
   <c r="B18" i="16"/>
   <c r="I14" i="16"/>
   <c r="H14" i="16"/>
   <c r="I13" i="16"/>
   <c r="H13" i="16"/>
   <c r="I12" i="16"/>
   <c r="H12" i="16"/>
   <c r="I11" i="16"/>
   <c r="H11" i="16"/>
   <c r="I10" i="16"/>
   <c r="H10" i="16"/>
   <c r="I9" i="16"/>
   <c r="G13" i="10"/>
   <c r="H13" i="10" s="1"/>
   <c r="G12" i="10"/>
   <c r="H12" i="10" s="1"/>
-  <c r="G10" i="8"/>
-[...29 lines deleted...]
-  <c r="J15" i="12"/>
+  <c r="J15" i="12" l="1"/>
   <c r="J13" i="12"/>
   <c r="J16" i="12"/>
   <c r="J14" i="12"/>
   <c r="J12" i="12"/>
-  <c r="E23" i="2" l="1"/>
-[...8 lines deleted...]
-  <c r="D29" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>user</author>
   </authors>
   <commentList>
     <comment ref="C9" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0A00-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t>мм</t>
         </r>
       </text>
     </comment>
     <comment ref="D9" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0A00-000002000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t>мм</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>user</author>
   </authors>
   <commentList>
-    <comment ref="F12" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0C00-000001000000}">
+    <comment ref="F12" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0B00-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="14"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t>При ширине фасада более 600 мм,
 рекомендуется установка второго силового механизма.</t>
         </r>
       </text>
     </comment>
-    <comment ref="F13" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0C00-000003000000}">
+    <comment ref="F13" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0B00-000002000000}">
       <text>
         <r>
           <rPr>
             <sz val="14"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t>При ширине фасада более 600 мм,
 рекомендуется установка второго силового механизма</t>
         </r>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t>.</t>
         </r>
       </text>
     </comment>
-    <comment ref="F14" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0C00-000004000000}">
+    <comment ref="F14" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0B00-000003000000}">
       <text>
         <r>
           <rPr>
             <sz val="14"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t>При ширине фасада более 600 мм,
 рекомендуется установка второго силового механизма.</t>
         </r>
       </text>
     </comment>
-    <comment ref="F15" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0C00-000005000000}">
+    <comment ref="F15" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0B00-000004000000}">
       <text>
         <r>
           <rPr>
             <sz val="14"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t>При ширине фасада более 600 мм,
 рекомендуется установка второго силового механизма.</t>
         </r>
       </text>
     </comment>
-    <comment ref="F16" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0C00-000006000000}">
+    <comment ref="F16" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0B00-000005000000}">
       <text>
         <r>
           <rPr>
             <sz val="14"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t>При ширине фасада более 600 мм,
 рекомендуется установка второго силового механизма.</t>
         </r>
       </text>
     </comment>
-    <comment ref="F17" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0C00-000007000000}">
+    <comment ref="F17" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0B00-000006000000}">
       <text>
         <r>
           <rPr>
             <sz val="14"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t>При ширине фасада более 600 мм,
 рекомендуется установка второго силового механизма.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments3.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>User</author>
   </authors>
   <commentList>
-    <comment ref="A14" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-1400-000001000000}">
+    <comment ref="A14" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0F00-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t xml:space="preserve">Введите значение
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="B22" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-1400-000002000000}">
+    <comment ref="B22" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0F00-000002000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t xml:space="preserve">Введите значение
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="B23" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-1400-000003000000}">
+    <comment ref="B23" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0F00-000003000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t xml:space="preserve">Введите значение
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="B24" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-1400-000004000000}">
+    <comment ref="B24" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0F00-000004000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t xml:space="preserve">Введите значение
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="A44" authorId="0" shapeId="0" xr:uid="{D7DA7B66-A096-4E27-853C-2D2E9543B50F}">
+    <comment ref="A44" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0F00-000005000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t xml:space="preserve">Введите значение
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="B52" authorId="0" shapeId="0" xr:uid="{438BB5EC-01D8-423E-BB03-990D307C3345}">
+    <comment ref="B52" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0F00-000006000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t xml:space="preserve">Введите значение
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="A88" authorId="0" shapeId="0" xr:uid="{9EE3058D-3EE8-443A-9A39-FD598EAA7A16}">
+    <comment ref="A88" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0F00-000007000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t xml:space="preserve">Введите значение
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="B95" authorId="0" shapeId="0" xr:uid="{9491DF0F-A61A-4773-ACAD-CC79DDAF262A}">
+    <comment ref="B95" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0F00-000008000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t xml:space="preserve">Введите значение
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments4.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Автор</author>
   </authors>
   <commentList>
-    <comment ref="B1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-1700-000001000000}">
+    <comment ref="B1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-1000-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t>Заполните оранженые ячейки</t>
         </r>
       </text>
     </comment>
-    <comment ref="C1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-1700-000002000000}">
+    <comment ref="C1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-1000-000002000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t>Заполните оранженые ячейки</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments5.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Автор</author>
   </authors>
   <commentList>
-    <comment ref="B1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-1800-000001000000}">
+    <comment ref="B1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-1100-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t>Заполните оранженые ячейки</t>
         </r>
       </text>
     </comment>
-    <comment ref="C1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-1800-000002000000}">
+    <comment ref="C1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-1100-000002000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t>Заполните оранженые ячейки</t>
         </r>
       </text>
     </comment>
-    <comment ref="G1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-1800-000003000000}">
+    <comment ref="G1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-1100-000003000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="204"/>
           </rPr>
           <t>фрезеровка по краям с двух сторон на глубину 8 мм и ширину 38 мм</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1548" uniqueCount="696">
-[...35 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="967" uniqueCount="523">
   <si>
     <t>Ответная планка CLIP, прямая</t>
   </si>
   <si>
     <t>Петля Clip Top 120* без пружины</t>
   </si>
   <si>
     <t>70T5550.TL</t>
   </si>
   <si>
     <t>Средняя петля Clip Top</t>
   </si>
   <si>
     <t>78Z5500T</t>
   </si>
   <si>
-    <t>Заглушка большая, правая</t>
-[...16 lines deleted...]
-  <si>
     <t>Петля Clip Top 120* для алюминиевой рамки</t>
   </si>
   <si>
     <t>72T550A</t>
   </si>
   <si>
     <t>78Z550AT</t>
   </si>
   <si>
     <t>Держатель CLIP левый</t>
   </si>
   <si>
     <t>175H5B00</t>
   </si>
   <si>
     <t>Держатель CLIP правый</t>
   </si>
   <si>
     <t>Держатель CLIP симетричный</t>
   </si>
   <si>
     <t>175H5A00</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Ширина</t>
   </si>
   <si>
     <t>Высота</t>
   </si>
   <si>
     <t>От</t>
   </si>
   <si>
     <t>До</t>
   </si>
   <si>
     <t>Мощность</t>
   </si>
   <si>
     <t>Телескопический рычаг XX, для h=XXX</t>
   </si>
   <si>
-    <t>20F2X01</t>
-[...4 lines deleted...]
-  <si>
     <t>Вес, кг</t>
   </si>
   <si>
     <t>РАЗНЫЕ ФАСАДЫ:</t>
   </si>
   <si>
     <t>20S4201</t>
   </si>
   <si>
     <t>от</t>
   </si>
   <si>
     <t>до</t>
   </si>
   <si>
-    <t>L32</t>
-[...28 lines deleted...]
-  <si>
     <t>Рычаг</t>
   </si>
   <si>
     <t>20S4201A</t>
   </si>
   <si>
-    <t>Рычаг Авентос HS, левый</t>
-[...10 lines deleted...]
-  <si>
     <t>20K4A01A</t>
   </si>
   <si>
-    <t>20L2101</t>
-[...13 lines deleted...]
-  <si>
     <t>Высота корпуса</t>
   </si>
   <si>
     <t>мм</t>
   </si>
   <si>
-    <t>Верхний зазор</t>
-[...40 lines deleted...]
-  <si>
     <t>Если верхний фасад - алюминиевая рамка шириной менее 55 мм (Z4 др.) - то вместо 2 прямых выписываются 2 крестообразные ответные планки (Clip 173L6100)</t>
   </si>
   <si>
     <t>Для фасадов из ДСП, МДФ, Массива и широких алюминиевых рамок</t>
   </si>
   <si>
     <t>Для узких алюминиевых рамок (Z1)</t>
   </si>
   <si>
     <t>Средняя петля CLIP TOP для алюминиевой рамки</t>
   </si>
   <si>
     <t>верхний МДФ/нижний Z1</t>
   </si>
   <si>
     <t>верхний Z1/нижний МДФ</t>
   </si>
   <si>
     <t>Фасад Z1</t>
   </si>
   <si>
     <t>Фасад Z4</t>
   </si>
   <si>
-    <t>Выписка Aventos HS</t>
-[...1 lines deleted...]
-  <si>
     <t>Крепление фасада для массива</t>
   </si>
   <si>
-    <t>2.00 - 5.00</t>
-[...40 lines deleted...]
-  <si>
     <t>-</t>
   </si>
   <si>
-    <t>2.25 - 4.50</t>
-[...145 lines deleted...]
-  <si>
     <t>для Z1</t>
   </si>
   <si>
-    <t>3.00 - 6.25</t>
-[...19 lines deleted...]
-  <si>
     <t>Диапозон мощности</t>
   </si>
   <si>
-    <t>Силовой механизм Aventos HF 22</t>
-[...10 lines deleted...]
-  <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>20K8001 - L</t>
   </si>
   <si>
     <t>20K8001 - R</t>
   </si>
   <si>
-    <t>20K9001.BL</t>
-[...25 lines deleted...]
-  <si>
     <t>Белая</t>
   </si>
   <si>
     <t>опция</t>
   </si>
   <si>
-    <t>Заглушка большая (Серая), левая</t>
-[...16 lines deleted...]
-  <si>
     <t>955.1008S</t>
   </si>
   <si>
     <t>для TipON</t>
   </si>
   <si>
-    <t>20KXX01T</t>
-[...139 lines deleted...]
-  <si>
     <t xml:space="preserve">Фасад Z1 </t>
   </si>
   <si>
     <t xml:space="preserve">Фасад Z4 </t>
   </si>
   <si>
     <t>Высота фасада</t>
-  </si>
-[...165 lines deleted...]
-    <t>20Q1061UA</t>
   </si>
   <si>
     <r>
       <t>20K2</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>X</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>01</t>
     </r>
   </si>
   <si>
-    <t>20F3201</t>
-[...1 lines deleted...]
-  <si>
     <t>Для толщины ДСП, мм</t>
   </si>
   <si>
     <t>Ширина корпуса (KB),мм</t>
   </si>
   <si>
     <t>Необходимая длина поперечного релинга(1094), мм</t>
   </si>
   <si>
     <t>Необходимая длина передней панели(1081), мм</t>
   </si>
   <si>
     <t>Необходимая длина поперечного разделителя(1077), мм</t>
   </si>
   <si>
     <t>Необходимая длина поперечного разделителя c OrgaLine для бутылок, мм</t>
   </si>
   <si>
     <t>Необходимая длина передней панели(1036), мм</t>
   </si>
   <si>
     <t>Необходимая длина поперечного релинга(1046), мм</t>
   </si>
   <si>
     <t>Вставки из стекла</t>
@@ -2122,62 +1209,50 @@
     <t>Высота,мм</t>
   </si>
   <si>
     <t>Толщина материала корпуса, мм</t>
   </si>
   <si>
     <t>Необходимая длина поперечного разделителя - релинг (1104), мм</t>
   </si>
   <si>
     <t>Боковая для Antaro D (2шт)</t>
   </si>
   <si>
     <t>Боковая для Antaro C (2шт)</t>
   </si>
   <si>
     <t>59.5</t>
   </si>
   <si>
     <t>91.5</t>
   </si>
   <si>
     <t>Вставки из стекла/мдф</t>
   </si>
   <si>
     <t>Боковая для TandemBox D (2шт)</t>
-  </si>
-[...10 lines deleted...]
-    <t>20Q153ZN</t>
   </si>
   <si>
     <r>
       <t>20K2</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>X</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>01T</t>
     </r>
   </si>
@@ -2357,74 +1432,68 @@
   <si>
     <t>Фасады МДФ+МДФ (витрины)</t>
   </si>
   <si>
     <t xml:space="preserve">Силовой механизм AVENTOS </t>
   </si>
   <si>
     <t>Силовой механизм AVENTOS</t>
   </si>
   <si>
     <t>Материал фасада</t>
   </si>
   <si>
     <t>Фасады Z1 + Z1</t>
   </si>
   <si>
     <t>Фасады Z4 + Z4</t>
   </si>
   <si>
     <t>Фасады МДФ + Z1</t>
   </si>
   <si>
     <t>Фасады ДСП + Z1</t>
   </si>
   <si>
-    <t>Выписка AVENTOS HF</t>
-[...1 lines deleted...]
-  <si>
     <t>Тип AVENTOS</t>
   </si>
   <si>
     <t>Тип телескопического рычага</t>
   </si>
   <si>
     <t>Тип рычага</t>
   </si>
   <si>
     <t>Кол-во сил.мех.</t>
   </si>
   <si>
     <t>Необходимый тип AVENTOS HF</t>
   </si>
   <si>
     <t>Необходимый тип AVENTOS HK</t>
   </si>
   <si>
-    <t>Выписка AVENTOS HK</t>
-[...1 lines deleted...]
-  <si>
     <t>Необходимый тип AVENTOS HK-S</t>
   </si>
   <si>
     <t>20K2C01 / 20K2C01T</t>
   </si>
   <si>
     <t>20K2E01 / 20K2E01T</t>
   </si>
   <si>
     <t>Артикул:                                                        BLUMOTION/ TIP-ON</t>
   </si>
   <si>
     <t>Артикул:                                                            BLUMOTION/ TIP-ON</t>
   </si>
   <si>
     <t>Диапозон мощности:</t>
   </si>
   <si>
     <t>Силовой механизм AVENTOS HK-XS 20K1501</t>
   </si>
   <si>
     <t>Силовой механизм AVENTOS HK-XS 20K1301</t>
   </si>
   <si>
     <t>Силовой механизм AVENTOS HK-XS 20K1101</t>
@@ -2438,424 +1507,149 @@
   <si>
     <t>Силовой механизм AVENTOS HK-XS 20K1301T</t>
   </si>
   <si>
     <t>Силовой механизм AVENTOS HK-XS 20K1501T</t>
   </si>
   <si>
     <t xml:space="preserve">СИЛОВЫЕ МЕХАНИЗМЫ AVENTOS HK-XS (под BLUMOTION): </t>
   </si>
   <si>
     <t>Необходимый тип AVENTOS HK-XS под BLUMOTION</t>
   </si>
   <si>
     <t>Необходимый тип AVENTOS HK-XS под TIP-ON</t>
   </si>
   <si>
     <t>Базовый комплект под BLUMOTION</t>
   </si>
   <si>
     <t>Диапазон мощности</t>
   </si>
   <si>
     <t>Кол-во</t>
   </si>
   <si>
-    <r>
-[...166 lines deleted...]
-  <si>
     <t>Тип механизма Aventos HS</t>
   </si>
   <si>
-    <t>Рекомендации</t>
-[...4 lines deleted...]
-  <si>
     <t>Напротив ячейки с материалом Вашего фасада введите его высоту (от 350 до 800 мм) и ширину (до 1800 мм).</t>
   </si>
   <si>
     <t>Напротив ячейки с материалом Вашего фасада введите его высоту (от 300 до 580 мм) и ширину (до 1800 мм).</t>
   </si>
   <si>
     <t>Напротив ячейки с материалом Вашего фасада введите его высоту (от 205 до 600 мм) и ширину (до 1800 мм).</t>
-  </si>
-[...36 lines deleted...]
-    <t>5. Крепление фасада для массива</t>
   </si>
   <si>
     <t>956.1002</t>
   </si>
   <si>
     <t>956A1002</t>
   </si>
   <si>
     <t>Выписка Aventos HK-S</t>
   </si>
   <si>
     <r>
       <t>1. Силовой механизм HK-S "</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>X</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>"</t>
     </r>
   </si>
   <si>
     <t>2. Заглушка основная (Серая), левая</t>
   </si>
   <si>
     <t>3. Заглушка основная (Серая), правая</t>
   </si>
   <si>
     <t>4. Крепление фасада для массива(New)</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">6.а) TipON стандартный </t>
-[...13 lines deleted...]
-    <r>
       <t xml:space="preserve">6.б) TipON усиленный </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>(фасад высотой выше 500 мм)</t>
     </r>
   </si>
   <si>
     <t>7. Магнитная планка (под шуруп)</t>
   </si>
   <si>
     <r>
       <t>6.а) TipON стандартный</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve"> (фасад высотой до 500 мм)</t>
     </r>
   </si>
   <si>
     <t>6) TIP-ON стандартный (фасад высотой до 500 мм) или усиленный (фасад высотой выше 500 мм), на выбор - 1 шт</t>
   </si>
   <si>
     <t>Напротив ячейки с материалом Вашего фасада введите его высоту (от 150 до 600 мм) и ширину (до 900 мм).</t>
   </si>
   <si>
     <t>Напротив ячейки с материалом Вашего фасада введите его высоту (от 240 до 600 мм) и ширину.</t>
   </si>
   <si>
     <t>Фасад массив (ольха)</t>
-  </si>
-[...46 lines deleted...]
-    </r>
   </si>
   <si>
     <t>4. Круглый вал синхронизации TIP-ON BLUMOTION под раскрой, длина=1125 мм (T60.1125W) - 1 шт.</t>
   </si>
   <si>
     <t>3. Шестерни вала синхронизации TIP-ON BLUMOTION (T60.000D) - 2 шт.</t>
   </si>
   <si>
     <t>2. (2a)-Механизм TIP-ON BLUMOTION и (2b)-триггер TIP-ON BLUMOTION в комплекте - 1 к-т</t>
   </si>
   <si>
     <t>1. Направляющие TIP-ON BLUMOTION для LEGRABOX, левая / правая (к-т) - 1 к-т</t>
   </si>
   <si>
     <t xml:space="preserve">Одного вала синхронизации хватит на </t>
   </si>
   <si>
     <t>L5</t>
   </si>
   <si>
     <t>Максимальный вес планируемого наполнения, кг</t>
   </si>
   <si>
     <t>L3</t>
   </si>
@@ -3195,68 +1989,50 @@
     <t>Веса ящика 450</t>
   </si>
   <si>
     <t>выс</t>
   </si>
   <si>
     <t>Номер столбца по весу</t>
   </si>
   <si>
     <t>Итоги</t>
   </si>
   <si>
     <t>Пер царга</t>
   </si>
   <si>
     <t>Толщина материала</t>
   </si>
   <si>
     <t>Плотность</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Все высоты</t>
-  </si>
-[...16 lines deleted...]
-    <t>1. Направляющие TIP-ON BLUMOTION, левая + правая (к-т) - 1 к-т</t>
   </si>
   <si>
     <t xml:space="preserve"> МДФ -- 760 кг/м³ </t>
   </si>
   <si>
     <t xml:space="preserve"> Массив Дуба -- 690 кг/м³ </t>
   </si>
   <si>
     <t>Массив Ясеня -- 750 кг/м³</t>
   </si>
   <si>
     <t>Высота фасада, мм</t>
   </si>
   <si>
     <t xml:space="preserve">Массив Ольхи -- 550 кг/м³ </t>
   </si>
   <si>
     <t>Ширина фасада, мм</t>
   </si>
   <si>
     <t xml:space="preserve"> ДСП -- 680 кг/м³ </t>
   </si>
   <si>
     <t>Высота боковин ящика, мм</t>
   </si>
@@ -3348,129 +2124,96 @@
   <si>
     <t>царга П</t>
   </si>
   <si>
     <t>царга З</t>
   </si>
   <si>
     <t>боковина П</t>
   </si>
   <si>
     <t>боковина Л</t>
   </si>
   <si>
     <t>высота M</t>
   </si>
   <si>
     <t xml:space="preserve"> ДВП -- 900 кг/м³</t>
   </si>
   <si>
     <t xml:space="preserve">               TIP-ON BLUMOTION  для LEGRABOX</t>
   </si>
   <si>
     <t>С О Д Е Р Ж А Н И Е:</t>
   </si>
   <si>
-    <t xml:space="preserve">     3)   AVENTOS HF - /схема монтажа/</t>
-[...25 lines deleted...]
-  <si>
     <t>В областях окрашеных в зеленый -выберите значение из предложенного списка -</t>
   </si>
   <si>
     <t>В областях окрашеных в желтый -введите значение вручную -</t>
   </si>
   <si>
     <t>РЕЗУЛЬТАТ РАСЧЁТА:</t>
   </si>
   <si>
     <t>Фасады ДСП (16 мм) с наклеенным СТЕКЛОМ (4 мм)+ ДСП (16 мм) с наклеенным СТЕКЛОМ (4 мм)</t>
   </si>
   <si>
     <t>Фасад ДСП (16 мм) с наклеенным СТЕКЛОМ (4 мм)</t>
   </si>
   <si>
     <t>20K2C01 + 20K2E01 /                                    20K2C01T + 20K2E01T</t>
   </si>
   <si>
     <t>Задать вопрос:</t>
   </si>
   <si>
     <t>дополнительная информация об изделии в интернете</t>
   </si>
   <si>
     <t xml:space="preserve">   ВНИМАНИЕ! При расчете веса ящика получаются ориентировочные значения!</t>
   </si>
   <si>
     <t>ВЫПИСКА И СХЕМА МОНТАЖА TIP-ON BLUMOTION ДЛЯ LEGRABOX</t>
   </si>
   <si>
     <t>← СОДЕРЖАНИЕ:</t>
   </si>
   <si>
     <t xml:space="preserve">               TIP-ON BLUMOTION  для TANDEMBOX</t>
   </si>
   <si>
     <t>Высота боковин ящика TANDEMBOX</t>
   </si>
   <si>
     <t>Данный калькулятор предназначен для быстрого расчёта веса фасадов и правильного выбора необходимых механизмов BLUM.</t>
   </si>
   <si>
     <t xml:space="preserve">Выбрав в содержании нужный тип механизма AVENTOS, калькулятор предлагает различные варианты часто используемых материалов фасадов. </t>
   </si>
   <si>
     <t xml:space="preserve">В калькуляторе можно ознакомиться со схемами монтажа механизмов BLUM  и перейдя по ссылкам в содержании получить дополнительную информацию об изделиях. </t>
-  </si>
-[...4 lines deleted...]
-    <t>Поля заполнения данных выделены оранжевым:</t>
   </si>
   <si>
     <t>Для оптимального функционирования и увеличения области срабатывания рекомендуется использовать синхронизатор TIP-ON BLUMOTION.</t>
   </si>
   <si>
     <t xml:space="preserve">Для определения нужного типа механизмов AVENTOS или TIP-ON BLUMOTION, необходимо внести в ячейках таблицы требуемые параметры, напротив выбранного материала (например: размеры корпуса и вес ручки). </t>
   </si>
   <si>
     <t>Описание:</t>
   </si>
   <si>
     <t>Наши контакты:</t>
   </si>
   <si>
     <t>+375 17 3 200 100 тел./факс</t>
   </si>
   <si>
     <t>+375 29 3 940 100 Velcom</t>
   </si>
   <si>
     <t>+375 33 3 640 100 MTC</t>
   </si>
   <si>
     <t>blum@antarion.by</t>
   </si>
@@ -3700,79 +2443,50 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve">Фасад ДСП </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>(плотность 680 кг/м³)</t>
     </r>
   </si>
   <si>
-    <t>наименование:</t>
-[...27 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Фасад МДФ </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>(плотность 760 кг/м³)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve">Фасад МДФ </t>
     </r>
@@ -3818,129 +2532,74 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Фасад МДФ </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>(плотность 760 кг/м³)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Н </t>
   </si>
   <si>
     <t xml:space="preserve">
 =</t>
   </si>
   <si>
-    <r>
-[...20 lines deleted...]
-  <si>
     <t>Позиция крепления силового механизма:</t>
   </si>
   <si>
     <t>Введите высоту корпуса (мм):</t>
   </si>
   <si>
-    <t>Высота нижнего фасада (мм):</t>
-[...1 lines deleted...]
-  <si>
     <t>Наложение фасада на боковину корпуса (мм):</t>
   </si>
   <si>
     <t>Для получения необходимых размеров заполните крассные ячейки:</t>
   </si>
   <si>
     <t>22K23***/ 22K23***T</t>
   </si>
   <si>
     <t>22K25*** / 22K25***T</t>
   </si>
   <si>
     <t>22K27*** / 22K27***T</t>
   </si>
   <si>
     <t>22K29*** / 22K29***T</t>
   </si>
   <si>
-    <t xml:space="preserve">   12)   AVENTOS HK-S</t>
-[...28 lines deleted...]
-  <si>
     <t>Комплект с TIP-ON</t>
   </si>
   <si>
     <t>Позиция крепления механизма в корпусе:</t>
   </si>
   <si>
     <t>Позиция крепления фасада:</t>
   </si>
   <si>
     <t>Выберите необходимые значения в двух ячейках</t>
   </si>
   <si>
     <t>Накладная петля</t>
   </si>
   <si>
     <t>Полунакладная петля</t>
   </si>
   <si>
     <t>Толщина крышки корпуса в мм, (SOB)</t>
   </si>
   <si>
     <t>14 мм</t>
   </si>
   <si>
     <t>15 мм</t>
@@ -4005,96 +2664,51 @@
   <si>
     <t>9 мм</t>
   </si>
   <si>
     <t>11 мм</t>
   </si>
   <si>
     <t>12 мм</t>
   </si>
   <si>
     <t>13 мм</t>
   </si>
   <si>
     <t>H  =</t>
   </si>
   <si>
     <t>Наложение фасада, при ответной планке 0 мм, (тип петли)</t>
   </si>
   <si>
     <t>Верхнее наложение (Fao), в мм</t>
   </si>
   <si>
     <t>Боковое наложение (SFA), в мм</t>
   </si>
   <si>
-    <t>AVENTOS HK-XS для вкладных конструкций</t>
-[...40 lines deleted...]
-  <si>
     <t>Введите высоту верхнего фасада (FH):</t>
-  </si>
-[...1 lines deleted...]
-    <t>Необходимое пространство над корпусом:</t>
   </si>
   <si>
     <t>Позиция крепления ответной планки телескопического рычага</t>
   </si>
   <si>
     <t>Необходимая длина вала синхронизации, мм</t>
   </si>
   <si>
     <t>Наружная ширина корпуса, мм</t>
   </si>
   <si>
     <t>Колличество ящиков, на которое достаточно одного вала синхронизации, шт</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">TANDEMBOX 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
@@ -4153,84 +2767,54 @@
       </rPr>
       <t>(толщина боковин корпуса 18 мм)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">MOVENTO
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>(Внутренняя ширина корпуса - 267 мм)</t>
     </r>
   </si>
   <si>
     <t>Вал синхронизации TIP-ON BLUMOTION (T60.1125W; длина=1125 мм) для:</t>
   </si>
   <si>
-    <t xml:space="preserve">   22)   TANDEMBOX Intivo, Antaro, Plus - расчёт боковых вставок</t>
-[...7 lines deleted...]
-  <si>
     <t>Раскрой валов синхронизации TIP-ON BLUMOTION и TIP-ON</t>
   </si>
   <si>
-    <t xml:space="preserve">   25)   Раскрой валов синхронизации TIP-ON BLUMOTION и TIP-ON</t>
-[...7 lines deleted...]
-  <si>
     <t>Комплект силового механизма (вес в кг)</t>
-  </si>
-[...10 lines deleted...]
-    <t>2 силовых механизма AVENTOS HK 29</t>
   </si>
   <si>
     <t>2 силовых механизма AVENTOS HK top 23</t>
   </si>
   <si>
     <t>2 силовых механизма AVENTOS HK top 25</t>
   </si>
   <si>
     <t>2 силовых механизма AVENTOS HK top 27</t>
   </si>
   <si>
     <t>2 силовых механизма AVENTOS HK top 29</t>
   </si>
   <si>
     <t xml:space="preserve">2 силовых механизма AVENTOS HK-S "C" </t>
   </si>
   <si>
     <t>Cиловой механизм AVENTOSs HK-S "C" (1 шт) и силовой механизм AVENTOS HK-S "E" (1 шт)</t>
   </si>
   <si>
     <t xml:space="preserve">2 силовых механизма AVENTOS HK-S "E" </t>
   </si>
   <si>
     <r>
       <rPr>
@@ -4314,97 +2898,523 @@
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>(Внутренняя ширина корпуса - 284 мм)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
-      <t>TANDEM 550F  (частичное выдвижение со встроенным TIP-ON)</t>
+      <t>TANDEM 550F/560F  (частичное и полное выдвижение со встроенным TIP-ON)</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>.</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> Вал синхронизации TIP-ON  (T57.1142S). Длина: 1142 мм, для ширины корпуса: 1200 мм.
+      <t xml:space="preserve"> Вал синхронизации TIP-ON  (T57.1140S). Длина: 1140 мм, для ширины корпуса: 1200 мм.
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(Внутренняя ширина корпуса - 37 мм)</t>
+      <t>(Внутренняя ширина корпуса - 39 мм)</t>
     </r>
+  </si>
+  <si>
+    <t>Напротив ячейки с материалом Вашего фасада введите его высоту (от 480 до 1200 мм) и ширину (до 1800 мм).</t>
+  </si>
+  <si>
+    <t>22F2501</t>
+  </si>
+  <si>
+    <t>ВНИМАНИЕ! 
+При расчете веса фасада
+получаются ориентировочные значения!</t>
+  </si>
+  <si>
+    <t>Силовой механизм AVENTOS HF top 25</t>
+  </si>
+  <si>
+    <t>Силовой механизм Aventos HF top 28</t>
+  </si>
+  <si>
+    <t>22F2801</t>
+  </si>
+  <si>
+    <t>Телескопический рычаг 32</t>
+  </si>
+  <si>
+    <t>22F3501</t>
+  </si>
+  <si>
+    <t>22F3201</t>
+  </si>
+  <si>
+    <t>Телескопический рычаг 35</t>
+  </si>
+  <si>
+    <t>22F3901</t>
+  </si>
+  <si>
+    <t>Телескопический рычаг 39</t>
+  </si>
+  <si>
+    <t>Силовой механизм AVENTOS HF top 28</t>
+  </si>
+  <si>
+    <t>Выписка AVENTOS HF top</t>
+  </si>
+  <si>
+    <t>22F2X01</t>
+  </si>
+  <si>
+    <t>22F3X01</t>
+  </si>
+  <si>
+    <t>Заглушка правая</t>
+  </si>
+  <si>
+    <t>22.8001  R</t>
+  </si>
+  <si>
+    <t>Заглушка левая</t>
+  </si>
+  <si>
+    <t>22.8001  L</t>
+  </si>
+  <si>
+    <t>Элемент брендинга</t>
+  </si>
+  <si>
+    <t>ABD.1009</t>
+  </si>
+  <si>
+    <t>При установке ограничителя в позицию 97°:</t>
+  </si>
+  <si>
+    <t>При установке ограничителя в позицию 88°:</t>
+  </si>
+  <si>
+    <t>При установке ограничителя в позицию 81°:</t>
+  </si>
+  <si>
+    <t>Необходимое пространство над корпусом (Y):</t>
+  </si>
+  <si>
+    <t>Введите толщину нижнего фасада (FD):</t>
+  </si>
+  <si>
+    <t>Необходимое пространство над и перед корпусом</t>
+  </si>
+  <si>
+    <t>Необходимое пространство перед корпусом (X):</t>
+  </si>
+  <si>
+    <r>
+      <t>При установке ограничителя в позицию 107</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>°:</t>
+    </r>
+  </si>
+  <si>
+    <t>350 - 450</t>
+  </si>
+  <si>
+    <t>Высота корпуса (мм)</t>
+  </si>
+  <si>
+    <t>450 - 540</t>
+  </si>
+  <si>
+    <t>480 - 660</t>
+  </si>
+  <si>
+    <t>650 - 800</t>
+  </si>
+  <si>
+    <t>2 - 11,5</t>
+  </si>
+  <si>
+    <t>2,5 - 12,5</t>
+  </si>
+  <si>
+    <t>22S2200</t>
+  </si>
+  <si>
+    <t>22S2500</t>
+  </si>
+  <si>
+    <t>22S2800</t>
+  </si>
+  <si>
+    <t>2,75 - 15,25</t>
+  </si>
+  <si>
+    <t>3,5 - 18,5</t>
+  </si>
+  <si>
+    <t>Тип силового механизма</t>
+  </si>
+  <si>
+    <t>22S3501</t>
+  </si>
+  <si>
+    <t>Рычаг симметричный Авентос HS top</t>
+  </si>
+  <si>
+    <t>Вес фасада для 2-х силовых механизмов (кг)</t>
+  </si>
+  <si>
+    <t>№</t>
+  </si>
+  <si>
+    <t>Колличество, шт</t>
+  </si>
+  <si>
+    <t>Силовой механизм AVENTOS HS top</t>
+  </si>
+  <si>
+    <t>Необходимый тип механизма:</t>
+  </si>
+  <si>
+    <t>Проектирование Aventos HK top</t>
+  </si>
+  <si>
+    <t>Проектирование Aventos HK-S</t>
+  </si>
+  <si>
+    <t>Проектирование Aventos HK-XS</t>
+  </si>
+  <si>
+    <t>ВЫПИСКА И СХЕМА МОНТАЖА TIP-ON BLUMOTION ДЛЯ TANDEMBOX</t>
+  </si>
+  <si>
+    <t>Выписка Aventos HS top :</t>
+  </si>
+  <si>
+    <r>
+      <t>22S</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>Х</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>01</t>
+    </r>
+  </si>
+  <si>
+    <t>Заглушка правая, цвета: SW, HGR, TGR</t>
+  </si>
+  <si>
+    <t>Заглушка левая, цвета: SW, HGR, TGR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Элемент брендинга, с логотипом Blum </t>
+  </si>
+  <si>
+    <t>300 - 339</t>
+  </si>
+  <si>
+    <t>Высота корпуса, мм</t>
+  </si>
+  <si>
+    <t>340 - 389</t>
+  </si>
+  <si>
+    <t>390 - 540</t>
+  </si>
+  <si>
+    <t>480 - 580</t>
+  </si>
+  <si>
+    <t>22L2200</t>
+  </si>
+  <si>
+    <t>22L2500</t>
+  </si>
+  <si>
+    <t>22L3200</t>
+  </si>
+  <si>
+    <t>22L3500</t>
+  </si>
+  <si>
+    <t>22L3800</t>
+  </si>
+  <si>
+    <t>22L3900</t>
+  </si>
+  <si>
+    <t>1,5 кг - 9 кг</t>
+  </si>
+  <si>
+    <t>1,75 кг - 10 кг</t>
+  </si>
+  <si>
+    <t>2 кг - 12,25 кг</t>
+  </si>
+  <si>
+    <t>2,5 кг - 14 кг</t>
+  </si>
+  <si>
+    <r>
+      <t>Силовой механизм, симметричный HL top"</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>X</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>"</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>22L2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>X</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>01</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Рычаг Авентос HL top, симметричный </t>
+  </si>
+  <si>
+    <r>
+      <t>22L3</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>X</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>01</t>
+    </r>
+  </si>
+  <si>
+    <t>Наименование:</t>
+  </si>
+  <si>
+    <t>22Q1076U</t>
+  </si>
+  <si>
+    <t>Заглушка на поперечный стабилизатор</t>
+  </si>
+  <si>
+    <t>Держатель для поперечного стабилизатора</t>
+  </si>
+  <si>
+    <t>Компенсатор длины для поперечного стабилизатора</t>
+  </si>
+  <si>
+    <t>Штанга под раскрой (вн.шир.к.LW –113 мм)</t>
+  </si>
+  <si>
+    <t>22Q080Z</t>
+  </si>
+  <si>
+    <t>Комплект соединителя для поперечного стабилизатора, круглый</t>
+  </si>
+  <si>
+    <t>22Q0003</t>
+  </si>
+  <si>
+    <t>22Q0002</t>
+  </si>
+  <si>
+    <t>22Q0004</t>
+  </si>
+  <si>
+    <t>Проектирование Aventos HL top</t>
+  </si>
+  <si>
+    <t>Выписка Aventos HL top</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крепление фасада для Z1 </t>
+  </si>
+  <si>
+    <t>Проектирование Aventos HS top</t>
+  </si>
+  <si>
+    <t>Крепление фасада для деревянных / для узких алюм. рамок</t>
+  </si>
+  <si>
+    <t>20S4201 / 20S4201A</t>
+  </si>
+  <si>
+    <t>Проектирование AVENTOS HF top</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     1)   AVENTOS HF top</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     2)   AVENTOS HS top</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     3)   AVENTOS HL top</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     4)   AVENTOS HK top</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     5)   AVENTOS HK-S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     6)   AVENTOS HK-XS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     7)   TIP-ON BLUMOTION для LEGRABOX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     8)   TIP-ON BUMOTION для MOVENTO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     9)   TIP-ON BLUMOTION для TANDEMBOX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   10)   TANDEMBOX Intivo, Antaro, Plus - расчёт боковых вставок</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   11)   Расчёт размеров дна и задней стенки TANDEMBOX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   12)   Расчёт размеров дна и задней стенки LEGRABOX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   13)   Раскрой валов синхронизации TIP-ON BLUMOTION и TIP-ON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _₽_-;\-* #,##0.00\ _₽_-;_-* &quot;-&quot;??\ _₽_-;_-@_-"/>
+  <numFmts count="2">
     <numFmt numFmtId="165" formatCode="0.000"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
-  <fonts count="183" x14ac:knownFonts="1">
+  <fonts count="175" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -4468,93 +3478,80 @@
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
-      <sz val="30"/>
-[...5 lines deleted...]
-      <b/>
       <sz val="20"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color indexed="9"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
@@ -4576,65 +3573,50 @@
       <b/>
       <sz val="16"/>
       <color indexed="9"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="14"/>
-      <name val="Arial"/>
-[...13 lines deleted...]
-      <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="36"/>
       <color indexed="9"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="12.5"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
@@ -4748,58 +3730,50 @@
       <b/>
       <i/>
       <sz val="15"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color rgb="FF1007C1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color rgb="FF002060"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-    <font>
       <sz val="22"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="0"/>
@@ -4892,94 +3866,76 @@
       <i/>
       <sz val="15"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="32"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
-      <sz val="20"/>
-[...10 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FFFF0000"/>
-      <name val="Arial"/>
-[...4 lines deleted...]
-      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="20"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -5254,177 +4210,132 @@
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="14"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
-      <b/>
-[...22 lines deleted...]
-    <font>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...6 lines deleted...]
-      <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <color theme="0"/>
-      <name val="Arial"/>
-[...5 lines deleted...]
-      <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="15"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <color theme="1"/>
-      <name val="Arial"/>
-[...4 lines deleted...]
-      <sz val="24"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -5658,72 +4569,50 @@
       <i/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
-      <color rgb="FFFF860D"/>
-[...20 lines deleted...]
-      <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
@@ -5750,103 +4639,145 @@
       <charset val="204"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="32"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="24"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color indexed="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="24"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Arial"/>
+    </font>
   </fonts>
-  <fills count="41">
+  <fills count="39">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...16 lines deleted...]
-      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="53"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="62"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor indexed="47"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCCFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF6600"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
@@ -6011,50 +4942,62 @@
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14996795556505021"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFAE5D"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor auto="1"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFDDFFFF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF99FFCC"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="97">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -7172,4994 +6115,4774 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left/>
+      <right style="thin">
         <color indexed="64"/>
-      </left>
-[...1 lines deleted...]
-      <top/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="5">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="77" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="119" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="1443">
+  <cellXfs count="1317">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="1" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="13" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="11" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="10" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="10" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="12" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="10" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="14" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="14" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="12" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="12" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="13" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="23" fillId="11" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="21" fillId="7" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="2" fontId="6" fillId="11" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="21" fillId="6" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="20" fillId="4" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="20" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="10" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="40" fillId="4" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="23" fillId="10" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...70 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="14" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="14" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="14" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="14" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="14" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="50" fillId="18" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="64" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="44" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="16" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="16" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="51" fillId="18" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="33" fillId="3" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="47" fillId="3" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="33" fillId="7" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="47" fillId="7" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="47" fillId="6" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="47" fillId="7" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="33" fillId="6" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="47" fillId="6" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="14" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="14" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="64" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="14" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="14" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="14" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="14" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="14" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="28" fillId="6" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="46" fillId="6" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="28" fillId="7" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="46" fillId="7" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="28" fillId="6" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="46" fillId="6" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="46" fillId="6" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="12" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="57" fillId="12" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="12" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="57" fillId="12" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="15" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="8" fillId="15" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="2" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="2" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="17" borderId="23" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="17" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="17" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...63 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="18" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="64" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="18" borderId="23" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="18" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="18" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="38" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="35" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="11" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="66" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="65" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="11" borderId="47" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="66" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="18" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="18" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="15" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="18" borderId="56" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="18" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="18" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="18" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="90" fillId="11" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="18" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...381 lines deleted...]
-    <xf numFmtId="0" fontId="96" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" textRotation="90" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="98" fillId="28" borderId="47" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="90" fillId="24" borderId="47" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="98" fillId="15" borderId="47" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="90" fillId="11" borderId="47" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="25" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="25" borderId="55" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="21" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="25" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="98" fillId="18" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="90" fillId="14" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="98" fillId="18" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="100" fillId="24" borderId="35" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="90" fillId="14" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="20" borderId="35" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="82" fillId="15" borderId="20" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="74" fillId="11" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="102" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="94" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="82" fillId="15" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="74" fillId="11" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="90" fillId="25" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="82" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="64" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="64" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="27" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="81" fillId="23" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="15" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="81" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="15" borderId="46" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="81" fillId="11" borderId="46" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="104" fillId="28" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="96" fillId="24" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="15" borderId="46" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="81" fillId="11" borderId="46" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="81" fillId="0" borderId="8" xfId="3" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...35 lines deleted...]
-    <xf numFmtId="0" fontId="81" fillId="0" borderId="8" xfId="3" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="8" xfId="2" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="64" xfId="2" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="46" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="0" xfId="2" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="64" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="8" xfId="2" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="0" xfId="2" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="97" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="9" xfId="2" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="8" xfId="2" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="81" fillId="0" borderId="0" xfId="3" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="2" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="81" fillId="0" borderId="8" xfId="3" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="8" xfId="2" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="81" fillId="0" borderId="57" xfId="3" applyBorder="1" applyProtection="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="82" fillId="15" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="57" xfId="2" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="66" xfId="2" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="99" fillId="0" borderId="0" xfId="2" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="0" xfId="2" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="0" borderId="8" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="81" fillId="29" borderId="23" xfId="3" applyFill="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="86" fillId="29" borderId="39" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="73" fillId="25" borderId="23" xfId="2" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="25" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="109" fillId="29" borderId="39" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="101" fillId="25" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="29" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="25" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="81" fillId="25" borderId="57" xfId="3" applyFill="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="86" fillId="25" borderId="38" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="73" fillId="21" borderId="57" xfId="2" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="38" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="25" borderId="35" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="21" borderId="35" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="81" fillId="25" borderId="66" xfId="3" applyFill="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="87" fillId="25" borderId="65" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="73" fillId="21" borderId="66" xfId="2" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="21" borderId="65" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="27" borderId="47" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="23" borderId="47" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="30" borderId="23" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="26" borderId="23" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="30" borderId="39" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="26" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="30" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="26" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="111" fillId="0" borderId="8" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="103" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="30" borderId="56" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="26" borderId="56" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="30" borderId="55" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="26" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="30" borderId="56" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="26" borderId="56" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="30" borderId="55" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="26" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="30" borderId="39" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="26" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="30" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="26" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="15" borderId="56" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="56" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="15" borderId="55" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="15" borderId="55" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="11" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="30" borderId="23" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="26" borderId="23" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="110" fillId="15" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="102" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="110" fillId="15" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="102" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="28" borderId="20" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="24" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="90" fillId="15" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="82" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="85" fillId="31" borderId="20" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="27" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="25" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="97" fillId="0" borderId="8" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="97" fillId="24" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="20" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="25" borderId="65" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="65" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="85" fillId="31" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="27" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="25" borderId="55" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="90" fillId="25" borderId="55" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="82" fillId="21" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="25" borderId="21" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="81" fillId="0" borderId="0" xfId="3" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="2" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="116" fillId="15" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="108" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="27" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="23" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="97" fillId="28" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="24" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="85" fillId="21" borderId="39" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="17" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="29" borderId="39" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="25" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="25" borderId="46" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="46" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="25" borderId="27" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="27" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="82" fillId="25" borderId="38" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="74" fillId="21" borderId="38" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="82" fillId="25" borderId="38" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="74" fillId="21" borderId="38" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="82" fillId="25" borderId="38" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="74" fillId="21" borderId="38" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="25" borderId="38" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="21" borderId="38" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="102" fillId="25" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="94" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="96" fillId="25" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" textRotation="180" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="96" fillId="25" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="88" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="81" fillId="32" borderId="56" xfId="3" applyFill="1" applyBorder="1" applyProtection="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="86" fillId="25" borderId="35" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="73" fillId="28" borderId="56" xfId="2" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="65" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="35" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="123" fillId="0" borderId="65" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="112" fillId="0" borderId="65" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="123" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="112" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="123" fillId="14" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="112" fillId="10" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="123" fillId="15" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="112" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="123" fillId="0" borderId="65" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="112" fillId="0" borderId="65" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="123" fillId="27" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="112" fillId="23" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="15" borderId="65" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="86" fillId="0" borderId="66" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="40" fillId="6" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="45" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="40" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="21" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="0" borderId="65" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="2" fontId="44" fillId="10" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="16" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="10" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="2" fontId="44" fillId="15" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="23" fillId="15" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="46" fillId="7" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="115" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="6" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="15" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="66" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...35 lines deleted...]
-    <xf numFmtId="0" fontId="127" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="115" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="6" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...24 lines deleted...]
-    <xf numFmtId="1" fontId="49" fillId="16" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="45" fillId="12" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="49" fillId="17" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="45" fillId="13" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="1" fontId="63" fillId="16" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="117" fillId="11" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="58" fillId="12" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="63" fillId="16" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="58" fillId="12" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="64" fillId="16" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="59" fillId="12" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="64" fillId="16" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="59" fillId="12" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="63" fillId="17" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="58" fillId="13" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="64" fillId="17" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="59" fillId="13" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="64" fillId="17" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="59" fillId="13" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="64" fillId="16" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="59" fillId="12" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="64" fillId="16" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="59" fillId="12" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="64" fillId="17" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="59" fillId="13" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="64" fillId="17" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="59" fillId="13" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="119" fillId="0" borderId="0" xfId="4"/>
-    <xf numFmtId="0" fontId="133" fillId="35" borderId="30" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="120" fillId="31" borderId="30" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="137" fillId="35" borderId="30" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="123" fillId="31" borderId="30" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="138" fillId="35" borderId="30" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="124" fillId="31" borderId="30" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="134" fillId="35" borderId="30" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="121" fillId="31" borderId="30" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="84" fillId="0" borderId="0" xfId="3" applyFont="1" applyProtection="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="98" fillId="28" borderId="47" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="73" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="73" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="90" fillId="24" borderId="47" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="141" fillId="15" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...48 lines deleted...]
-    <xf numFmtId="0" fontId="42" fillId="35" borderId="30" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="127" fillId="11" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="127" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="128" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="128" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="128" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="128" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="127" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="130" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="130" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="130" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="2"/>
+    <xf numFmtId="0" fontId="132" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="134" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="133" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="132" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="134" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="133" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="31" borderId="30" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="22" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="14" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="14" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="14" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="14" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="133" fillId="35" borderId="51" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="145" fillId="24" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="120" fillId="31" borderId="51" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="131" fillId="20" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="131" fillId="20" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="147" fillId="36" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="133" fillId="32" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="81" fillId="0" borderId="80" xfId="3" applyBorder="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="147" fillId="37" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="80" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="81" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="82" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="83" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="86" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="84" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="87" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="85" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="133" fillId="33" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="166" fontId="22" fillId="7" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="20" fillId="4" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="149" fillId="7" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="135" fillId="4" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...19 lines deleted...]
-    <xf numFmtId="166" fontId="12" fillId="10" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="51" fillId="16" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="57" fillId="12" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="12" fillId="6" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="12" fillId="7" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="12" fillId="3" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="57" fillId="12" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="166" fontId="12" fillId="6" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="10" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="38" fillId="6" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="11" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="38" fillId="6" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="51" fillId="18" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="45" fillId="12" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="45" fillId="13" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="16" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="137" fillId="16" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="62" fillId="16" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="166" fontId="12" fillId="10" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="137" fillId="16" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="10" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="10" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="2" fontId="56" fillId="22" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="1" fontId="49" fillId="16" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="138" fillId="13" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="49" fillId="17" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="45" fillId="13" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="20" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="50" fillId="16" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="50" fillId="16" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="50" fillId="16" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="151" fillId="20" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="2" fontId="50" fillId="18" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="1" fontId="151" fillId="20" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="165" fontId="50" fillId="18" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="15" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="6" fillId="6" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="15" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="138" fillId="12" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="15" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="16" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="16" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="152" fillId="17" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="51" fillId="18" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="12" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="49" fillId="17" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="57" fillId="12" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="55" fillId="20" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="1" fontId="55" fillId="20" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="57" fillId="12" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="6" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="2" fontId="55" fillId="22" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="57" fillId="15" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="15" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="57" fillId="15" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="57" fillId="15" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="42" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="6" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="12" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="42" fillId="6" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="7" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="10" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="1" fontId="152" fillId="16" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="42" fillId="7" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="138" fillId="12" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="6" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...19 lines deleted...]
-    <xf numFmtId="0" fontId="50" fillId="16" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="138" fillId="15" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="62" fillId="16" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="139" fillId="12" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="62" fillId="16" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="139" fillId="15" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="166" fontId="18" fillId="10" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="1" fontId="62" fillId="19" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="140" fillId="12" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="19" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="140" fillId="15" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="62" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...56 lines deleted...]
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="156" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="142" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="155" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="27" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="141" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="141" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="67" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="51" fillId="16" borderId="48" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="51" fillId="16" borderId="48" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="45" xfId="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="53" xfId="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="6" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="152" fillId="16" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="138" fillId="12" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="63" fillId="16" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="63" fillId="12" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="68" fillId="16" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="118" fillId="12" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="131" fillId="16" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="46" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="64" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="138" fillId="15" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="46" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
-[...9 lines deleted...]
-    <xf numFmtId="1" fontId="152" fillId="19" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="63" fillId="15" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="63" fillId="19" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="46" xfId="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="64" xfId="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="63" fillId="16" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="41" xfId="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="60" xfId="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="127" fillId="15" borderId="0" xfId="1" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="115" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="65" fillId="22" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...163 lines deleted...]
-      <protection hidden="1"/>
+    <xf numFmtId="0" fontId="144" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="58" fillId="15" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...56 lines deleted...]
-    <xf numFmtId="0" fontId="127" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="0" xfId="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="115" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="61" fillId="20" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="56" fillId="16" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="36" borderId="36" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="15" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="160" fillId="15" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="146" fillId="11" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="161" fillId="15" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="147" fillId="11" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="15" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="15" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="15" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="61" fillId="20" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="56" fillId="16" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="22" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="136" fillId="12" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="138" fillId="12" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="28" fillId="7" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="150" fillId="16" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="42" fillId="6" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="7" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="15" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="152" fillId="16" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="57" fillId="15" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="152" fillId="19" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="17" fillId="7" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="15" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="166" fontId="30" fillId="11" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="57" fillId="15" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="123" fillId="31" borderId="51" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="16" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="46" fillId="10" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="166" fontId="18" fillId="11" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="49" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...42 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="15" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="60" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="57" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="67" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="128" fillId="33" borderId="8" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="116" fillId="29" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="165" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="151" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="15" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="49" fillId="11" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="17" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="16" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="64" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="53" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="164" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="150" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="164" fillId="0" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="150" fillId="0" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="164" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="150" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="169" fillId="15" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="155" fillId="11" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="53" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="51" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...118 lines deleted...]
-    <xf numFmtId="0" fontId="162" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="148" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="155" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="141" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="60" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="76" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="20" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="56" fillId="16" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="76" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="147" fillId="24" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="69" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="69" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="69" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="133" fillId="20" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="174" fillId="18" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="157" fillId="14" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="175" fillId="15" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="158" fillId="11" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="81" fillId="0" borderId="47" xfId="3" applyBorder="1"/>
-    <xf numFmtId="0" fontId="174" fillId="18" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="47" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="157" fillId="14" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="147" fillId="15" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="133" fillId="11" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="35" borderId="43" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="139" fillId="0" borderId="0" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="31" borderId="43" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="125" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="139" fillId="40" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="125" fillId="36" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="128" fillId="40" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="116" fillId="36" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="174" fillId="39" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="157" fillId="35" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="81" fillId="0" borderId="47" xfId="3" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="147" fillId="24" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="47" xfId="2" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="133" fillId="20" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="181" fillId="0" borderId="8" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="164" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="2" fontId="182" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="133" fillId="35" borderId="30" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="165" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="120" fillId="31" borderId="30" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="177" fillId="24" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="160" fillId="20" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="133" fillId="35" borderId="51" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="7" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="14" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="14" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="14" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="11" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="34" borderId="47" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="34" borderId="8" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="34" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="34" borderId="8" xfId="4" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="32" borderId="31" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="32" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="32" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="69" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="139" fillId="34" borderId="8" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="139" fillId="0" borderId="8" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="128" fillId="33" borderId="8" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="16" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="0" xfId="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="62" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="0" xfId="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="138" fillId="37" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="63" fillId="37" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="12" fillId="6" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="12" fillId="7" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="12" fillId="38" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="38" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="11" borderId="0" xfId="1" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="2" fontId="51" fillId="16" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="18" borderId="45" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="56" fillId="18" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="118" fillId="12" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="118" fillId="37" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="118" fillId="12" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="118" fillId="15" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="69" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" textRotation="90"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="18" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="18" borderId="51" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="42" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="27" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="7" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="7" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="57" fillId="7" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="57" fillId="7" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="12" fillId="7" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="138" fillId="7" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="7" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="57" fillId="7" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="124" fillId="31" borderId="30" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="125" fillId="30" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="34" borderId="9" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="125" fillId="0" borderId="8" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="122" fillId="11" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="122" fillId="11" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="168" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="122" fillId="11" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="122" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="168" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="122" fillId="11" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="122" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="168" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="129" fillId="0" borderId="76" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="129" fillId="0" borderId="72" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="129" fillId="0" borderId="73" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="129" fillId="0" borderId="75" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="125" fillId="30" borderId="8" xfId="3" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="125" fillId="0" borderId="8" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="125" fillId="30" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="39" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="125" fillId="0" borderId="39" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="23" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="125" fillId="0" borderId="23" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="125" fillId="30" borderId="9" xfId="3" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="135" fillId="15" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="125" fillId="0" borderId="39" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="125" fillId="0" borderId="23" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="60" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...49 lines deleted...]
-    <xf numFmtId="0" fontId="128" fillId="33" borderId="47" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="55" fillId="33" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="34" borderId="8" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="69" fillId="12" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="69" fillId="12" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="70" fillId="12" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="70" fillId="12" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="148" fillId="11" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="114" fillId="11" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...31 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="22" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="22" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="64" fillId="8" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="36" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="65" fillId="8" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="8" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="61" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="18" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="18" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="18" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="18" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="143" fillId="17" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="143" fillId="17" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="32" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="149" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="148" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="17" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="17" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...19 lines deleted...]
-    <xf numFmtId="0" fontId="73" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="73" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="32" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="73" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="162" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="148" fillId="11" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...179 lines deleted...]
-      <protection hidden="1"/>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="32" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="159" fillId="10" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="145" fillId="6" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="159" fillId="10" borderId="47" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="145" fillId="6" borderId="47" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="159" fillId="10" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="145" fillId="6" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="46" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="74" fillId="15" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="49" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="173" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="45" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="58" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="59" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="96" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="57" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="64" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="167" fillId="2" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="167" fillId="2" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="141" fillId="0" borderId="32" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="141" fillId="0" borderId="51" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="18" borderId="49" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="56" fillId="18" borderId="58" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="56" fillId="18" borderId="59" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="145" fillId="38" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="145" fillId="38" borderId="47" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="145" fillId="38" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="22" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="51" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="22" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="0" xfId="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="22" borderId="51" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="62" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="7" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="38" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="6" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="38" borderId="51" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="11" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="38" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="11" borderId="51" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="38" borderId="51" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="31" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="145" fillId="38" borderId="50" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="145" fillId="38" borderId="62" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="145" fillId="38" borderId="63" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="49" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="58" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="173" fillId="0" borderId="27" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="51" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="173" fillId="0" borderId="38" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="45" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="173" fillId="0" borderId="39" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...58 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="6" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="27" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="173" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="173" fillId="0" borderId="40" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="96" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="11" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="11" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="68" fillId="18" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="68" fillId="18" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="60" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...43 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="19" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="11" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="68" fillId="18" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="21" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="21" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="21" borderId="60" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="21" borderId="53" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="51" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="51" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="11" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="60" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...3 lines deleted...]
-      <protection hidden="1"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="11" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-      <protection hidden="1"/>
-[...36 lines deleted...]
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="28" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="70" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="18" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="66" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="60" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...69 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="22" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="15" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="11" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="15" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="11" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="22" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="56" fillId="18" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="70" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="22" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="56" fillId="18" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="90" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="15" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="15" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="170" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="155" fillId="11" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="156" fillId="11" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="153" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="119" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...84 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="10" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="11" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="151" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
-[...36 lines deleted...]
-    <xf numFmtId="0" fontId="57" fillId="22" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="57" fillId="22" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...306 lines deleted...]
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="171" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="152" fillId="16" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="152" fillId="16" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="154" fillId="16" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="154" fillId="16" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="6" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="18" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="172" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="18" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="97" fillId="27" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="18" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="8" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="171" fillId="8" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="154" fillId="16" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="154" fillId="16" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="154" fillId="16" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="8" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="18" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="8" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="18" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="18" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="18" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="18" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="18" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="18" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="18" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="18" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="18" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="18" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="18" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="18" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="18" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="98" fillId="2" borderId="45" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="28" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="28" xfId="2" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="53" xfId="2" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="8" xfId="2" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="91" fillId="0" borderId="46" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="91" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="91" fillId="0" borderId="64" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="20" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="95" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="90" fillId="24" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="79" fillId="17" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="79" fillId="17" borderId="39" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="79" fillId="17" borderId="23" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="17" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="17" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="82" fillId="17" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="14" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="14" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="14" borderId="56" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="14" borderId="35" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="14" borderId="38" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="14" borderId="57" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="20" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="20" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="20" borderId="56" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="21" borderId="38" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="23" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="93" fillId="25" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="8" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="21" borderId="65" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="15" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="81" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="91" fillId="25" borderId="66" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="91" fillId="25" borderId="66" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="91" fillId="21" borderId="65" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="95" fillId="25" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="87" fillId="27" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="91" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="11" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="11" borderId="47" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="24" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="99" fillId="25" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...65 lines deleted...]
-    <xf numFmtId="0" fontId="97" fillId="28" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="89" fillId="23" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="97" fillId="27" borderId="20" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="86" fillId="14" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="17" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="93" fillId="14" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="93" fillId="14" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="93" fillId="14" borderId="56" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="93" fillId="14" borderId="35" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="93" fillId="14" borderId="38" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="93" fillId="14" borderId="57" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="92" fillId="14" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="11" borderId="0" xfId="2" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="89" fillId="23" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="85" fillId="21" borderId="39" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="85" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="83" fillId="21" borderId="66" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="83" fillId="21" borderId="66" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="66" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="91" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="17" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="32" borderId="45" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="169" fillId="32" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="169" fillId="32" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="169" fillId="32" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="169" fillId="32" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="169" fillId="32" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="25" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="25" borderId="55" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="79" fillId="25" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="108" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="108" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="93" fillId="14" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="25" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="93" fillId="14" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="101" fillId="18" borderId="21" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="93" fillId="14" borderId="23" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="101" fillId="18" borderId="55" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="78" fillId="21" borderId="38" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="101" fillId="18" borderId="56" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="104" fillId="21" borderId="67" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="67" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="21" borderId="65" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="101" fillId="18" borderId="35" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="66" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="20" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="101" fillId="18" borderId="38" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="82" fillId="20" borderId="23" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="101" fillId="18" borderId="57" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="106" fillId="14" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="100" fillId="18" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="106" fillId="14" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="87" fillId="21" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="106" fillId="14" borderId="56" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="87" fillId="21" borderId="39" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="106" fillId="14" borderId="65" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="87" fillId="21" borderId="23" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="106" fillId="14" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="21" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="106" fillId="14" borderId="66" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="87" fillId="21" borderId="39" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="103" fillId="25" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="90" fillId="21" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="103" fillId="25" borderId="39" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="100" fillId="18" borderId="56" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="103" fillId="25" borderId="23" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="100" fillId="18" borderId="57" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...39 lines deleted...]
-    <xf numFmtId="0" fontId="98" fillId="28" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="77" fillId="24" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="103" fillId="21" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="103" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="103" fillId="25" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="103" fillId="25" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="103" fillId="25" borderId="23" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="27" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" textRotation="180" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="27" borderId="67" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" textRotation="180" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="20" borderId="35" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="20" borderId="57" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="94" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="82" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="113" fillId="21" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="2" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="85" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="85" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="28" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="28" borderId="55" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="28" borderId="55" xfId="2" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="112" fillId="0" borderId="21" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="84" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="112" fillId="0" borderId="55" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="83" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="112" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="83" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="82" fillId="20" borderId="65" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="20" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="20" borderId="66" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="20" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="22" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="22" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="27" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="27" borderId="67" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="107" fillId="11" borderId="65" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="107" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="11" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="11" borderId="0" xfId="2" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...24 lines deleted...]
-    <xf numFmtId="0" fontId="108" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="81" fillId="0" borderId="0" xfId="3" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="90" fillId="24" borderId="65" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="172" fillId="32" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...198 lines deleted...]
-    <xf numFmtId="0" fontId="98" fillId="28" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="32" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="32" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="32" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="32" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="32" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="90" fillId="24" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="98" fillId="28" borderId="23" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="90" fillId="24" borderId="23" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="140" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="126" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="13" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="147" fillId="0" borderId="80" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="133" fillId="0" borderId="80" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="81" fillId="0" borderId="80" xfId="3" applyBorder="1"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="80" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="81" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="82" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="83" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="84" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="85" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="147" fillId="0" borderId="86" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="133" fillId="0" borderId="86" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="147" fillId="0" borderId="78" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="133" fillId="0" borderId="78" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="81" fillId="38" borderId="86" xfId="3" applyFill="1" applyBorder="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="81" fillId="0" borderId="77" xfId="3" applyBorder="1"/>
+    <xf numFmtId="0" fontId="73" fillId="34" borderId="86" xfId="2" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="34" borderId="81" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="34" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="34" borderId="83" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="34" borderId="87" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="34" borderId="85" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="77" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="78" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="79" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="147" fillId="24" borderId="47" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="133" fillId="20" borderId="47" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="147" fillId="24" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="133" fillId="20" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="147" fillId="24" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="133" fillId="20" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="178" fillId="36" borderId="31" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="161" fillId="32" borderId="31" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="179" fillId="36" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="162" fillId="32" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="179" fillId="36" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="162" fillId="32" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-[...2 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="5">
-    <cellStyle name="Гиперссылка" xfId="4" builtinId="8"/>
+  <cellStyles count="4">
+    <cellStyle name="Гиперссылка" xfId="3" builtinId="8"/>
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
     <cellStyle name="Обычный 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
-    <cellStyle name="Обычный 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
-    <cellStyle name="Финансовый" xfId="2" builtinId="3"/>
+    <cellStyle name="Обычный 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
-  <dxfs count="132">
+  <dxfs count="102">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0" tint="-0.14996795556505021"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+      <border>
+        <top/>
+        <vertical/>
+        <horizontal/>
+      </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
@@ -12287,82 +11010,82 @@
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
-        <color theme="0" tint="-0.14996795556505021"/>
+        <color rgb="FFFF0000"/>
       </font>
-      <fill>
-[...8 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
-        <color rgb="FFFF0000"/>
+        <color theme="0" tint="-0.14996795556505021"/>
       </font>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+      <border>
+        <top/>
+        <vertical/>
+        <horizontal/>
+      </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
@@ -12490,245 +11213,62 @@
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
-        <color theme="0" tint="-0.14996795556505021"/>
-[...13 lines deleted...]
-      <font>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
-    </dxf>
-[...166 lines deleted...]
-      </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0" tint="-0.14996795556505021"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
         </patternFill>
       </fill>
       <border>
         <top/>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
@@ -12871,6530 +11411,1061 @@
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
-    <dxf>
-[...297 lines deleted...]
-    </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCCFFCC"/>
+      <color rgb="FFFF6600"/>
+      <color rgb="FF5F5F5F"/>
+      <color rgb="FFDDFFFF"/>
       <color rgb="FFEF720B"/>
-      <color rgb="FFFF860D"/>
+      <color rgb="FF99FFCC"/>
+      <color rgb="FFFFFF99"/>
+      <color rgb="FFE3FFC9"/>
+      <color rgb="FFFFFFCC"/>
       <color rgb="FFCCFFFF"/>
-      <color rgb="FFFFFF99"/>
-[...4 lines deleted...]
-      <color rgb="FFF9B073"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="22" fmlaLink="$AK$21" fmlaRange="$AI$21:$AI$22" sel="1" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="32" dropStyle="combo" dx="22" fmlaLink="$AK$26" fmlaRange="$AJ$26:$AJ$55" sel="18" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="30" dropStyle="combo" dx="22" fmlaLink="$AL$26" fmlaRange="$AM$26:$AM$43" sel="16" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="30" dropStyle="combo" dx="22" fmlaLink="$AO$26" fmlaRange="$AN$26:$AN$43" sel="16" val="0"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto4.wdp"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto3.wdp"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto5.wdp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.emf"/></Relationships>
-[...23 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image80.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
-[...23 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto11.wdp"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto6.wdp"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto8.wdp"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto10.wdp"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto7.wdp"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto12.wdp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto9.wdp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto13.wdp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>8</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>1276349</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>11</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>152400</xdr:rowOff>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>2396025</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Рисунок 5">
+        <xdr:cNvPr id="20" name="Рисунок 19">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000014000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
-          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
-            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+              <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a14:imgLayer r:embed="rId2">
+                  <a14:imgEffect>
+                    <a14:brightnessContrast contrast="-41000"/>
+                  </a14:imgEffect>
+                </a14:imgLayer>
+              </a14:imgProps>
             </a:ext>
           </a:extLst>
         </a:blip>
-        <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr bwMode="auto">
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="6448424" y="571500"/>
-          <a:ext cx="4514851" cy="2257425"/>
+          <a:off x="9086849" y="8448675"/>
+          <a:ext cx="3783954" cy="3971925"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
-[...21 lines deleted...]
-        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>85725</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>2580988</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>19051</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Рисунок 22">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000017000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
+          <a:extLst>
+            <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+              <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a14:imgLayer r:embed="rId4">
+                  <a14:imgEffect>
+                    <a14:sharpenSoften amount="9000"/>
+                  </a14:imgEffect>
+                  <a14:imgEffect>
+                    <a14:brightnessContrast bright="10000" contrast="-33000"/>
+                  </a14:imgEffect>
+                </a14:imgLayer>
+              </a14:imgProps>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4410075" y="13144500"/>
+          <a:ext cx="5981413" cy="3781426"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>609600</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>19049</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>1170560</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Рисунок 17">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000012000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5">
+          <a:extLst>
+            <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+              <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a14:imgLayer r:embed="rId6">
+                  <a14:imgEffect>
+                    <a14:brightnessContrast bright="10000" contrast="-3000"/>
+                  </a14:imgEffect>
+                </a14:imgLayer>
+              </a14:imgProps>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4600575" y="8458199"/>
+          <a:ext cx="4380485" cy="3790951"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>9524</xdr:colOff>
+      <xdr:colOff>657224</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="10029825" cy="600074"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="Прямоугольник 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="9524" y="0"/>
+          <a:off x="657224" y="0"/>
           <a:ext cx="10029825" cy="600074"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="en-US" sz="3600" b="0" cap="none" spc="0">
               <a:ln w="18415" cmpd="sng">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
                   <a:srgbClr val="000000">
                     <a:alpha val="70000"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:rPr>
             <a:t>AVENTOS HF</a:t>
           </a:r>
+          <a:r>
+            <a:rPr lang="ru-RU" sz="3600" b="0" cap="none" spc="0">
+              <a:ln w="18415" cmpd="sng">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="70000"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="3600" b="0" cap="none" spc="0">
+              <a:ln w="18415" cmpd="sng">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="70000"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:rPr>
+            <a:t>top</a:t>
+          </a:r>
           <a:endParaRPr lang="ru-RU" sz="3600" b="0" cap="none" spc="0">
             <a:ln w="18415" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
                 <a:srgbClr val="000000">
                   <a:alpha val="70000"/>
                 </a:srgbClr>
               </a:outerShdw>
             </a:effectLst>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:twoCellAnchor editAs="oneCell">
-[...102 lines deleted...]
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
-      <xdr:colOff>963337</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>85937</xdr:rowOff>
+      <xdr:colOff>2014566</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>92848</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
-      <xdr:colOff>2100384</xdr:colOff>
-[...45 lines deleted...]
-      <xdr:rowOff>150395</xdr:rowOff>
+      <xdr:colOff>479258</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>93245</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
-        <xdr:cNvPr id="9" name="Прямая соединительная линия 8">
+        <xdr:cNvPr id="7" name="Прямая соединительная линия 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000009000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000007000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12148163" y="10467077"/>
-          <a:ext cx="615337" cy="397"/>
+          <a:off x="12558741" y="10265548"/>
+          <a:ext cx="912617" cy="397"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="15875"/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="dk1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="dk1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="dk1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>12</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>5538</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>342900</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>12</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>16613</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>352425</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>219075</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
-        <xdr:cNvPr id="16" name="Прямая со стрелкой 15">
+        <xdr:cNvPr id="8" name="Прямая со стрелкой 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000010000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000008000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1" flipV="1">
-          <a:off x="12676002" y="10471962"/>
-          <a:ext cx="11076" cy="1190625"/>
+          <a:off x="13335000" y="10287000"/>
+          <a:ext cx="9525" cy="1228725"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:headEnd type="triangle"/>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="dk1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="dk1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="dk1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>11</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>8429</xdr:rowOff>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>2164880</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>94154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>12</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>9753</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>618367</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>95478</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
-        <xdr:cNvPr id="18" name="Прямая соединительная линия 17">
+        <xdr:cNvPr id="9" name="Прямая соединительная линия 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000012000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000009000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipV="1">
-          <a:off x="12226315" y="12521582"/>
-          <a:ext cx="607148" cy="1324"/>
+          <a:off x="12575705" y="12333779"/>
+          <a:ext cx="901412" cy="1324"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="9525"/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="dk1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="dk1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="dk1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>11</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>8757</xdr:rowOff>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>2028160</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>237357</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>12</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>10027</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>499310</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>238627</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
-        <xdr:cNvPr id="21" name="Прямая соединительная линия 20">
+        <xdr:cNvPr id="10" name="Прямая соединительная линия 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000015000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000A000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12161757" y="11664349"/>
-          <a:ext cx="621795" cy="1270"/>
+          <a:off x="12572335" y="11534007"/>
+          <a:ext cx="919075" cy="1270"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="15875"/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="dk1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="dk1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="dk1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor editAs="oneCell">
-[...54 lines deleted...]
-  </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>628022</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:colOff>532772</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>628022</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>41868</xdr:rowOff>
+      <xdr:colOff>542925</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
-        <xdr:cNvPr id="30" name="Прямая со стрелкой 29">
+        <xdr:cNvPr id="12" name="Прямая со стрелкой 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001E000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000C000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="4626429" y="13460604"/>
-          <a:ext cx="0" cy="1507253"/>
+          <a:off x="4523747" y="13249275"/>
+          <a:ext cx="10153" cy="1533525"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="22225">
           <a:headEnd type="triangle"/>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="dk1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="dk1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="dk1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-</xdr:wsDr>
-[...4 lines deleted...]
-  <xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>0</xdr:col>
-[...82 lines deleted...]
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>1647825</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>12435</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>280</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>32657</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Рисунок 4" descr="Blum_KLA0582_#SALL_#AOF4_#V1">
+        <xdr:cNvPr id="15" name="Grafik 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000005000000}"/>
-[...60 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000010000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000F000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7">
+          <a:extLst>
+            <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+              <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a14:imgLayer r:embed="rId8">
+                  <a14:imgEffect>
+                    <a14:brightnessContrast bright="24000" contrast="-5000"/>
+                  </a14:imgEffect>
+                </a14:imgLayer>
+              </a14:imgProps>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="5543988"/>
-[...49 lines deleted...]
-          <a:ext cx="11449738" cy="6396808"/>
+          <a:off x="9692368" y="611149"/>
+          <a:ext cx="3646994" cy="2600137"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>0</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>8</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>94185</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>72028</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="Рисунок 12">
+        <xdr:cNvPr id="27" name="Рисунок 26">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00000D000000}"/>
-[...4781 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1500-00000F000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00001B000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="7572374"/>
-          <a:ext cx="13066418" cy="4929187"/>
+          <a:off x="0" y="19278600"/>
+          <a:ext cx="4410075" cy="4215403"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>0</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>152400</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>88914</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>38</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>121667</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>1604291</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>152399</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Рисунок 17">
+        <xdr:cNvPr id="29" name="Рисунок 28">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1500-000012000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00001D000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="23812" y="12525375"/>
-          <a:ext cx="13037344" cy="5836667"/>
+          <a:off x="4829175" y="19291314"/>
+          <a:ext cx="9767216" cy="4768835"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>11906</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>142873</xdr:rowOff>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>97354</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>130969</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>2047874</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>69689</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="Рисунок 19">
+        <xdr:cNvPr id="30" name="Рисунок 29">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1500-000014000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00001E000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="11906" y="18383248"/>
-          <a:ext cx="6084094" cy="5322096"/>
+          <a:off x="0" y="23519329"/>
+          <a:ext cx="9858374" cy="5477785"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>7</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>130969</xdr:rowOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>38</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>142875</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>1743075</xdr:colOff>
+      <xdr:row>158</xdr:row>
+      <xdr:rowOff>68528</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Рисунок 11">
+        <xdr:cNvPr id="2" name="Рисунок 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1500-00000C000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="6133421" y="18371344"/>
-          <a:ext cx="6915829" cy="3821906"/>
+          <a:off x="0" y="28984575"/>
+          <a:ext cx="9553575" cy="3735653"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>0</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>178593</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>1752600</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>141848</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>824262</xdr:colOff>
+      <xdr:row>158</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="Рисунок 15">
+        <xdr:cNvPr id="5" name="Рисунок 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1500-000010000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="23562468"/>
-[...44 lines deleted...]
-          <a:ext cx="6917531" cy="4869657"/>
+          <a:off x="9563100" y="28975050"/>
+          <a:ext cx="4253262" cy="3752850"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>138</xdr:row>
-      <xdr:rowOff>130968</xdr:rowOff>
+      <xdr:row>158</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>37</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>11905</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>845818</xdr:colOff>
+      <xdr:row>198</xdr:row>
+      <xdr:rowOff>57149</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="Рисунок 20">
+        <xdr:cNvPr id="11" name="Рисунок 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1500-000015000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000B000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14">
+          <a:extLst>
+            <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+              <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a14:imgLayer r:embed="rId15">
+                  <a14:imgEffect>
+                    <a14:brightnessContrast bright="9000" contrast="9000"/>
+                  </a14:imgEffect>
+                </a14:imgLayer>
+              </a14:imgProps>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="26943843"/>
-          <a:ext cx="13025437" cy="833437"/>
+          <a:off x="0" y="32699325"/>
+          <a:ext cx="13837918" cy="6486524"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor editAs="oneCell">
-[...59 lines deleted...]
-  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>695325</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15632" name="Рисунок 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1600-0000103D0000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-0000103D0000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4562475" y="3695700"/>
           <a:ext cx="3981450" cy="2228850"/>
         </a:xfrm>
@@ -19419,51 +12490,51 @@
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1516257</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>8284</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="8115876" cy="530086"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Прямоугольник 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1600-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1516257" y="8284"/>
           <a:ext cx="8115876" cy="530086"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="ru-RU" sz="5400" b="0" cap="none" spc="0">
             <a:ln w="18415" cmpd="sng">
               <a:solidFill>
@@ -19478,51 +12549,51 @@
               <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
                 <a:srgbClr val="000000">
                   <a:alpha val="70000"/>
                 </a:srgbClr>
               </a:outerShdw>
             </a:effectLst>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>24848</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="8647043" cy="521804"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="Прямоугольник 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1600-000004000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="24848" y="0"/>
           <a:ext cx="8647043" cy="521804"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="en-US" sz="3200" b="0" cap="none" spc="0">
               <a:ln w="18415" cmpd="sng">
@@ -19563,51 +12634,51 @@
             </a:effectLst>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>66675</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>809625</xdr:colOff>
       <xdr:row>59</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Рисунок 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1600-000008000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000008000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4524375" y="3705225"/>
           <a:ext cx="4133850" cy="2190750"/>
         </a:xfrm>
@@ -19637,51 +12708,51 @@
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>828675</xdr:colOff>
       <xdr:row>73</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Рисунок 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1600-000009000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000009000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4486275" y="6000750"/>
           <a:ext cx="4191000" cy="2238375"/>
         </a:xfrm>
@@ -19706,51 +12777,51 @@
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>8284</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>8284</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="8680174" cy="546651"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="10" name="Прямоугольник 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1600-00000A000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-00000A000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8284" y="8284"/>
           <a:ext cx="8680174" cy="546651"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="en-US" sz="3200" b="0" cap="none" spc="0">
               <a:ln w="18415" cmpd="sng">
@@ -19791,51 +12862,51 @@
             </a:effectLst>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>90</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>800100</xdr:colOff>
       <xdr:row>104</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Рисунок 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1600-00000B000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-00000B000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4476750" y="3686175"/>
           <a:ext cx="4171950" cy="2247900"/>
         </a:xfrm>
@@ -19860,51 +12931,51 @@
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>41414</xdr:colOff>
       <xdr:row>74</xdr:row>
       <xdr:rowOff>41414</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="8655326" cy="472108"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="12" name="Прямоугольник 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1600-00000C000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-00000C000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="41414" y="41414"/>
           <a:ext cx="8655326" cy="472108"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="en-US" sz="3200" b="0" cap="none" spc="0">
               <a:ln w="18415" cmpd="sng">
@@ -19951,208 +13022,208 @@
             <a:ln w="18415" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
                 <a:srgbClr val="000000">
                   <a:alpha val="70000"/>
                 </a:srgbClr>
               </a:outerShdw>
             </a:effectLst>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>781050</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Рисунок 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1700-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="4229100"/>
           <a:ext cx="8496300" cy="5086350"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>28576</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>38101</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>1476375</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>190501</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Рисунок 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1700-000003000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1000-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8543926" y="4229101"/>
           <a:ext cx="2943224" cy="2057400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>40190</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>971550</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>135968</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Рисунок 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1800-000003000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1100-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="3420403"/>
           <a:ext cx="8719324" cy="4765352"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>304802</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>1219201</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Рисунок 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1800-000005000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1100-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9039227" y="3419475"/>
           <a:ext cx="2409824" cy="1085850"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
@@ -20161,1284 +13232,5135 @@
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Рисунок 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1800-000009000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1100-000009000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="11763375" y="3409950"/>
           <a:ext cx="1552575" cy="1104900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>19049</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>17190</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>3087774</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>1409699</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Рисунок 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1900-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1200-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="19049" y="571943"/>
           <a:ext cx="3675813" cy="1392509"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>390525</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1981200</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>1390650</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Рисунок 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1900-000004000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1200-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5772150" y="542925"/>
           <a:ext cx="1590675" cy="1314450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>419100</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>2047875</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>1390650</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Рисунок 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1900-000005000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1200-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="3543300" y="495300"/>
           <a:ext cx="1628775" cy="1362075"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>20935</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Рисунок 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1900-000006000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1200-000006000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8708571" y="554754"/>
           <a:ext cx="2784231" cy="1444450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
-[...207 lines deleted...]
-  </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="12136694" cy="609600"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="Прямоугольник 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000003000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="1"/>
           <a:ext cx="12136694" cy="609600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="en-US" sz="3600" b="0" cap="none" spc="0">
               <a:ln w="18415" cmpd="sng">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
                   <a:srgbClr val="000000">
                     <a:alpha val="70000"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:rPr>
-            <a:t>AVENTOS HS</a:t>
+            <a:t>AVENTOS HS top</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" sz="3600" b="0" cap="none" spc="0">
             <a:ln w="18415" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
                 <a:srgbClr val="000000">
                   <a:alpha val="70000"/>
                 </a:srgbClr>
               </a:outerShdw>
             </a:effectLst>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-</xdr:wsDr>
-[...3 lines deleted...]
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>0</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>17991</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>20108</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>95250</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>1589614</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>370417</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4587" name="Рисунок 1">
+        <xdr:cNvPr id="7" name="Рисунок 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-0000EB110000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000007000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
-[...6 lines deleted...]
-        <a:srcRect/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr bwMode="auto">
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="0"/>
-          <a:ext cx="9153525" cy="10058400"/>
+          <a:off x="12781491" y="877358"/>
+          <a:ext cx="3434290" cy="2869142"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
-[...21 lines deleted...]
-        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>61384</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>326055</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>99484</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Рисунок 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000009000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="8271934"/>
+          <a:ext cx="5098080" cy="4733925"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>342900</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>50799</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>987022</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>966</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Рисунок 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-00000A000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="5114925" y="8585199"/>
+          <a:ext cx="6387697" cy="4807917"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>97366</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>1001514</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Рисунок 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-00000C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="18128191"/>
+          <a:ext cx="11517114" cy="4322234"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>114299</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>1011021</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>110602</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Рисунок 13">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-00000E000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1" y="13020674"/>
+          <a:ext cx="11526620" cy="5501753"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>38101</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>95251</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>832785</xdr:colOff>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Рисунок 14">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-00000F000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="38101" y="22498051"/>
+          <a:ext cx="5566709" cy="4895849"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="8624930" cy="515573"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Прямоугольник 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8624930" cy="515573"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="en-US" sz="3600" b="0" cap="none" spc="0">
               <a:ln w="18415" cmpd="sng">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
                   <a:srgbClr val="000000">
                     <a:alpha val="70000"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:rPr>
-            <a:t>AVENTOS HL</a:t>
+            <a:t>AVENTOS HL top</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" sz="3600" b="0" cap="none" spc="0">
             <a:ln w="18415" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
                 <a:srgbClr val="000000">
                   <a:alpha val="70000"/>
                 </a:srgbClr>
               </a:outerShdw>
             </a:effectLst>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
-      <xdr:colOff>16691</xdr:colOff>
+      <xdr:colOff>28575</xdr:colOff>
       <xdr:row>8</xdr:row>
-      <xdr:rowOff>46839</xdr:rowOff>
+      <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
-      <xdr:colOff>1755658</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>316946</xdr:rowOff>
+      <xdr:colOff>1762124</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Рисунок 4">
+        <xdr:cNvPr id="4" name="Рисунок 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000005000000}"/>
-[...65 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000EA210000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
-[...6 lines deleted...]
-        <a:srcRect/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr bwMode="auto">
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="0"/>
-          <a:ext cx="7486650" cy="10056202"/>
+          <a:off x="10306050" y="2524125"/>
+          <a:ext cx="1733549" cy="2876550"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
-[...21 lines deleted...]
-        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>57</xdr:row>
-      <xdr:rowOff>85724</xdr:rowOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>26456</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>709083</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>116364</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Рисунок 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+              <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a14:imgLayer r:embed="rId3">
+                  <a14:imgEffect>
+                    <a14:brightnessContrast bright="10000" contrast="8000"/>
+                  </a14:imgEffect>
+                </a14:imgLayer>
+              </a14:imgProps>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="9625539"/>
+          <a:ext cx="5069416" cy="4376158"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>67735</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>124883</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
-      <xdr:colOff>782434</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>28574</xdr:rowOff>
+      <xdr:colOff>889001</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>131426</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="Рисунок 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000007000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
+          <a:extLst>
+            <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+              <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a14:imgLayer r:embed="rId5">
+                  <a14:imgEffect>
+                    <a14:brightnessContrast bright="12000" contrast="10000"/>
+                  </a14:imgEffect>
+                </a14:imgLayer>
+              </a14:imgProps>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="9763124"/>
-          <a:ext cx="8259559" cy="4314825"/>
+          <a:off x="5264152" y="9882716"/>
+          <a:ext cx="4260849" cy="3657793"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>98424</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>761999</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>117406</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Рисунок 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000009000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6">
+          <a:extLst>
+            <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+              <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a14:imgLayer r:embed="rId7">
+                  <a14:imgEffect>
+                    <a14:brightnessContrast bright="8000" contrast="18000"/>
+                  </a14:imgEffect>
+                </a14:imgLayer>
+              </a14:imgProps>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="13983757"/>
+          <a:ext cx="5122332" cy="3352732"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>124884</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>712186</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>42334</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Рисунок 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-00000A000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8">
+          <a:extLst>
+            <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+              <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a14:imgLayer r:embed="rId9">
+                  <a14:imgEffect>
+                    <a14:brightnessContrast bright="6000" contrast="16000"/>
+                  </a14:imgEffect>
+                </a14:imgLayer>
+              </a14:imgProps>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="17343967"/>
+          <a:ext cx="9348186" cy="4838700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>42333</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>119549</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>746752</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>148167</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Рисунок 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-00000C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10">
+          <a:extLst>
+            <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+              <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a14:imgLayer r:embed="rId11">
+                  <a14:imgEffect>
+                    <a14:brightnessContrast bright="4000" contrast="10000"/>
+                  </a14:imgEffect>
+                </a14:imgLayer>
+              </a14:imgProps>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="42333" y="22259882"/>
+          <a:ext cx="9340419" cy="5584868"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>126999</xdr:colOff>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>87353</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>762104</xdr:colOff>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>21167</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Рисунок 13">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-00000E000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12">
+          <a:extLst>
+            <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+              <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a14:imgLayer r:embed="rId13">
+                  <a14:imgEffect>
+                    <a14:brightnessContrast bright="10000" contrast="6000"/>
+                  </a14:imgEffect>
+                </a14:imgLayer>
+              </a14:imgProps>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="126999" y="27942686"/>
+          <a:ext cx="9271105" cy="3743814"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>125941</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>31750</xdr:colOff>
+      <xdr:row>194</xdr:row>
+      <xdr:rowOff>108305</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Рисунок 14">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-00000F000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14">
+          <a:extLst>
+            <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+              <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a14:imgLayer r:embed="rId15">
+                  <a14:imgEffect>
+                    <a14:brightnessContrast bright="6000" contrast="35000"/>
+                  </a14:imgEffect>
+                </a14:imgLayer>
+              </a14:imgProps>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="31950024"/>
+          <a:ext cx="6032500" cy="3951114"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>9526</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="9048750" cy="600074"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Прямоугольник 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="19050" y="9526"/>
           <a:ext cx="9048750" cy="600074"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="en-US" sz="3600" b="0" cap="none" spc="0">
               <a:ln w="18415" cmpd="sng">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
                   <a:srgbClr val="000000">
                     <a:alpha val="70000"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:rPr>
-            <a:t>AVENTOS HK</a:t>
+            <a:t>AVENTOS HK top</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" sz="3600" b="0" cap="none" spc="0">
             <a:ln w="18415" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
                 <a:srgbClr val="000000">
                   <a:alpha val="70000"/>
                 </a:srgbClr>
               </a:outerShdw>
             </a:effectLst>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>2076450</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>228600</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Рисунок 4" descr="Blum_KLA0582_#SALL_#AOF4_#V1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="8048625" y="619125"/>
+          <a:ext cx="2057400" cy="1543050"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>11205</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
       <xdr:col>7</xdr:col>
-      <xdr:colOff>38100</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>9526</xdr:rowOff>
+      <xdr:colOff>2125182</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>49695</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Рисунок 15">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000010000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="5543988"/>
+          <a:ext cx="10250421" cy="6134490"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>234770</xdr:rowOff>
+      <xdr:colOff>5807</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>6626</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Рисунок 6">
+        <xdr:cNvPr id="3" name="Рисунок 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000007000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="12030075"/>
+          <a:ext cx="10292807" cy="9017276"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>24641</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>2143125</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>77384</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Рисунок 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000006000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="21065366"/>
+          <a:ext cx="10277475" cy="7177443"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>107797</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>2133601</xdr:colOff>
+      <xdr:row>195</xdr:row>
+      <xdr:rowOff>15057</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Рисунок 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000008000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1" y="28273222"/>
+          <a:ext cx="10267950" cy="5736560"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>2419350</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>361950</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10313" name="Рисунок 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000049280000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="7105650" y="647701"/>
-[...66 lines deleted...]
-          <a:ext cx="7105650" cy="10058400"/>
+          <a:off x="7915275" y="628650"/>
+          <a:ext cx="2409825" cy="1847850"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="10182224" cy="628650"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="2" name="Прямоугольник 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1" y="0"/>
+          <a:ext cx="10182224" cy="628650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="en-US" sz="3600" b="0" cap="none" spc="0">
+              <a:ln w="18415" cmpd="sng">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="70000"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:rPr>
+            <a:t>AVENTOS HK-S</a:t>
+          </a:r>
+          <a:endParaRPr lang="ru-RU" sz="3600" b="0" cap="none" spc="0">
+            <a:ln w="18415" cmpd="sng">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFFFFF"/>
+            </a:solidFill>
+            <a:effectLst>
+              <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
+                <a:srgbClr val="000000">
+                  <a:alpha val="70000"/>
+                </a:srgbClr>
+              </a:outerShdw>
+            </a:effectLst>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>108887</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Рисунок 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:lum contrast="8000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="76200" y="9267825"/>
+          <a:ext cx="9448800" cy="10900712"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>88900</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>136525</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Рисунок 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000006000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="20078700"/>
+          <a:ext cx="7499350" cy="3679825"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>743857</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>130969</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17742" name="Рисунок 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00004E450000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7148513" y="595313"/>
+          <a:ext cx="2247900" cy="1393031"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>130970</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>4082</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>295276</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17743" name="Рисунок 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00004F450000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7129463" y="1988345"/>
+          <a:ext cx="2276475" cy="1212056"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="15037594" cy="595313"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="2" name="Прямоугольник 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="15037594" cy="595313"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="en-US" sz="3900" b="0" cap="none" spc="0">
+              <a:ln w="18415" cmpd="sng">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="70000"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:rPr>
+            <a:t>AVENTOS HK-XS</a:t>
+          </a:r>
+          <a:endParaRPr lang="ru-RU" sz="3900" b="0" cap="none" spc="0">
+            <a:ln w="18415" cmpd="sng">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFFFFF"/>
+            </a:solidFill>
+            <a:effectLst>
+              <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
+                <a:srgbClr val="000000">
+                  <a:alpha val="70000"/>
+                </a:srgbClr>
+              </a:outerShdw>
+            </a:effectLst>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>482571</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>43435</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>881257</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>332200</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Рисунок 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill rotWithShape="1">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
+          <a:extLst>
+            <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+              <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a14:imgLayer r:embed="rId4">
+                  <a14:imgEffect>
+                    <a14:sharpenSoften amount="20000"/>
+                  </a14:imgEffect>
+                  <a14:imgEffect>
+                    <a14:brightnessContrast bright="5000" contrast="-22000"/>
+                  </a14:imgEffect>
+                </a14:imgLayer>
+              </a14:imgProps>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect b="6612"/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="11493471" y="9396985"/>
+          <a:ext cx="2960911" cy="3593940"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>13</xdr:col>
+          <xdr:colOff>0</xdr:colOff>
+          <xdr:row>21</xdr:row>
+          <xdr:rowOff>9525</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>15</xdr:col>
+          <xdr:colOff>0</xdr:colOff>
+          <xdr:row>22</xdr:row>
+          <xdr:rowOff>57150</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="17439" name="Drop Down 31" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s17439"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00001F440000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>14</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>21</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>16</xdr:col>
+          <xdr:colOff>876300</xdr:colOff>
+          <xdr:row>22</xdr:row>
+          <xdr:rowOff>38100</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="17442" name="Drop Down 34" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s17442"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000022440000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData fLocksWithSheet="0"/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>504825</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>103968</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>510337</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="7" name="Прямая со стрелкой 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000007000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm flipH="1">
+          <a:off x="11515725" y="10333818"/>
+          <a:ext cx="5512" cy="1886757"/>
+        </a:xfrm>
+        <a:prstGeom prst="straightConnector1">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:headEnd type="triangle"/>
+          <a:tailEnd type="triangle"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>22677</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>22679</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>73316</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>313151</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Рисунок 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="15040862" y="9260624"/>
+          <a:ext cx="3443105" cy="3578554"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>1542162</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>111331</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>606137</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>114070</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="8" name="Прямая соединительная линия 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000008000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm flipV="1">
+          <a:off x="18365539" y="11726883"/>
+          <a:ext cx="665906" cy="2739"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>17</xdr:col>
+          <xdr:colOff>542925</xdr:colOff>
+          <xdr:row>21</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>21</xdr:col>
+          <xdr:colOff>9525</xdr:colOff>
+          <xdr:row>22</xdr:row>
+          <xdr:rowOff>19050</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="17448" name="Drop Down 40" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s17448"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000028440000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData fLocksWithSheet="0"/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>21</xdr:col>
+          <xdr:colOff>9525</xdr:colOff>
+          <xdr:row>21</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>22</xdr:col>
+          <xdr:colOff>666750</xdr:colOff>
+          <xdr:row>22</xdr:row>
+          <xdr:rowOff>19050</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="17450" name="Drop Down 42" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s17450"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00002A440000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData fLocksWithSheet="0"/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>342900</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>485777</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>85727</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="11" name="Прямая соединительная линия 10">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00000B000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm flipH="1" flipV="1">
+          <a:off x="11353800" y="10287000"/>
+          <a:ext cx="142877" cy="28577"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>342900</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>476251</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>47627</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="29" name="Прямая соединительная линия 28">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00001D000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm flipH="1" flipV="1">
+          <a:off x="11353800" y="12201525"/>
+          <a:ext cx="133351" cy="19052"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>54307</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>268803</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>531916</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>269547</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="39" name="Прямая соединительная линия 38">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000027000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm flipV="1">
+          <a:off x="18466132" y="9622353"/>
+          <a:ext cx="477609" cy="744"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>70266</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>378658</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>534805</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>382561</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="44" name="Прямая соединительная линия 43">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00002C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm flipV="1">
+          <a:off x="18483965" y="11133320"/>
+          <a:ext cx="464539" cy="3903"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>445325</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>284513</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>451510</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>377289</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="34" name="Прямая со стрелкой 33">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000022000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="18870633" y="9630146"/>
+          <a:ext cx="6185" cy="1496786"/>
+        </a:xfrm>
+        <a:prstGeom prst="straightConnector1">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:headEnd type="triangle"/>
+          <a:tailEnd type="triangle"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>302933</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Рисунок 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="17621250"/>
+          <a:ext cx="6389408" cy="8058150"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>333375</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>27890</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Рисунок 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000009000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6419850" y="17621250"/>
+          <a:ext cx="4409390" cy="7629525"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>114299</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>266700</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>60660</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Рисунок 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00000A000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="25822274"/>
+          <a:ext cx="6353175" cy="3508711"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>276224</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>95251</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>9524</xdr:colOff>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>65144</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Рисунок 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00000C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6362699" y="25317451"/>
+          <a:ext cx="4448175" cy="4179943"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>223</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="7021918" cy="1895894"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Рисунок 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="542926"/>
+          <a:ext cx="7021918" cy="1895894"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>2</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="2" cy="533398"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="3" name="Прямоугольник 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm flipH="1">
+          <a:off x="0" y="2"/>
+          <a:ext cx="2" cy="533398"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" b="1">
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:endParaRPr lang="ru-RU" sz="3600" b="0" cap="none" spc="0">
+            <a:ln w="18415" cmpd="sng">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFFFFF"/>
+            </a:solidFill>
+            <a:effectLst>
+              <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
+                <a:srgbClr val="000000">
+                  <a:alpha val="70000"/>
+                </a:srgbClr>
+              </a:outerShdw>
+            </a:effectLst>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>276892</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>22153</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="2901802" cy="2392325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Рисунок 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4142270" y="2923955"/>
+          <a:ext cx="2901802" cy="2392325"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>9524</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="4109040" cy="2471405"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Рисунок 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7044070" y="674059"/>
+          <a:ext cx="4109040" cy="2471405"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="7315200" cy="2146300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Рисунок 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000007000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="7448550"/>
+          <a:ext cx="7315200" cy="2146300"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>295276</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="3848100" cy="2133600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Рисунок 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000008000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7324726" y="7439025"/>
+          <a:ext cx="3848100" cy="2133600"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="3800475" cy="2080183"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Рисунок 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-00000A000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
+          <a:lum bright="-4000" contrast="24000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7372350" y="9582150"/>
+          <a:ext cx="3800475" cy="2080183"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>104775</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="3276600" cy="2047739"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Рисунок 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-00000C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum bright="10000" contrast="-1000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="323850" y="9601200"/>
+          <a:ext cx="3276600" cy="2047739"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="11171071" cy="14837525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Рисунок 13">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-00000E000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="11725275"/>
+          <a:ext cx="11171071" cy="14837525"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>130</xdr:row>
+      <xdr:rowOff>85725</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="11188700" cy="16385141"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Рисунок 15">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000010000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="26574750"/>
+          <a:ext cx="11188700" cy="16385141"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>216</xdr:row>
+      <xdr:rowOff>85725</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>37</xdr:col>
+      <xdr:colOff>59624</xdr:colOff>
+      <xdr:row>275</xdr:row>
+      <xdr:rowOff>89264</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Рисунок 17">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000012000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="42957750"/>
+          <a:ext cx="11222924" cy="11243039"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>275</xdr:row>
+      <xdr:rowOff>104775</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>37</xdr:col>
+      <xdr:colOff>59624</xdr:colOff>
+      <xdr:row>323</xdr:row>
+      <xdr:rowOff>147583</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Рисунок 19">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000014000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="54216300"/>
+          <a:ext cx="11222924" cy="9186808"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>1</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>46464</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="5105400" cy="2631742"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Рисунок 1" descr="Используемые при расчете плотности материалов:                               ДСП -- 680 кг/м³;                             Массив Ольхи -- 550 кг/м³;                                Массив Ясеня -- 750 кг/м³;                                   Массив Дуба -- 690 кг/м³;                                                       МДФ -- 760 кг/м³;                                                                 ДВП -- 900 кг/м³">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="8023413" y="629170"/>
+          <a:ext cx="5105400" cy="2631742"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>9524</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="7951770" cy="2034866"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Рисунок 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="590317"/>
+          <a:ext cx="7951770" cy="2034866"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>1</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="3886200" cy="609600"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="4" name="Прямоугольник 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="1"/>
+          <a:ext cx="3886200" cy="609600"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="ru-RU" sz="3600" b="0" cap="none" spc="0">
+            <a:ln w="18415" cmpd="sng">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFFFFF"/>
+            </a:solidFill>
+            <a:effectLst>
+              <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
+                <a:srgbClr val="000000">
+                  <a:alpha val="70000"/>
+                </a:srgbClr>
+              </a:outerShdw>
+            </a:effectLst>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>136071</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>146538</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="680357" cy="314011"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="7" name="TextBox 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000007000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4403271" y="4337538"/>
+          <a:ext cx="680357" cy="314011"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="ru-RU" sz="1100" b="0"/>
+            <a:t>Фасад</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="ru-RU" sz="1100" b="1"/>
+            <a:t> -</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>552450</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="923925" cy="264560"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="8" name="TextBox 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000008000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4819650" y="3429000"/>
+          <a:ext cx="923925" cy="264560"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
+          <a:spAutoFit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="ru-RU" sz="1100" b="0"/>
+            <a:t>Дно ящика</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="171450" cy="1609726"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="9" name="TextBox 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000009000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="3009900" y="3095625"/>
+          <a:ext cx="171450" cy="1609726"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="ru-RU" sz="1100"/>
+            <a:t>Боковина</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>123823</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="304801" cy="1466849"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="10" name="TextBox 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-00000A000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="5000623" y="3086100"/>
+          <a:ext cx="304801" cy="1466849"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="ru-RU" sz="1100"/>
+            <a:t>Боковина</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>466726</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>171449</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1000124" cy="238125"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="11" name="TextBox 10">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-00000B000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4733926" y="2647949"/>
+          <a:ext cx="1000124" cy="238125"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="ru-RU" sz="1100"/>
+            <a:t>Задняя царга</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="13058775" cy="590550"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="12" name="TextBox 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-00000C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="13058775" cy="590550"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="en-US" sz="3200" b="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>TIP-ON BLUMOTION </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="ru-RU" sz="3200" b="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>для</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="ru-RU" sz="3200" b="1" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="3200" b="1" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>MOVENTO</a:t>
+          </a:r>
+          <a:endParaRPr lang="ru-RU" sz="3200" b="1">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+            <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>224117</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>38</xdr:col>
+      <xdr:colOff>36290</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>33617</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Рисунок 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="7877735"/>
+          <a:ext cx="13169584" cy="8538882"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>156883</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>38</xdr:col>
+      <xdr:colOff>56030</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>71024</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Рисунок 12">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-00000D000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="16730383"/>
+          <a:ext cx="13189324" cy="6391141"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>2</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="2" cy="533398"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="3" name="Прямоугольник 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm flipH="1">
+          <a:off x="0" y="2"/>
+          <a:ext cx="2" cy="533398"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" b="1">
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:endParaRPr lang="ru-RU" sz="3600" b="0" cap="none" spc="0">
+            <a:ln w="18415" cmpd="sng">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFFFFF"/>
+            </a:solidFill>
+            <a:effectLst>
+              <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
+                <a:srgbClr val="000000">
+                  <a:alpha val="70000"/>
+                </a:srgbClr>
+              </a:outerShdw>
+            </a:effectLst>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>92102</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>22149</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>6078</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>231035</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Рисунок 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000007000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="3957480" y="3045783"/>
+          <a:ext cx="3056081" cy="2580611"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>10702</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>32107</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>36288</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Рисунок 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="674241"/>
+          <a:ext cx="6485562" cy="1941289"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:effectLst>
+          <a:glow>
+            <a:schemeClr val="accent1">
+              <a:alpha val="79000"/>
+            </a:schemeClr>
+          </a:glow>
+          <a:reflection endPos="0" dist="50800" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+          <a:softEdge rad="0"/>
+        </a:effectLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>74916</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>21406</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>37</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>139129</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Рисунок 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000006000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7480871" y="684945"/>
+          <a:ext cx="3371208" cy="2365195"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>652837</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>114074</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Рисунок 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="7373848"/>
+          <a:ext cx="4591264" cy="3046490"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>642136</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>21405</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>37</xdr:col>
+      <xdr:colOff>5970</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>53511</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Рисунок 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000008000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4580563" y="7395253"/>
+          <a:ext cx="6277486" cy="2193960"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>72112</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>37</xdr:col>
+      <xdr:colOff>32106</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>14935</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Рисунок 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000009000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="10378376"/>
+          <a:ext cx="10884185" cy="3217711"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>64214</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>37</xdr:col>
+      <xdr:colOff>32106</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>124725</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Рисунок 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-00000A000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="13645366"/>
+          <a:ext cx="10884185" cy="4105960"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>10703</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>181939</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>37</xdr:col>
+      <xdr:colOff>35660</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>42809</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Рисунок 10">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-00000B000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="10703" y="17808540"/>
+          <a:ext cx="10877036" cy="4869522"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>10701</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>42810</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>37</xdr:col>
+      <xdr:colOff>48025</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>181939</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Рисунок 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-00000C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4816010" y="22678063"/>
+          <a:ext cx="6084094" cy="5725702"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>107022</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>37</xdr:col>
+      <xdr:colOff>222548</xdr:colOff>
+      <xdr:row>229</xdr:row>
+      <xdr:rowOff>76352</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Рисунок 12">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-00000D000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="33337500"/>
+          <a:ext cx="11074627" cy="12105678"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>230</xdr:row>
+      <xdr:rowOff>107021</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>37</xdr:col>
+      <xdr:colOff>265285</xdr:colOff>
+      <xdr:row>278</xdr:row>
+      <xdr:rowOff>114512</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Рисунок 13">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-00000E000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="45666487"/>
+          <a:ext cx="11117364" cy="9254233"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>279</xdr:row>
+      <xdr:rowOff>143237</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>37</xdr:col>
+      <xdr:colOff>246151</xdr:colOff>
+      <xdr:row>347</xdr:row>
+      <xdr:rowOff>165350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Рисунок 14">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-00000F000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="55142085"/>
+          <a:ext cx="11098230" cy="13121664"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>96321</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>37</xdr:col>
+      <xdr:colOff>786264</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>139128</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Рисунок 16">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000011000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="28318147"/>
+          <a:ext cx="11638343" cy="5051459"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>348</xdr:row>
+      <xdr:rowOff>85618</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>37</xdr:col>
+      <xdr:colOff>557147</xdr:colOff>
+      <xdr:row>419</xdr:row>
+      <xdr:rowOff>149831</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Рисунок 17">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000012000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="68376657"/>
+          <a:ext cx="11409226" cy="13741685"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>420</xdr:row>
+      <xdr:rowOff>129352</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>37</xdr:col>
+      <xdr:colOff>160533</xdr:colOff>
+      <xdr:row>488</xdr:row>
+      <xdr:rowOff>102313</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Рисунок 19">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000014000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="82290504"/>
+          <a:ext cx="11012612" cy="13072511"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -21567,5288 +18489,12679 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.blum.com/2018/catalogue/ru/454/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.blum.com/2018/catalogue/ru/220/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blum.com/by/ru/01/10/30/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.blum.com/2018/catalogue/ru/263/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:st@antarion.by?subject=&#1050;&#1072;&#1083;&#1100;&#1082;&#1091;&#1083;&#1103;&#1090;&#1086;&#1088;%20BLUM%202016" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blum.com/by/ru/01/10/20/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blum.com/by/ru/01/10/10/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blum.com/by/ru/01/10/60/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sergeytv@pan-invest.com?subject=&#1050;&#1072;&#1083;&#1100;&#1082;&#1091;&#1083;&#1103;&#1090;&#1086;&#1088;%20BLUM%202016" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blum.com/by/ru/01/10/50/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.blum.com/2018/catalogue/ru/263/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.blum.com/2018/catalogue/ru/373/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blum.com/by/ru/01/10/40/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.blum.com/2018/catalogue/ru/279/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.blum.com/2018/catalogue/ru/298/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:st@antarion.by?subject=&#1050;&#1072;&#1083;&#1100;&#1082;&#1091;&#1083;&#1103;&#1090;&#1086;&#1088;%20BLUM%202016" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.blum.com/eu/en/products/liftsystems/aventos-hs-top/downloads-videos/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.blum.com/2018/catalogue/ru/263/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sergeytv@pan-invest.com?subject=&#1050;&#1072;&#1083;&#1100;&#1082;&#1091;&#1083;&#1103;&#1090;&#1086;&#1088;%20BLUM%202016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.blum.com/eu/en/products/liftsystems/aventos-hf-top/downloads-videos/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blum.com/by/ru/01/10/60/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.blum.com/by/ru/01/10/50/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.blum.com/2018/catalogue/ru/373/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.blum.com/2018/catalogue/ru/263/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.blum.com/2018/catalogue/ru/279/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.blum.com/2018/catalogue/ru/298/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.blum.com/2018/catalogue/ru/454/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.blum.com/2018/catalogue/ru/220/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.blum.com/eu/en/products/liftsystems/aventos-hl-top/downloads-videos/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/></Relationships>
-[...19 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing18.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings28.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings27.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...26 lines deleted...]
-
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Лист1"/>
-  <dimension ref="A1:AC53"/>
+  <dimension ref="A1:AC41"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="95" zoomScaleNormal="95" zoomScaleSheetLayoutView="93" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:X4"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="95" zoomScaleNormal="95" zoomScaleSheetLayoutView="93" workbookViewId="0">
+      <selection activeCell="AG14" sqref="AG14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="3" max="3" width="10.85546875" customWidth="1"/>
     <col min="4" max="4" width="11.7109375" customWidth="1"/>
     <col min="6" max="6" width="6.85546875" customWidth="1"/>
     <col min="7" max="7" width="7.85546875" customWidth="1"/>
     <col min="8" max="8" width="5.42578125" customWidth="1"/>
     <col min="9" max="9" width="8.42578125" customWidth="1"/>
     <col min="10" max="10" width="3.7109375" hidden="1" customWidth="1"/>
     <col min="11" max="12" width="9.140625" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="6.85546875" hidden="1" customWidth="1"/>
     <col min="14" max="22" width="9.140625" hidden="1" customWidth="1"/>
     <col min="23" max="23" width="9" customWidth="1"/>
     <col min="24" max="24" width="13.42578125" customWidth="1"/>
     <col min="25" max="25" width="68.85546875" customWidth="1"/>
     <col min="26" max="26" width="28.85546875" customWidth="1"/>
     <col min="27" max="27" width="9.140625" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:29" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="865" t="s">
-[...25 lines deleted...]
-      <c r="Y1" s="867"/>
+      <c r="A1" s="708" t="s">
+        <v>284</v>
+      </c>
+      <c r="B1" s="709"/>
+      <c r="C1" s="709"/>
+      <c r="D1" s="709"/>
+      <c r="E1" s="709"/>
+      <c r="F1" s="709"/>
+      <c r="G1" s="709"/>
+      <c r="H1" s="709"/>
+      <c r="I1" s="709"/>
+      <c r="J1" s="709"/>
+      <c r="K1" s="709"/>
+      <c r="L1" s="709"/>
+      <c r="M1" s="709"/>
+      <c r="N1" s="709"/>
+      <c r="O1" s="709"/>
+      <c r="P1" s="709"/>
+      <c r="Q1" s="709"/>
+      <c r="R1" s="709"/>
+      <c r="S1" s="709"/>
+      <c r="T1" s="709"/>
+      <c r="U1" s="709"/>
+      <c r="V1" s="709"/>
+      <c r="W1" s="709"/>
+      <c r="X1" s="709"/>
+      <c r="Y1" s="710"/>
     </row>
     <row r="2" spans="1:29" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="868"/>
-[...23 lines deleted...]
-      <c r="Y2" s="870"/>
+      <c r="A2" s="711"/>
+      <c r="B2" s="712"/>
+      <c r="C2" s="712"/>
+      <c r="D2" s="712"/>
+      <c r="E2" s="712"/>
+      <c r="F2" s="712"/>
+      <c r="G2" s="712"/>
+      <c r="H2" s="712"/>
+      <c r="I2" s="712"/>
+      <c r="J2" s="712"/>
+      <c r="K2" s="712"/>
+      <c r="L2" s="712"/>
+      <c r="M2" s="712"/>
+      <c r="N2" s="712"/>
+      <c r="O2" s="712"/>
+      <c r="P2" s="712"/>
+      <c r="Q2" s="712"/>
+      <c r="R2" s="712"/>
+      <c r="S2" s="712"/>
+      <c r="T2" s="712"/>
+      <c r="U2" s="712"/>
+      <c r="V2" s="712"/>
+      <c r="W2" s="712"/>
+      <c r="X2" s="712"/>
+      <c r="Y2" s="713"/>
     </row>
     <row r="3" spans="1:29" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="871"/>
-[...23 lines deleted...]
-      <c r="Y3" s="873"/>
+      <c r="A3" s="714"/>
+      <c r="B3" s="715"/>
+      <c r="C3" s="715"/>
+      <c r="D3" s="715"/>
+      <c r="E3" s="715"/>
+      <c r="F3" s="715"/>
+      <c r="G3" s="715"/>
+      <c r="H3" s="715"/>
+      <c r="I3" s="715"/>
+      <c r="J3" s="715"/>
+      <c r="K3" s="715"/>
+      <c r="L3" s="715"/>
+      <c r="M3" s="715"/>
+      <c r="N3" s="715"/>
+      <c r="O3" s="715"/>
+      <c r="P3" s="715"/>
+      <c r="Q3" s="715"/>
+      <c r="R3" s="715"/>
+      <c r="S3" s="715"/>
+      <c r="T3" s="715"/>
+      <c r="U3" s="715"/>
+      <c r="V3" s="715"/>
+      <c r="W3" s="715"/>
+      <c r="X3" s="715"/>
+      <c r="Y3" s="716"/>
     </row>
     <row r="4" spans="1:29" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="853" t="s">
-[...1353 lines deleted...]
-      <c r="D53" s="453"/>
+      <c r="A4" s="706" t="s">
+        <v>510</v>
+      </c>
+      <c r="B4" s="706"/>
+      <c r="C4" s="706"/>
+      <c r="D4" s="706"/>
+      <c r="E4" s="706"/>
+      <c r="F4" s="706"/>
+      <c r="G4" s="706"/>
+      <c r="H4" s="706"/>
+      <c r="I4" s="706"/>
+      <c r="J4" s="706"/>
+      <c r="K4" s="706"/>
+      <c r="L4" s="706"/>
+      <c r="M4" s="706"/>
+      <c r="N4" s="706"/>
+      <c r="O4" s="706"/>
+      <c r="P4" s="706"/>
+      <c r="Q4" s="706"/>
+      <c r="R4" s="706"/>
+      <c r="S4" s="706"/>
+      <c r="T4" s="706"/>
+      <c r="U4" s="706"/>
+      <c r="V4" s="706"/>
+      <c r="W4" s="706"/>
+      <c r="X4" s="706"/>
+      <c r="Y4" s="540" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="5" spans="1:29" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="726" t="s">
+        <v>511</v>
+      </c>
+      <c r="B5" s="727"/>
+      <c r="C5" s="727"/>
+      <c r="D5" s="727"/>
+      <c r="E5" s="727"/>
+      <c r="F5" s="727"/>
+      <c r="G5" s="727"/>
+      <c r="H5" s="727"/>
+      <c r="I5" s="727"/>
+      <c r="J5" s="727"/>
+      <c r="K5" s="727"/>
+      <c r="L5" s="727"/>
+      <c r="M5" s="727"/>
+      <c r="N5" s="727"/>
+      <c r="O5" s="727"/>
+      <c r="P5" s="727"/>
+      <c r="Q5" s="727"/>
+      <c r="R5" s="727"/>
+      <c r="S5" s="727"/>
+      <c r="T5" s="727"/>
+      <c r="U5" s="727"/>
+      <c r="V5" s="727"/>
+      <c r="W5" s="727"/>
+      <c r="X5" s="728"/>
+      <c r="Y5" s="540" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="6" spans="1:29" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="706" t="s">
+        <v>512</v>
+      </c>
+      <c r="B6" s="722"/>
+      <c r="C6" s="722"/>
+      <c r="D6" s="722"/>
+      <c r="E6" s="722"/>
+      <c r="F6" s="722"/>
+      <c r="G6" s="722"/>
+      <c r="H6" s="722"/>
+      <c r="I6" s="722"/>
+      <c r="J6" s="722"/>
+      <c r="K6" s="722"/>
+      <c r="L6" s="722"/>
+      <c r="M6" s="722"/>
+      <c r="N6" s="722"/>
+      <c r="O6" s="722"/>
+      <c r="P6" s="722"/>
+      <c r="Q6" s="722"/>
+      <c r="R6" s="722"/>
+      <c r="S6" s="722"/>
+      <c r="T6" s="722"/>
+      <c r="U6" s="722"/>
+      <c r="V6" s="722"/>
+      <c r="W6" s="722"/>
+      <c r="X6" s="722"/>
+      <c r="Y6" s="540" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="7" spans="1:29" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="723" t="s">
+        <v>513</v>
+      </c>
+      <c r="B7" s="724"/>
+      <c r="C7" s="724"/>
+      <c r="D7" s="724"/>
+      <c r="E7" s="724"/>
+      <c r="F7" s="724"/>
+      <c r="G7" s="724"/>
+      <c r="H7" s="724"/>
+      <c r="I7" s="724"/>
+      <c r="J7" s="724"/>
+      <c r="K7" s="724"/>
+      <c r="L7" s="724"/>
+      <c r="M7" s="724"/>
+      <c r="N7" s="724"/>
+      <c r="O7" s="724"/>
+      <c r="P7" s="724"/>
+      <c r="Q7" s="724"/>
+      <c r="R7" s="724"/>
+      <c r="S7" s="724"/>
+      <c r="T7" s="724"/>
+      <c r="U7" s="724"/>
+      <c r="V7" s="724"/>
+      <c r="W7" s="724"/>
+      <c r="X7" s="725"/>
+      <c r="Y7" s="540" t="s">
+        <v>292</v>
+      </c>
+      <c r="AC7" s="7"/>
+    </row>
+    <row r="8" spans="1:29" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="706" t="s">
+        <v>514</v>
+      </c>
+      <c r="B8" s="706"/>
+      <c r="C8" s="706"/>
+      <c r="D8" s="706"/>
+      <c r="E8" s="706"/>
+      <c r="F8" s="706"/>
+      <c r="G8" s="706"/>
+      <c r="H8" s="706"/>
+      <c r="I8" s="706"/>
+      <c r="J8" s="706"/>
+      <c r="K8" s="706"/>
+      <c r="L8" s="706"/>
+      <c r="M8" s="706"/>
+      <c r="N8" s="706"/>
+      <c r="O8" s="706"/>
+      <c r="P8" s="706"/>
+      <c r="Q8" s="706"/>
+      <c r="R8" s="706"/>
+      <c r="S8" s="706"/>
+      <c r="T8" s="706"/>
+      <c r="U8" s="706"/>
+      <c r="V8" s="706"/>
+      <c r="W8" s="706"/>
+      <c r="X8" s="706"/>
+      <c r="Y8" s="540" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="9" spans="1:29" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="706" t="s">
+        <v>515</v>
+      </c>
+      <c r="B9" s="706"/>
+      <c r="C9" s="706"/>
+      <c r="D9" s="706"/>
+      <c r="E9" s="706"/>
+      <c r="F9" s="706"/>
+      <c r="G9" s="706"/>
+      <c r="H9" s="706"/>
+      <c r="I9" s="706"/>
+      <c r="J9" s="706"/>
+      <c r="K9" s="706"/>
+      <c r="L9" s="706"/>
+      <c r="M9" s="706"/>
+      <c r="N9" s="706"/>
+      <c r="O9" s="706"/>
+      <c r="P9" s="706"/>
+      <c r="Q9" s="706"/>
+      <c r="R9" s="706"/>
+      <c r="S9" s="706"/>
+      <c r="T9" s="706"/>
+      <c r="U9" s="706"/>
+      <c r="V9" s="706"/>
+      <c r="W9" s="706"/>
+      <c r="X9" s="706"/>
+      <c r="Y9" s="540" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="10" spans="1:29" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="706" t="s">
+        <v>516</v>
+      </c>
+      <c r="B10" s="706"/>
+      <c r="C10" s="706"/>
+      <c r="D10" s="706"/>
+      <c r="E10" s="706"/>
+      <c r="F10" s="706"/>
+      <c r="G10" s="706"/>
+      <c r="H10" s="706"/>
+      <c r="I10" s="706"/>
+      <c r="J10" s="706"/>
+      <c r="K10" s="706"/>
+      <c r="L10" s="706"/>
+      <c r="M10" s="706"/>
+      <c r="N10" s="706"/>
+      <c r="O10" s="706"/>
+      <c r="P10" s="706"/>
+      <c r="Q10" s="706"/>
+      <c r="R10" s="706"/>
+      <c r="S10" s="706"/>
+      <c r="T10" s="706"/>
+      <c r="U10" s="706"/>
+      <c r="V10" s="706"/>
+      <c r="W10" s="706"/>
+      <c r="X10" s="706"/>
+      <c r="Y10" s="540" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="11" spans="1:29" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="721" t="s">
+        <v>517</v>
+      </c>
+      <c r="B11" s="706"/>
+      <c r="C11" s="706"/>
+      <c r="D11" s="706"/>
+      <c r="E11" s="706"/>
+      <c r="F11" s="706"/>
+      <c r="G11" s="706"/>
+      <c r="H11" s="706"/>
+      <c r="I11" s="706"/>
+      <c r="J11" s="706"/>
+      <c r="K11" s="706"/>
+      <c r="L11" s="706"/>
+      <c r="M11" s="706"/>
+      <c r="N11" s="706"/>
+      <c r="O11" s="706"/>
+      <c r="P11" s="706"/>
+      <c r="Q11" s="706"/>
+      <c r="R11" s="706"/>
+      <c r="S11" s="706"/>
+      <c r="T11" s="706"/>
+      <c r="U11" s="706"/>
+      <c r="V11" s="706"/>
+      <c r="W11" s="706"/>
+      <c r="X11" s="706"/>
+      <c r="Y11" s="540" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="12" spans="1:29" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="706" t="s">
+        <v>518</v>
+      </c>
+      <c r="B12" s="707"/>
+      <c r="C12" s="707"/>
+      <c r="D12" s="707"/>
+      <c r="E12" s="707"/>
+      <c r="F12" s="707"/>
+      <c r="G12" s="707"/>
+      <c r="H12" s="707"/>
+      <c r="I12" s="707"/>
+      <c r="J12" s="707"/>
+      <c r="K12" s="707"/>
+      <c r="L12" s="707"/>
+      <c r="M12" s="707"/>
+      <c r="N12" s="707"/>
+      <c r="O12" s="707"/>
+      <c r="P12" s="707"/>
+      <c r="Q12" s="707"/>
+      <c r="R12" s="707"/>
+      <c r="S12" s="707"/>
+      <c r="T12" s="707"/>
+      <c r="U12" s="707"/>
+      <c r="V12" s="707"/>
+      <c r="W12" s="707"/>
+      <c r="X12" s="707"/>
+      <c r="Y12" s="540" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="13" spans="1:29" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="721" t="s">
+        <v>519</v>
+      </c>
+      <c r="B13" s="706"/>
+      <c r="C13" s="706"/>
+      <c r="D13" s="706"/>
+      <c r="E13" s="706"/>
+      <c r="F13" s="706"/>
+      <c r="G13" s="706"/>
+      <c r="H13" s="706"/>
+      <c r="I13" s="706"/>
+      <c r="J13" s="706"/>
+      <c r="K13" s="706"/>
+      <c r="L13" s="706"/>
+      <c r="M13" s="706"/>
+      <c r="N13" s="706"/>
+      <c r="O13" s="706"/>
+      <c r="P13" s="706"/>
+      <c r="Q13" s="706"/>
+      <c r="R13" s="706"/>
+      <c r="S13" s="706"/>
+      <c r="T13" s="706"/>
+      <c r="U13" s="706"/>
+      <c r="V13" s="706"/>
+      <c r="W13" s="706"/>
+      <c r="X13" s="706"/>
+      <c r="Y13" s="540" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="14" spans="1:29" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="706" t="s">
+        <v>520</v>
+      </c>
+      <c r="B14" s="707"/>
+      <c r="C14" s="707"/>
+      <c r="D14" s="707"/>
+      <c r="E14" s="707"/>
+      <c r="F14" s="707"/>
+      <c r="G14" s="707"/>
+      <c r="H14" s="707"/>
+      <c r="I14" s="707"/>
+      <c r="J14" s="707"/>
+      <c r="K14" s="707"/>
+      <c r="L14" s="707"/>
+      <c r="M14" s="707"/>
+      <c r="N14" s="707"/>
+      <c r="O14" s="707"/>
+      <c r="P14" s="707"/>
+      <c r="Q14" s="707"/>
+      <c r="R14" s="707"/>
+      <c r="S14" s="707"/>
+      <c r="T14" s="707"/>
+      <c r="U14" s="707"/>
+      <c r="V14" s="707"/>
+      <c r="W14" s="707"/>
+      <c r="X14" s="707"/>
+      <c r="Y14" s="540" t="s">
+        <v>292</v>
+      </c>
+      <c r="Z14" s="7"/>
+    </row>
+    <row r="15" spans="1:29" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="706" t="s">
+        <v>521</v>
+      </c>
+      <c r="B15" s="707"/>
+      <c r="C15" s="707"/>
+      <c r="D15" s="707"/>
+      <c r="E15" s="707"/>
+      <c r="F15" s="707"/>
+      <c r="G15" s="707"/>
+      <c r="H15" s="707"/>
+      <c r="I15" s="707"/>
+      <c r="J15" s="707"/>
+      <c r="K15" s="707"/>
+      <c r="L15" s="707"/>
+      <c r="M15" s="707"/>
+      <c r="N15" s="707"/>
+      <c r="O15" s="707"/>
+      <c r="P15" s="707"/>
+      <c r="Q15" s="707"/>
+      <c r="R15" s="707"/>
+      <c r="S15" s="707"/>
+      <c r="T15" s="707"/>
+      <c r="U15" s="707"/>
+      <c r="V15" s="707"/>
+      <c r="W15" s="707"/>
+      <c r="X15" s="707"/>
+      <c r="Y15" s="540" t="s">
+        <v>292</v>
+      </c>
+      <c r="Z15" s="7"/>
+    </row>
+    <row r="16" spans="1:29" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="706" t="s">
+        <v>522</v>
+      </c>
+      <c r="B16" s="707"/>
+      <c r="C16" s="707"/>
+      <c r="D16" s="707"/>
+      <c r="E16" s="707"/>
+      <c r="F16" s="707"/>
+      <c r="G16" s="707"/>
+      <c r="H16" s="707"/>
+      <c r="I16" s="707"/>
+      <c r="J16" s="707"/>
+      <c r="K16" s="707"/>
+      <c r="L16" s="707"/>
+      <c r="M16" s="707"/>
+      <c r="N16" s="707"/>
+      <c r="O16" s="707"/>
+      <c r="P16" s="707"/>
+      <c r="Q16" s="707"/>
+      <c r="R16" s="707"/>
+      <c r="S16" s="707"/>
+      <c r="T16" s="707"/>
+      <c r="U16" s="707"/>
+      <c r="V16" s="707"/>
+      <c r="W16" s="707"/>
+      <c r="X16" s="707"/>
+      <c r="Y16" s="540" t="s">
+        <v>292</v>
+      </c>
+      <c r="Z16" s="7"/>
+    </row>
+    <row r="17" spans="1:25" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="600"/>
+      <c r="B17" s="599"/>
+      <c r="C17" s="599"/>
+      <c r="D17" s="599"/>
+      <c r="E17" s="599"/>
+      <c r="F17" s="599"/>
+      <c r="G17" s="599"/>
+      <c r="H17" s="599"/>
+      <c r="I17" s="599"/>
+      <c r="J17" s="599"/>
+      <c r="K17" s="599"/>
+      <c r="L17" s="599"/>
+      <c r="M17" s="599"/>
+      <c r="N17" s="599"/>
+      <c r="O17" s="599"/>
+      <c r="P17" s="599"/>
+      <c r="Q17" s="599"/>
+      <c r="R17" s="599"/>
+      <c r="S17" s="599"/>
+      <c r="T17" s="599"/>
+      <c r="U17" s="599"/>
+      <c r="V17" s="599"/>
+      <c r="W17" s="599"/>
+      <c r="X17" s="599"/>
+      <c r="Y17" s="601"/>
+    </row>
+    <row r="18" spans="1:25" ht="15" x14ac:dyDescent="0.2">
+      <c r="A18" s="322"/>
+      <c r="B18" s="323"/>
+      <c r="C18" s="322"/>
+      <c r="D18" s="322"/>
+      <c r="E18" s="322"/>
+      <c r="F18" s="322"/>
+      <c r="G18" s="322"/>
+      <c r="H18" s="322"/>
+      <c r="I18" s="322"/>
+      <c r="J18" s="322"/>
+      <c r="K18" s="322"/>
+      <c r="L18" s="322"/>
+      <c r="M18" s="322"/>
+      <c r="N18" s="322"/>
+      <c r="O18" s="322"/>
+      <c r="P18" s="322"/>
+      <c r="Q18" s="322"/>
+      <c r="R18" s="322"/>
+      <c r="S18" s="322"/>
+      <c r="T18" s="322"/>
+      <c r="U18" s="322"/>
+      <c r="V18" s="322"/>
+      <c r="W18" s="322"/>
+      <c r="X18" s="322"/>
+      <c r="Y18" s="73"/>
+    </row>
+    <row r="19" spans="1:25" ht="15" x14ac:dyDescent="0.2">
+      <c r="A19" s="344" t="s">
+        <v>303</v>
+      </c>
+      <c r="B19" s="323"/>
+      <c r="C19" s="322"/>
+      <c r="D19" s="322"/>
+      <c r="E19" s="322"/>
+      <c r="F19" s="322"/>
+      <c r="G19" s="322"/>
+      <c r="H19" s="322"/>
+      <c r="I19" s="322"/>
+      <c r="J19" s="322"/>
+      <c r="K19" s="322"/>
+      <c r="L19" s="322"/>
+      <c r="M19" s="322"/>
+      <c r="N19" s="322"/>
+      <c r="O19" s="322"/>
+      <c r="P19" s="322"/>
+      <c r="Q19" s="322"/>
+      <c r="R19" s="322"/>
+      <c r="S19" s="322"/>
+      <c r="T19" s="322"/>
+      <c r="U19" s="322"/>
+      <c r="V19" s="322"/>
+      <c r="W19" s="322"/>
+      <c r="X19" s="322"/>
+      <c r="Y19" s="73"/>
+    </row>
+    <row r="20" spans="1:25" ht="15" x14ac:dyDescent="0.2">
+      <c r="A20" s="322"/>
+      <c r="B20" s="343" t="s">
+        <v>298</v>
+      </c>
+      <c r="C20" s="322"/>
+      <c r="D20" s="322"/>
+      <c r="E20" s="322"/>
+      <c r="F20" s="322"/>
+      <c r="G20" s="322"/>
+      <c r="H20" s="322"/>
+      <c r="I20" s="322"/>
+      <c r="J20" s="322"/>
+      <c r="K20" s="322"/>
+      <c r="L20" s="322"/>
+      <c r="M20" s="322"/>
+      <c r="N20" s="322"/>
+      <c r="O20" s="322"/>
+      <c r="P20" s="322"/>
+      <c r="Q20" s="322"/>
+      <c r="R20" s="322"/>
+      <c r="S20" s="322"/>
+      <c r="T20" s="322"/>
+      <c r="U20" s="322"/>
+      <c r="V20" s="322"/>
+      <c r="W20" s="322"/>
+      <c r="X20" s="322"/>
+      <c r="Y20" s="73"/>
+    </row>
+    <row r="21" spans="1:25" ht="15" x14ac:dyDescent="0.2">
+      <c r="A21" s="322"/>
+      <c r="B21" s="343" t="s">
+        <v>299</v>
+      </c>
+      <c r="C21" s="322"/>
+      <c r="D21" s="322"/>
+      <c r="E21" s="322"/>
+      <c r="F21" s="322"/>
+      <c r="G21" s="322"/>
+      <c r="H21" s="322"/>
+      <c r="I21" s="322"/>
+      <c r="J21" s="322"/>
+      <c r="K21" s="322"/>
+      <c r="L21" s="322"/>
+      <c r="M21" s="322"/>
+      <c r="N21" s="322"/>
+      <c r="O21" s="322"/>
+      <c r="P21" s="322"/>
+      <c r="Q21" s="322"/>
+      <c r="R21" s="322"/>
+      <c r="S21" s="322"/>
+      <c r="T21" s="322"/>
+      <c r="U21" s="322"/>
+      <c r="V21" s="322"/>
+      <c r="W21" s="322"/>
+      <c r="X21" s="322"/>
+      <c r="Y21" s="73"/>
+    </row>
+    <row r="22" spans="1:25" ht="15" x14ac:dyDescent="0.2">
+      <c r="A22" s="322"/>
+      <c r="B22" s="343" t="s">
+        <v>302</v>
+      </c>
+      <c r="C22" s="322"/>
+      <c r="D22" s="322"/>
+      <c r="E22" s="322"/>
+      <c r="F22" s="322"/>
+      <c r="G22" s="322"/>
+      <c r="H22" s="322"/>
+      <c r="I22" s="322"/>
+      <c r="J22" s="322"/>
+      <c r="K22" s="322"/>
+      <c r="L22" s="322"/>
+      <c r="M22" s="322"/>
+      <c r="N22" s="322"/>
+      <c r="O22" s="322"/>
+      <c r="P22" s="322"/>
+      <c r="Q22" s="322"/>
+      <c r="R22" s="322"/>
+      <c r="S22" s="322"/>
+      <c r="T22" s="322"/>
+      <c r="U22" s="322"/>
+      <c r="V22" s="322"/>
+      <c r="W22" s="322"/>
+      <c r="X22" s="322"/>
+      <c r="Y22" s="73"/>
+    </row>
+    <row r="23" spans="1:25" ht="15" x14ac:dyDescent="0.2">
+      <c r="A23" s="322"/>
+      <c r="B23" s="343" t="s">
+        <v>300</v>
+      </c>
+      <c r="C23" s="322"/>
+      <c r="D23" s="322"/>
+      <c r="E23" s="322"/>
+      <c r="F23" s="322"/>
+      <c r="G23" s="322"/>
+      <c r="H23" s="322"/>
+      <c r="I23" s="322"/>
+      <c r="J23" s="322"/>
+      <c r="K23" s="322"/>
+      <c r="L23" s="322"/>
+      <c r="M23" s="322"/>
+      <c r="N23" s="322"/>
+      <c r="O23" s="322"/>
+      <c r="P23" s="322"/>
+      <c r="Q23" s="322"/>
+      <c r="R23" s="322"/>
+      <c r="S23" s="322"/>
+      <c r="T23" s="322"/>
+      <c r="U23" s="322"/>
+      <c r="V23" s="322"/>
+      <c r="W23" s="322"/>
+      <c r="X23" s="322"/>
+      <c r="Y23" s="73"/>
+    </row>
+    <row r="24" spans="1:25" ht="15" x14ac:dyDescent="0.2">
+      <c r="A24" s="344" t="s">
+        <v>304</v>
+      </c>
+      <c r="B24" s="343"/>
+      <c r="C24" s="322"/>
+      <c r="D24" s="322"/>
+      <c r="E24" s="322"/>
+      <c r="F24" s="322"/>
+      <c r="G24" s="322"/>
+      <c r="H24" s="322"/>
+      <c r="I24" s="322"/>
+      <c r="J24" s="322"/>
+      <c r="K24" s="322"/>
+      <c r="L24" s="322"/>
+      <c r="M24" s="322"/>
+      <c r="N24" s="322"/>
+      <c r="O24" s="322"/>
+      <c r="P24" s="322"/>
+      <c r="Q24" s="322"/>
+      <c r="R24" s="322"/>
+      <c r="S24" s="322"/>
+      <c r="T24" s="322"/>
+      <c r="U24" s="322"/>
+      <c r="V24" s="322"/>
+      <c r="W24" s="322"/>
+      <c r="X24" s="322"/>
+      <c r="Y24" s="73"/>
+    </row>
+    <row r="25" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A25" s="352"/>
+      <c r="B25" s="352" t="s">
+        <v>305</v>
+      </c>
+      <c r="C25" s="352"/>
+      <c r="D25" s="352"/>
+      <c r="E25" s="352"/>
+      <c r="F25" s="352"/>
+      <c r="G25" s="352"/>
+      <c r="H25" s="352"/>
+      <c r="I25" s="352"/>
+      <c r="J25" s="352"/>
+      <c r="K25" s="352"/>
+      <c r="L25" s="352"/>
+      <c r="M25" s="352"/>
+      <c r="N25" s="352"/>
+      <c r="O25" s="352"/>
+      <c r="P25" s="352"/>
+      <c r="Q25" s="352"/>
+      <c r="R25" s="352"/>
+      <c r="S25" s="352"/>
+      <c r="T25" s="352"/>
+      <c r="U25" s="352"/>
+      <c r="V25" s="352"/>
+      <c r="W25" s="352"/>
+      <c r="X25" s="352"/>
+    </row>
+    <row r="26" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A26" s="352"/>
+      <c r="B26" s="352" t="s">
+        <v>306</v>
+      </c>
+      <c r="C26" s="352"/>
+      <c r="D26" s="352"/>
+      <c r="E26" s="352"/>
+      <c r="F26" s="352"/>
+      <c r="G26" s="352"/>
+      <c r="H26" s="352"/>
+      <c r="I26" s="352"/>
+      <c r="J26" s="352"/>
+      <c r="K26" s="352"/>
+      <c r="L26" s="352"/>
+      <c r="M26" s="352"/>
+      <c r="N26" s="352"/>
+      <c r="O26" s="352"/>
+      <c r="P26" s="352"/>
+      <c r="Q26" s="352"/>
+      <c r="R26" s="352"/>
+      <c r="S26" s="352"/>
+      <c r="T26" s="352"/>
+      <c r="U26" s="352"/>
+      <c r="V26" s="352"/>
+      <c r="W26" s="352"/>
+      <c r="X26" s="352"/>
+    </row>
+    <row r="27" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A27" s="352"/>
+      <c r="B27" s="352" t="s">
+        <v>307</v>
+      </c>
+      <c r="C27" s="352"/>
+      <c r="D27" s="352"/>
+      <c r="E27" s="352"/>
+      <c r="F27" s="352"/>
+      <c r="G27" s="352"/>
+      <c r="H27" s="352"/>
+      <c r="I27" s="352"/>
+      <c r="J27" s="352"/>
+      <c r="K27" s="352"/>
+      <c r="L27" s="352"/>
+      <c r="M27" s="352"/>
+      <c r="N27" s="352"/>
+      <c r="O27" s="352"/>
+      <c r="P27" s="352"/>
+      <c r="Q27" s="352"/>
+      <c r="R27" s="352"/>
+      <c r="S27" s="352"/>
+      <c r="T27" s="352"/>
+      <c r="U27" s="352"/>
+      <c r="V27" s="352"/>
+      <c r="W27" s="352"/>
+      <c r="X27" s="352"/>
+    </row>
+    <row r="28" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A28" s="352"/>
+      <c r="B28" s="352"/>
+      <c r="C28" s="352"/>
+      <c r="D28" s="352"/>
+      <c r="E28" s="352"/>
+      <c r="F28" s="352"/>
+      <c r="G28" s="352"/>
+      <c r="H28" s="352"/>
+      <c r="I28" s="352"/>
+      <c r="J28" s="352"/>
+      <c r="K28" s="352"/>
+      <c r="L28" s="352"/>
+      <c r="M28" s="352"/>
+      <c r="N28" s="352"/>
+      <c r="O28" s="352"/>
+      <c r="P28" s="352"/>
+      <c r="Q28" s="352"/>
+      <c r="R28" s="352"/>
+      <c r="S28" s="352"/>
+      <c r="T28" s="352"/>
+      <c r="U28" s="352"/>
+      <c r="V28" s="352"/>
+      <c r="W28" s="352"/>
+      <c r="X28" s="352"/>
+    </row>
+    <row r="29" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A29" s="352"/>
+      <c r="B29" s="352" t="s">
+        <v>308</v>
+      </c>
+      <c r="C29" s="352"/>
+      <c r="D29" s="352"/>
+      <c r="E29" s="352"/>
+      <c r="F29" s="352"/>
+      <c r="G29" s="352"/>
+      <c r="H29" s="352"/>
+      <c r="I29" s="352"/>
+      <c r="J29" s="352"/>
+      <c r="K29" s="352"/>
+      <c r="L29" s="352"/>
+      <c r="M29" s="352"/>
+      <c r="N29" s="352"/>
+      <c r="O29" s="352"/>
+      <c r="P29" s="352"/>
+      <c r="Q29" s="352"/>
+      <c r="R29" s="352"/>
+      <c r="S29" s="352"/>
+      <c r="T29" s="352"/>
+      <c r="U29" s="352"/>
+      <c r="V29" s="352"/>
+      <c r="W29" s="352"/>
+      <c r="X29" s="352"/>
+    </row>
+    <row r="30" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A30" s="352"/>
+      <c r="B30" s="352"/>
+      <c r="C30" s="352"/>
+      <c r="D30" s="352"/>
+      <c r="E30" s="352"/>
+      <c r="F30" s="352"/>
+      <c r="G30" s="352"/>
+      <c r="H30" s="352"/>
+      <c r="I30" s="352"/>
+      <c r="J30" s="352"/>
+      <c r="K30" s="352"/>
+      <c r="L30" s="352"/>
+      <c r="M30" s="352"/>
+      <c r="N30" s="352"/>
+      <c r="O30" s="352"/>
+      <c r="P30" s="352"/>
+      <c r="Q30" s="352"/>
+      <c r="R30" s="352"/>
+      <c r="S30" s="352"/>
+      <c r="T30" s="352"/>
+      <c r="U30" s="352"/>
+      <c r="V30" s="352"/>
+      <c r="W30" s="352"/>
+      <c r="X30" s="352"/>
+    </row>
+    <row r="31" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A31" s="352"/>
+      <c r="B31" s="352" t="s">
+        <v>311</v>
+      </c>
+      <c r="C31" s="352"/>
+      <c r="D31" s="352"/>
+      <c r="E31" s="352"/>
+      <c r="F31" s="352"/>
+      <c r="G31" s="352"/>
+      <c r="H31" s="352"/>
+      <c r="I31" s="352"/>
+      <c r="J31" s="352"/>
+      <c r="K31" s="352"/>
+      <c r="L31" s="352"/>
+      <c r="M31" s="352"/>
+      <c r="N31" s="352"/>
+      <c r="O31" s="352"/>
+      <c r="P31" s="352"/>
+      <c r="Q31" s="352"/>
+      <c r="R31" s="352"/>
+      <c r="S31" s="352"/>
+      <c r="T31" s="352"/>
+      <c r="U31" s="352"/>
+      <c r="V31" s="352"/>
+      <c r="W31" s="352"/>
+      <c r="X31" s="352"/>
+    </row>
+    <row r="32" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A32" s="352"/>
+      <c r="B32" s="352"/>
+      <c r="C32" s="352"/>
+      <c r="D32" s="352"/>
+      <c r="E32" s="352"/>
+      <c r="F32" s="352"/>
+      <c r="G32" s="352"/>
+      <c r="H32" s="352"/>
+      <c r="I32" s="352"/>
+      <c r="J32" s="352"/>
+      <c r="K32" s="352"/>
+      <c r="L32" s="352"/>
+      <c r="M32" s="352"/>
+      <c r="N32" s="352"/>
+      <c r="O32" s="352"/>
+      <c r="P32" s="352"/>
+      <c r="Q32" s="352"/>
+      <c r="R32" s="352"/>
+      <c r="S32" s="352"/>
+      <c r="T32" s="352"/>
+      <c r="U32" s="352"/>
+      <c r="V32" s="352"/>
+      <c r="W32" s="352"/>
+      <c r="X32" s="352"/>
+    </row>
+    <row r="33" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A33" s="352"/>
+      <c r="B33" s="352" t="s">
+        <v>309</v>
+      </c>
+      <c r="C33" s="352"/>
+      <c r="D33" s="352"/>
+      <c r="E33" s="352"/>
+      <c r="F33" s="352"/>
+      <c r="G33" s="352"/>
+      <c r="H33" s="352"/>
+      <c r="I33" s="352"/>
+      <c r="J33" s="352"/>
+      <c r="K33" s="352"/>
+      <c r="L33" s="352"/>
+      <c r="M33" s="352"/>
+      <c r="N33" s="352"/>
+      <c r="O33" s="352"/>
+      <c r="P33" s="352"/>
+      <c r="Q33" s="352"/>
+      <c r="R33" s="352"/>
+      <c r="S33" s="352"/>
+      <c r="T33" s="352"/>
+      <c r="U33" s="352"/>
+      <c r="V33" s="352"/>
+      <c r="W33" s="352"/>
+      <c r="X33" s="352"/>
+    </row>
+    <row r="34" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A34" s="352"/>
+      <c r="B34" s="352" t="s">
+        <v>310</v>
+      </c>
+      <c r="C34" s="352"/>
+      <c r="D34" s="352"/>
+      <c r="E34" s="352"/>
+      <c r="F34" s="352"/>
+      <c r="G34" s="352"/>
+      <c r="H34" s="352"/>
+      <c r="I34" s="352"/>
+      <c r="J34" s="352"/>
+      <c r="K34" s="352"/>
+      <c r="L34" s="352"/>
+      <c r="M34" s="352"/>
+      <c r="N34" s="352"/>
+      <c r="O34" s="352"/>
+      <c r="P34" s="352"/>
+      <c r="Q34" s="352"/>
+      <c r="R34" s="352"/>
+      <c r="S34" s="352"/>
+      <c r="T34" s="352"/>
+      <c r="U34" s="352"/>
+      <c r="V34" s="352"/>
+      <c r="W34" s="352"/>
+      <c r="X34" s="352"/>
+    </row>
+    <row r="35" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A35" s="352"/>
+      <c r="B35" s="352" t="s">
+        <v>312</v>
+      </c>
+      <c r="C35" s="352"/>
+      <c r="D35" s="352"/>
+      <c r="E35" s="352"/>
+      <c r="F35" s="352"/>
+      <c r="G35" s="352"/>
+      <c r="H35" s="352"/>
+      <c r="I35" s="352"/>
+      <c r="J35" s="352"/>
+      <c r="K35" s="352"/>
+      <c r="L35" s="352"/>
+      <c r="M35" s="352"/>
+      <c r="N35" s="352"/>
+      <c r="O35" s="352"/>
+      <c r="P35" s="352"/>
+      <c r="Q35" s="352"/>
+      <c r="R35" s="352"/>
+      <c r="S35" s="352"/>
+      <c r="T35" s="352"/>
+      <c r="U35" s="352"/>
+      <c r="V35" s="352"/>
+      <c r="W35" s="352"/>
+      <c r="X35" s="352"/>
+    </row>
+    <row r="36" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A36" s="352"/>
+      <c r="B36" s="352"/>
+      <c r="C36" s="352"/>
+      <c r="D36" s="352"/>
+      <c r="E36" s="352"/>
+      <c r="F36" s="352"/>
+      <c r="G36" s="352"/>
+      <c r="H36" s="352"/>
+      <c r="I36" s="352"/>
+      <c r="J36" s="352"/>
+      <c r="K36" s="352"/>
+      <c r="L36" s="352"/>
+      <c r="M36" s="352"/>
+      <c r="N36" s="352"/>
+      <c r="O36" s="352"/>
+      <c r="P36" s="352"/>
+      <c r="Q36" s="352"/>
+      <c r="R36" s="352"/>
+      <c r="S36" s="352"/>
+      <c r="T36" s="352"/>
+      <c r="U36" s="352"/>
+      <c r="V36" s="352"/>
+      <c r="W36" s="352"/>
+      <c r="X36" s="352"/>
+    </row>
+    <row r="37" spans="1:24" ht="15" x14ac:dyDescent="0.2">
+      <c r="A37" s="345"/>
+      <c r="B37" s="346"/>
+      <c r="C37" s="347"/>
+      <c r="D37" s="348"/>
+      <c r="E37" s="324"/>
+      <c r="F37" s="324"/>
+    </row>
+    <row r="38" spans="1:24" ht="15" x14ac:dyDescent="0.2">
+      <c r="A38" s="349" t="s">
+        <v>291</v>
+      </c>
+      <c r="B38" s="346"/>
+      <c r="C38" s="717" t="s">
+        <v>323</v>
+      </c>
+      <c r="D38" s="718"/>
+      <c r="E38" s="324"/>
+      <c r="F38" s="324"/>
+    </row>
+    <row r="39" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A39" s="350"/>
+      <c r="B39" s="351"/>
+      <c r="C39" s="719"/>
+      <c r="D39" s="720"/>
+      <c r="E39" s="73"/>
+      <c r="F39" s="73"/>
+    </row>
+    <row r="40" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A40" s="350"/>
+      <c r="B40" s="350"/>
+      <c r="C40" s="350"/>
+      <c r="D40" s="350"/>
+      <c r="E40" s="73"/>
+      <c r="F40" s="73"/>
+    </row>
+    <row r="41" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A41" s="352"/>
+      <c r="B41" s="352"/>
+      <c r="C41" s="352"/>
+      <c r="D41" s="352"/>
     </row>
   </sheetData>
-  <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
-[...1 lines deleted...]
-    <mergeCell ref="A28:X28"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="KdMKLqVTllZHovVvLdlD3qim7ridg1jIauRVfY5Ti2txZwtiw5lXrgwdQfPwngrYibkQyiEcyMiS+PE7IfHEHw==" saltValue="2YFbR5Rtl+1uvQXLAUusPA==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <mergeCells count="15">
+    <mergeCell ref="A6:X6"/>
+    <mergeCell ref="A4:X4"/>
+    <mergeCell ref="A16:X16"/>
     <mergeCell ref="A1:Y3"/>
-    <mergeCell ref="C50:D51"/>
-[...15 lines deleted...]
-    <mergeCell ref="Y23:Y24"/>
+    <mergeCell ref="C38:D39"/>
+    <mergeCell ref="A13:X13"/>
+    <mergeCell ref="A10:X10"/>
+    <mergeCell ref="A12:X12"/>
+    <mergeCell ref="A14:X14"/>
+    <mergeCell ref="A15:X15"/>
+    <mergeCell ref="A11:X11"/>
+    <mergeCell ref="A8:X8"/>
     <mergeCell ref="A9:X9"/>
-    <mergeCell ref="A10:X10"/>
-[...11 lines deleted...]
-    <mergeCell ref="A4:X4"/>
+    <mergeCell ref="A7:X7"/>
     <mergeCell ref="A5:X5"/>
-    <mergeCell ref="A6:X6"/>
-[...1 lines deleted...]
-    <mergeCell ref="A8:X8"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A4" location="'HF '!A1" display="AVENTOS HF" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...40 lines deleted...]
-    <hyperlink ref="Y28" r:id="rId15" location="zoom=z" xr:uid="{1028849A-0129-4DEF-9E79-C8422343E415}"/>
+    <hyperlink ref="A13:X13" location="'TANDEMBOX боковые вставки'!A1" display="   10)   TANDEMBOX Intivo, Antaro, Plus - расчёт боковых вставок" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="A11:X11" location="'TIP-ON BUMOTION MOVENTO'!A1" display="     8)   TIP-ON BUMOTION для MOVENTO" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="A10:X10" location="'TIP-ON BLUMOTION LEGRABOX'!A1" display="     7)   TIP-ON BLUMOTION для LEGRABOX" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="A8:X8" location="'HK-S'!A1" display="     5)   AVENTOS HK-S" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="Y8" r:id="rId1" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="Y9" r:id="rId2" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="Y10" r:id="rId3" location="zoom=z" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
+    <hyperlink ref="Y11" r:id="rId4" location="zoom=z" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="Y13" r:id="rId5" location="zoom=z" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="A9:X9" location="'HK-XS'!A1" display="     6)   AVENTOS HK-XS" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
+    <hyperlink ref="A12:X12" location="'TIP-ON BLUMOTION TANDEMBOX'!A1" display="     9)   TIP-ON BLUMOTION для TANDEMBOX" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
+    <hyperlink ref="Y12" r:id="rId6" location="zoom=z" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
+    <hyperlink ref="C38" r:id="rId7" display="написать" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="C38:D39" r:id="rId8" display="написать письмо" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
+    <hyperlink ref="A14:X14" location="'Раскрой дна и з.с для TANDEMBOX'!A1" display="   11)   Расчёт размеров дна и задней стенки TANDEMBOX" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
+    <hyperlink ref="A15:X15" location="'Раскрой дна и з.с. для LEGRABOX'!A1" display="   12)   Расчёт размеров дна и задней стенки LEGRABOX" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
+    <hyperlink ref="Y15" r:id="rId9" location="zoom=z" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
+    <hyperlink ref="A7:X7" location="'HK top'!A1" display="     4)   AVENTOS HK top" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="Y7" location="'Схема AVENTOS HK top'!A1" display="дополнительная информация об изделии в интернете" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
+    <hyperlink ref="Y14" r:id="rId10" location="zoom=z" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="A16:X16" location="'Раскрой валов синхронизации'!A1" display="   13)   Раскрой валов синхронизации TIP-ON BLUMOTION и TIP-ON" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="Y16" r:id="rId11" location="zoom=z" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
+    <hyperlink ref="A4:X4" location="'HF top'!A1" display="     1)   AVENTOS HF top" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="A5:X5" location="'HS top'!A1" display="     2)   AVENTOS HS top" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="A6:X6" location="'HL top'!A1" display="     3)   AVENTOS HL top" xr:uid="{00000000-0004-0000-0000-000022000000}"/>
+    <hyperlink ref="Y4" r:id="rId12" xr:uid="{FD0A67D4-1D84-40A0-A786-AEEB4EEE321D}"/>
+    <hyperlink ref="Y5" r:id="rId13" xr:uid="{A4DB0C64-C7E0-403B-A465-B3312057F5CF}"/>
+    <hyperlink ref="Y6" r:id="rId14" xr:uid="{7E952C9B-AF2B-4D7F-A676-A6F9F93A0F39}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="39" orientation="portrait" verticalDpi="0" r:id="rId16"/>
+  <pageSetup paperSize="9" scale="39" orientation="portrait" r:id="rId15"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
-[...1 lines deleted...]
-    <pageSetUpPr fitToPage="1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
+  <sheetPr codeName="Лист19">
+    <tabColor theme="0" tint="-0.14999847407452621"/>
   </sheetPr>
-  <dimension ref="B1:B64"/>
+  <dimension ref="A1:BE46"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="F29" sqref="F29"/>
+    <sheetView showGridLines="0" zoomScale="89" zoomScaleNormal="89" workbookViewId="0">
+      <selection activeCell="BK19" sqref="BK19"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="3.28515625" style="163" customWidth="1"/>
+    <col min="2" max="2" width="34.42578125" style="163" customWidth="1"/>
+    <col min="3" max="4" width="10.7109375" style="163" customWidth="1"/>
+    <col min="5" max="5" width="11.140625" style="163" customWidth="1"/>
+    <col min="6" max="7" width="2" style="163" customWidth="1"/>
+    <col min="8" max="8" width="22.7109375" style="163" customWidth="1"/>
+    <col min="9" max="10" width="2" style="163" customWidth="1"/>
+    <col min="11" max="11" width="5.28515625" style="163" customWidth="1"/>
+    <col min="12" max="12" width="5.140625" style="163" customWidth="1"/>
+    <col min="13" max="30" width="2" style="163" customWidth="1"/>
+    <col min="31" max="31" width="3.140625" style="163" customWidth="1"/>
+    <col min="32" max="34" width="2" style="163" customWidth="1"/>
+    <col min="35" max="35" width="2.42578125" style="163" customWidth="1"/>
+    <col min="36" max="36" width="2" style="163" customWidth="1"/>
+    <col min="37" max="37" width="3.7109375" style="163" customWidth="1"/>
+    <col min="38" max="38" width="20.85546875" style="163" customWidth="1"/>
+    <col min="39" max="39" width="18.42578125" style="163" customWidth="1"/>
+    <col min="40" max="40" width="9.140625" style="163" hidden="1" customWidth="1"/>
+    <col min="41" max="41" width="21.140625" style="163" hidden="1" customWidth="1"/>
+    <col min="42" max="42" width="9.140625" style="163" hidden="1" customWidth="1"/>
+    <col min="43" max="43" width="19.42578125" style="163" hidden="1" customWidth="1"/>
+    <col min="44" max="44" width="10.42578125" style="163" hidden="1" customWidth="1"/>
+    <col min="45" max="45" width="20.28515625" style="163" hidden="1" customWidth="1"/>
+    <col min="46" max="46" width="24" style="163" hidden="1" customWidth="1"/>
+    <col min="47" max="47" width="11.42578125" style="163" hidden="1" customWidth="1"/>
+    <col min="48" max="48" width="11.28515625" style="163" hidden="1" customWidth="1"/>
+    <col min="49" max="49" width="10.28515625" style="163" hidden="1" customWidth="1"/>
+    <col min="50" max="50" width="9" style="163" hidden="1" customWidth="1"/>
+    <col min="51" max="52" width="9.140625" style="163" hidden="1" customWidth="1"/>
+    <col min="53" max="53" width="12.42578125" style="163" hidden="1" customWidth="1"/>
+    <col min="54" max="55" width="14.85546875" style="163" hidden="1" customWidth="1"/>
+    <col min="56" max="57" width="9.140625" style="163" hidden="1" customWidth="1"/>
+    <col min="58" max="16384" width="9.140625" style="163"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:57" ht="52.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="1129" t="s">
+        <v>296</v>
+      </c>
+      <c r="B1" s="1130"/>
+      <c r="C1" s="1130"/>
+      <c r="D1" s="1130"/>
+      <c r="E1" s="1130"/>
+      <c r="F1" s="1131"/>
+      <c r="G1" s="1131"/>
+      <c r="H1" s="1131"/>
+      <c r="I1" s="1131"/>
+      <c r="J1" s="1131"/>
+      <c r="K1" s="1131"/>
+      <c r="L1" s="1131"/>
+      <c r="M1" s="1131"/>
+      <c r="N1" s="1131"/>
+      <c r="O1" s="1131"/>
+      <c r="P1" s="1131"/>
+      <c r="Q1" s="1131"/>
+      <c r="R1" s="1131"/>
+      <c r="S1" s="1131"/>
+      <c r="T1" s="1131"/>
+      <c r="U1" s="1131"/>
+      <c r="V1" s="1131"/>
+      <c r="W1" s="1131"/>
+      <c r="X1" s="1131"/>
+      <c r="Y1" s="1131"/>
+      <c r="Z1" s="1131"/>
+      <c r="AA1" s="1131"/>
+      <c r="AB1" s="1131"/>
+      <c r="AC1" s="1131"/>
+      <c r="AD1" s="1131"/>
+      <c r="AE1" s="1131"/>
+      <c r="AF1" s="1131"/>
+      <c r="AG1" s="1131"/>
+      <c r="AH1" s="1131"/>
+      <c r="AI1" s="1131"/>
+      <c r="AJ1" s="1131"/>
+      <c r="AK1" s="1132"/>
+      <c r="AL1" s="338" t="s">
+        <v>295</v>
+      </c>
+      <c r="AN1" s="228"/>
+      <c r="AO1" s="229" t="s">
+        <v>256</v>
+      </c>
+      <c r="AP1" s="216" t="s">
+        <v>255</v>
+      </c>
+      <c r="AQ1" s="216" t="s">
+        <v>197</v>
+      </c>
+      <c r="AR1" s="216" t="s">
+        <v>254</v>
+      </c>
+      <c r="AS1" s="223" t="s">
+        <v>253</v>
+      </c>
+      <c r="AT1" s="226" t="s">
+        <v>252</v>
+      </c>
+      <c r="AU1" s="1133" t="s">
+        <v>251</v>
+      </c>
+      <c r="AV1" s="1133"/>
+      <c r="AW1" s="1133"/>
+      <c r="AX1" s="1133"/>
+      <c r="AY1" s="1133"/>
+      <c r="AZ1" s="228" t="s">
+        <v>250</v>
+      </c>
+      <c r="BA1" s="227" t="s">
+        <v>249</v>
+      </c>
+      <c r="BB1" s="223" t="s">
+        <v>248</v>
+      </c>
+      <c r="BC1" s="223" t="s">
+        <v>247</v>
+      </c>
+      <c r="BD1" s="223" t="s">
+        <v>246</v>
+      </c>
+      <c r="BE1" s="223" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="2" spans="1:57" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="219"/>
+      <c r="B2" s="218"/>
+      <c r="C2" s="218"/>
+      <c r="D2" s="218"/>
+      <c r="E2" s="218"/>
+      <c r="I2" s="1276" t="s">
+        <v>301</v>
+      </c>
+      <c r="J2" s="1277"/>
+      <c r="K2" s="1277"/>
+      <c r="L2" s="1277"/>
+      <c r="AK2" s="217"/>
+      <c r="AN2" s="164"/>
+      <c r="AO2" s="216"/>
+      <c r="AP2" s="216">
+        <v>270</v>
+      </c>
+      <c r="AQ2" s="216" t="s">
+        <v>244</v>
+      </c>
+      <c r="AR2" s="216">
+        <v>680</v>
+      </c>
+      <c r="AS2" s="223" t="s">
+        <v>243</v>
+      </c>
+      <c r="AT2" s="226" t="s">
+        <v>242</v>
+      </c>
+      <c r="AU2" s="223" t="s">
+        <v>241</v>
+      </c>
+      <c r="AV2" s="223" t="s">
+        <v>240</v>
+      </c>
+      <c r="AW2" s="223" t="s">
+        <v>239</v>
+      </c>
+      <c r="AX2" s="223" t="s">
+        <v>238</v>
+      </c>
+      <c r="AY2" s="223" t="s">
+        <v>237</v>
+      </c>
+      <c r="AZ2" s="163">
+        <f>IF(AE20&lt;0,0,IF(AE20&lt;2.51,1,IF(AE20&lt;5.01,2,IF(AE20&lt;7.51,3,IF(AE20&lt;10.01,4,IF(AE20&lt;12.51,5,IF(AE20&lt;15.01,6,IF(AE20&lt;17.51,7,IF(AE20&lt;20.01,8,IF(AE20&lt;22.51,9,IF(AE20&lt;25.01,10,IF(AE20&lt;27.51,11,IF(AE20&lt;30.01,12,IF(AE20&lt;32.51,13,IF(AE20&lt;35.01,14,IF(AE20&lt;37.51,15,IF(AE20&lt;40.01,16,IF(AE20&lt;42.51,17,IF(AE20&lt;45.01,18,IF(AE20&lt;47.51,19,IF(AE20&lt;50.01,20,IF(AE20&lt;52.51,21,IF(AE20&lt;55.01,22,IF(AE20&lt;57.51,23,IF(AE20&lt;60,24,25)))))))))))))))))))))))))</f>
+        <v>12</v>
+      </c>
+      <c r="BA2" s="223" t="s">
+        <v>236</v>
+      </c>
+      <c r="BB2" s="223">
+        <v>1.57</v>
+      </c>
+      <c r="BC2" s="223">
+        <v>1.84</v>
+      </c>
+      <c r="BD2" s="223">
+        <f>63*(C19-38)/1000000</f>
+        <v>4.1958000000000002E-2</v>
+      </c>
+      <c r="BE2" s="223">
+        <f>(C18-10)*(C19-35)/1000000</f>
+        <v>0.32780999999999999</v>
+      </c>
+    </row>
+    <row r="3" spans="1:57" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="219"/>
+      <c r="B3" s="218"/>
+      <c r="C3" s="218"/>
+      <c r="D3" s="218"/>
+      <c r="E3" s="218"/>
+      <c r="I3" s="1277"/>
+      <c r="J3" s="1277"/>
+      <c r="K3" s="1277"/>
+      <c r="L3" s="1277"/>
+      <c r="AK3" s="217"/>
+      <c r="AN3" s="164"/>
+      <c r="AO3" s="216" t="s">
+        <v>235</v>
+      </c>
+      <c r="AP3" s="216">
+        <v>300</v>
+      </c>
+      <c r="AQ3" s="216" t="s">
+        <v>234</v>
+      </c>
+      <c r="AR3" s="216">
+        <v>550</v>
+      </c>
+      <c r="AS3" s="223" t="s">
+        <v>233</v>
+      </c>
+      <c r="AT3" s="226" t="s">
+        <v>232</v>
+      </c>
+      <c r="AU3" s="223" t="s">
+        <v>231</v>
+      </c>
+      <c r="AV3" s="223">
+        <v>1</v>
+      </c>
+      <c r="AW3" s="223">
+        <f>IF(C18=AP6,BB9,BC9)</f>
+        <v>1.84</v>
+      </c>
+      <c r="AX3" s="223">
+        <v>1</v>
+      </c>
+      <c r="AY3" s="223">
+        <f>AV3*AW3*AX3</f>
+        <v>1.84</v>
+      </c>
+      <c r="BA3" s="223" t="s">
+        <v>230</v>
+      </c>
+      <c r="BB3" s="223">
+        <v>1.417</v>
+      </c>
+      <c r="BC3" s="223">
+        <v>1.53</v>
+      </c>
+      <c r="BD3" s="223">
+        <f>39*(C19-38)/1000000</f>
+        <v>2.5974000000000001E-2</v>
+      </c>
+      <c r="BE3" s="223">
+        <f>(C18-10)*(C19-35)/1000000</f>
+        <v>0.32780999999999999</v>
+      </c>
+    </row>
+    <row r="4" spans="1:57" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="219"/>
+      <c r="B4" s="218"/>
+      <c r="C4" s="218"/>
+      <c r="D4" s="218"/>
+      <c r="E4" s="218"/>
+      <c r="I4" s="1277"/>
+      <c r="J4" s="1277"/>
+      <c r="K4" s="1277"/>
+      <c r="L4" s="1277"/>
+      <c r="AK4" s="217"/>
+      <c r="AN4" s="164"/>
+      <c r="AO4" s="216"/>
+      <c r="AP4" s="216">
+        <v>350</v>
+      </c>
+      <c r="AQ4" s="216" t="s">
+        <v>228</v>
+      </c>
+      <c r="AR4" s="216">
+        <v>750</v>
+      </c>
+      <c r="AS4" s="223" t="s">
+        <v>227</v>
+      </c>
+      <c r="AU4" s="223" t="s">
+        <v>226</v>
+      </c>
+      <c r="AV4" s="223">
+        <f>BD9</f>
+        <v>4.1958000000000002E-2</v>
+      </c>
+      <c r="AW4" s="223">
+        <f>AR2</f>
+        <v>680</v>
+      </c>
+      <c r="AX4" s="223">
+        <v>16</v>
+      </c>
+      <c r="AY4" s="223">
+        <f>AV4*AW4*AX4/1000</f>
+        <v>0.45650303999999997</v>
+      </c>
+      <c r="BA4" s="223" t="s">
+        <v>225</v>
+      </c>
+      <c r="BB4" s="223">
+        <v>2.17</v>
+      </c>
+      <c r="BC4" s="223">
+        <v>2.3359999999999999</v>
+      </c>
+      <c r="BD4" s="223">
+        <f>101*(C19-38)/1000000</f>
+        <v>6.7266000000000006E-2</v>
+      </c>
+      <c r="BE4" s="223">
+        <f>(C18-10)*(C19-35)/1000000</f>
+        <v>0.32780999999999999</v>
+      </c>
+    </row>
+    <row r="5" spans="1:57" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="219"/>
+      <c r="B5" s="218"/>
+      <c r="C5" s="218"/>
+      <c r="D5" s="218"/>
+      <c r="E5" s="218"/>
+      <c r="I5" s="1277"/>
+      <c r="J5" s="1277"/>
+      <c r="K5" s="1277"/>
+      <c r="L5" s="1277"/>
+      <c r="AK5" s="217"/>
+      <c r="AN5" s="164"/>
+      <c r="AO5" s="216"/>
+      <c r="AP5" s="216">
+        <v>400</v>
+      </c>
+      <c r="AQ5" s="216" t="s">
+        <v>223</v>
+      </c>
+      <c r="AR5" s="216">
+        <v>690</v>
+      </c>
+      <c r="AS5" s="223" t="s">
+        <v>194</v>
+      </c>
+      <c r="AU5" s="223" t="s">
+        <v>222</v>
+      </c>
+      <c r="AV5" s="223">
+        <f>BE9</f>
+        <v>0.32780999999999999</v>
+      </c>
+      <c r="AW5" s="223">
+        <f>AR2</f>
+        <v>680</v>
+      </c>
+      <c r="AX5" s="223">
+        <v>16</v>
+      </c>
+      <c r="AY5" s="223">
+        <f>AV5*AW5*AX5/1000</f>
+        <v>3.5665727999999999</v>
+      </c>
+      <c r="BA5" s="223" t="s">
+        <v>221</v>
+      </c>
+      <c r="BB5" s="223">
+        <v>2.6259999999999999</v>
+      </c>
+      <c r="BC5" s="223">
+        <v>2.871</v>
+      </c>
+      <c r="BD5" s="223">
+        <f>148*(C19-38)/1000000</f>
+        <v>9.8568000000000003E-2</v>
+      </c>
+      <c r="BE5" s="223">
+        <f>(C18-10)*(C19-35)/1000000</f>
+        <v>0.32780999999999999</v>
+      </c>
+    </row>
+    <row r="6" spans="1:57" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="219"/>
+      <c r="B6" s="218"/>
+      <c r="C6" s="218"/>
+      <c r="D6" s="218"/>
+      <c r="E6" s="218"/>
+      <c r="H6" s="220"/>
+      <c r="I6" s="1277"/>
+      <c r="J6" s="1277"/>
+      <c r="K6" s="1277"/>
+      <c r="L6" s="1277"/>
+      <c r="M6" s="220"/>
+      <c r="N6" s="220"/>
+      <c r="O6" s="220"/>
+      <c r="P6" s="220"/>
+      <c r="Q6" s="220"/>
+      <c r="R6" s="220"/>
+      <c r="S6" s="220"/>
+      <c r="T6" s="220"/>
+      <c r="U6" s="220"/>
+      <c r="V6" s="220"/>
+      <c r="W6" s="220"/>
+      <c r="X6" s="220"/>
+      <c r="Y6" s="220"/>
+      <c r="Z6" s="220"/>
+      <c r="AA6" s="220"/>
+      <c r="AB6" s="220"/>
+      <c r="AC6" s="220"/>
+      <c r="AD6" s="220"/>
+      <c r="AE6" s="220"/>
+      <c r="AF6" s="220"/>
+      <c r="AG6" s="220"/>
+      <c r="AH6" s="220"/>
+      <c r="AI6" s="220"/>
+      <c r="AJ6" s="220"/>
+      <c r="AK6" s="221"/>
+      <c r="AL6" s="220"/>
+      <c r="AN6" s="164"/>
+      <c r="AO6" s="216"/>
+      <c r="AP6" s="216">
+        <v>450</v>
+      </c>
+      <c r="AQ6" s="216" t="s">
+        <v>195</v>
+      </c>
+      <c r="AR6" s="216">
+        <v>760</v>
+      </c>
+      <c r="AS6" s="223" t="s">
+        <v>219</v>
+      </c>
+      <c r="AU6" s="223" t="s">
+        <v>218</v>
+      </c>
+      <c r="AV6" s="223">
+        <f>C23*C24/1000000</f>
+        <v>0.17100000000000001</v>
+      </c>
+      <c r="AW6" s="223">
+        <f>IF(C22=AQ2,AR2,IF(C22=AQ3,AR3,IF(C22=AQ4,AR4,IF(C22=AQ5,AR5,IF(C22=AQ6,AR6,IF(C22=AQ7,AR7,0))))))</f>
+        <v>760</v>
+      </c>
+      <c r="AX6" s="223">
+        <f>IF(D22=AS2,10,IF(D22=AS3,16,IF(D22=AS4,18,IF(D22=AS5,19,IF(D22=AS6,4,0)))))</f>
+        <v>19</v>
+      </c>
+      <c r="AY6" s="223">
+        <f>AV6*AW6*AX6/1000</f>
+        <v>2.4692400000000001</v>
+      </c>
+      <c r="BA6" s="223" t="s">
+        <v>217</v>
+      </c>
+      <c r="BB6" s="223">
+        <v>3.411</v>
+      </c>
+      <c r="BC6" s="223">
+        <v>3.673</v>
+      </c>
+      <c r="BD6" s="223">
+        <f>212*(C19-38)/1000000</f>
+        <v>0.14119200000000001</v>
+      </c>
+      <c r="BE6" s="223">
+        <f>(C18-10)*(C19-35)/1000000</f>
+        <v>0.32780999999999999</v>
+      </c>
+    </row>
+    <row r="7" spans="1:57" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="219"/>
+      <c r="B7" s="218"/>
+      <c r="C7" s="218"/>
+      <c r="D7" s="218"/>
+      <c r="E7" s="218"/>
+      <c r="H7" s="220"/>
+      <c r="I7" s="1277"/>
+      <c r="J7" s="1277"/>
+      <c r="K7" s="1277"/>
+      <c r="L7" s="1277"/>
+      <c r="M7" s="220"/>
+      <c r="N7" s="220"/>
+      <c r="O7" s="220"/>
+      <c r="P7" s="220"/>
+      <c r="Q7" s="220"/>
+      <c r="R7" s="220"/>
+      <c r="S7" s="220"/>
+      <c r="T7" s="220"/>
+      <c r="U7" s="220"/>
+      <c r="V7" s="220"/>
+      <c r="W7" s="220"/>
+      <c r="X7" s="220"/>
+      <c r="Y7" s="225"/>
+      <c r="Z7" s="220"/>
+      <c r="AA7" s="220"/>
+      <c r="AB7" s="220"/>
+      <c r="AC7" s="220"/>
+      <c r="AD7" s="220"/>
+      <c r="AE7" s="220"/>
+      <c r="AF7" s="220"/>
+      <c r="AG7" s="220"/>
+      <c r="AH7" s="220"/>
+      <c r="AI7" s="220"/>
+      <c r="AJ7" s="220"/>
+      <c r="AK7" s="221"/>
+      <c r="AL7" s="220"/>
+      <c r="AO7" s="216"/>
+      <c r="AP7" s="216">
+        <v>500</v>
+      </c>
+      <c r="AQ7" s="216" t="s">
+        <v>215</v>
+      </c>
+      <c r="AR7" s="216">
+        <v>900</v>
+      </c>
+      <c r="AS7" s="223"/>
+      <c r="AY7" s="222">
+        <f>SUM(AY3:AY6)</f>
+        <v>8.3323158399999997</v>
+      </c>
+      <c r="BA7" s="223" t="s">
+        <v>214</v>
+      </c>
+      <c r="BB7" s="223">
+        <f>2.027+(0.796/1043*(C19-126))</f>
+        <v>2.4681198465963567</v>
+      </c>
+      <c r="BC7" s="223">
+        <f>2.167+(0.796/1043*(C19-126))</f>
+        <v>2.6081198465963564</v>
+      </c>
+      <c r="BD7" s="223">
+        <f>63*(C19-38)/1000000</f>
+        <v>4.1958000000000002E-2</v>
+      </c>
+      <c r="BE7" s="223">
+        <f>(C18-10)*(C19-35)/1000000</f>
+        <v>0.32780999999999999</v>
+      </c>
+    </row>
+    <row r="8" spans="1:57" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="219"/>
+      <c r="B8" s="218"/>
+      <c r="C8" s="218"/>
+      <c r="D8" s="218"/>
+      <c r="E8" s="218"/>
+      <c r="H8" s="220"/>
+      <c r="I8" s="1277"/>
+      <c r="J8" s="1277"/>
+      <c r="K8" s="1277"/>
+      <c r="L8" s="1277"/>
+      <c r="M8" s="220"/>
+      <c r="N8" s="220"/>
+      <c r="O8" s="220"/>
+      <c r="P8" s="220"/>
+      <c r="Q8" s="220"/>
+      <c r="R8" s="220"/>
+      <c r="S8" s="220"/>
+      <c r="T8" s="220"/>
+      <c r="U8" s="220"/>
+      <c r="V8" s="220"/>
+      <c r="W8" s="220"/>
+      <c r="X8" s="220"/>
+      <c r="Y8" s="220"/>
+      <c r="Z8" s="220"/>
+      <c r="AA8" s="220"/>
+      <c r="AB8" s="220"/>
+      <c r="AC8" s="220"/>
+      <c r="AD8" s="220"/>
+      <c r="AE8" s="220"/>
+      <c r="AF8" s="220"/>
+      <c r="AG8" s="220"/>
+      <c r="AH8" s="220"/>
+      <c r="AI8" s="220"/>
+      <c r="AJ8" s="220"/>
+      <c r="AK8" s="221"/>
+      <c r="AL8" s="220"/>
+      <c r="AO8" s="216"/>
+      <c r="AP8" s="216">
+        <v>550</v>
+      </c>
+      <c r="AQ8" s="164"/>
+      <c r="AR8" s="164"/>
+      <c r="AY8" s="224"/>
+      <c r="BA8" s="223" t="s">
+        <v>212</v>
+      </c>
+      <c r="BB8" s="223">
+        <f>3.102+(0.796/1043*(C19-126))+(0.344/1080*(C19-90))</f>
+        <v>3.7386902169667269</v>
+      </c>
+      <c r="BC8" s="223">
+        <f>3.347+(0.796/1043*(C19-126))+(0.344/1080*(C19-90))</f>
+        <v>3.983690216966727</v>
+      </c>
+      <c r="BD8" s="223">
+        <f>148*(C19-38)/1000000</f>
+        <v>9.8568000000000003E-2</v>
+      </c>
+      <c r="BE8" s="223">
+        <f>(C18-10)*(C19-35)/1000000</f>
+        <v>0.32780999999999999</v>
+      </c>
+    </row>
+    <row r="9" spans="1:57" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="219"/>
+      <c r="B9" s="218"/>
+      <c r="C9" s="218"/>
+      <c r="D9" s="218"/>
+      <c r="E9" s="218"/>
+      <c r="H9" s="220"/>
+      <c r="I9" s="1277"/>
+      <c r="J9" s="1277"/>
+      <c r="K9" s="1277"/>
+      <c r="L9" s="1277"/>
+      <c r="M9" s="220"/>
+      <c r="N9" s="220"/>
+      <c r="O9" s="220"/>
+      <c r="P9" s="220"/>
+      <c r="Q9" s="220"/>
+      <c r="R9" s="220"/>
+      <c r="S9" s="220"/>
+      <c r="T9" s="220"/>
+      <c r="U9" s="220"/>
+      <c r="V9" s="220"/>
+      <c r="W9" s="220"/>
+      <c r="X9" s="220"/>
+      <c r="Y9" s="220"/>
+      <c r="Z9" s="220"/>
+      <c r="AA9" s="220"/>
+      <c r="AB9" s="220"/>
+      <c r="AC9" s="220"/>
+      <c r="AD9" s="220"/>
+      <c r="AE9" s="220"/>
+      <c r="AF9" s="220"/>
+      <c r="AG9" s="220"/>
+      <c r="AH9" s="220"/>
+      <c r="AI9" s="220"/>
+      <c r="AJ9" s="220"/>
+      <c r="AK9" s="221"/>
+      <c r="AL9" s="220"/>
+      <c r="AP9" s="216">
+        <v>600</v>
+      </c>
+      <c r="AQ9" s="164"/>
+      <c r="AR9" s="164"/>
+      <c r="BA9" s="223" t="s">
+        <v>211</v>
+      </c>
+      <c r="BB9" s="222">
+        <f>IF(C17=AO2,BB3,IF(C17=AO3,BB2,IF(C17=AO4,BB4,IF(C17=AO5,BB5,IF(C17=AO6,BB6,IF(C17=AO7,BB7,IF(C17=AO8,BB8,0)))))))</f>
+        <v>1.57</v>
+      </c>
+      <c r="BC9" s="222">
+        <f>IF(C17=AO2,BC3,IF(C17=AO3,BC2,IF(C17=AO4,BC4,IF(C17=AO5,BC5,IF(C17=AO6,BC6,IF(C17=AO7,BC7,IF(C17=AO8,BC8,0)))))))</f>
+        <v>1.84</v>
+      </c>
+      <c r="BD9" s="222">
+        <f>IF(C17=AO2,BD3,IF(C17=AO3,BD2,IF(C17=AO4,BD4,IF(C17=AO5,BD5,IF(C17=AO6,BD6,IF(C17=AO7,BD7,IF(C17=AO8,BD8,0)))))))</f>
+        <v>4.1958000000000002E-2</v>
+      </c>
+      <c r="BE9" s="222">
+        <f>(C18-10)*(C19-35)/1000000</f>
+        <v>0.32780999999999999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:57" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="219"/>
+      <c r="B10" s="218"/>
+      <c r="C10" s="218"/>
+      <c r="D10" s="218"/>
+      <c r="E10" s="218"/>
+      <c r="H10" s="220"/>
+      <c r="I10" s="1277"/>
+      <c r="J10" s="1277"/>
+      <c r="K10" s="1277"/>
+      <c r="L10" s="1277"/>
+      <c r="M10" s="220"/>
+      <c r="N10" s="220"/>
+      <c r="O10" s="220"/>
+      <c r="P10" s="220"/>
+      <c r="Q10" s="220"/>
+      <c r="R10" s="220"/>
+      <c r="S10" s="220"/>
+      <c r="T10" s="220"/>
+      <c r="U10" s="220"/>
+      <c r="V10" s="220"/>
+      <c r="W10" s="220"/>
+      <c r="X10" s="220"/>
+      <c r="Y10" s="220"/>
+      <c r="Z10" s="220"/>
+      <c r="AA10" s="220"/>
+      <c r="AB10" s="220"/>
+      <c r="AC10" s="220"/>
+      <c r="AD10" s="220"/>
+      <c r="AE10" s="220"/>
+      <c r="AF10" s="220"/>
+      <c r="AG10" s="220"/>
+      <c r="AH10" s="220"/>
+      <c r="AI10" s="220"/>
+      <c r="AJ10" s="220"/>
+      <c r="AK10" s="221"/>
+      <c r="AL10" s="220"/>
+      <c r="AP10" s="216">
+        <v>650</v>
+      </c>
+      <c r="AQ10" s="164"/>
+      <c r="AR10" s="164"/>
+    </row>
+    <row r="11" spans="1:57" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="219"/>
+      <c r="B11" s="218"/>
+      <c r="C11" s="218"/>
+      <c r="D11" s="218"/>
+      <c r="E11" s="218"/>
+      <c r="I11" s="1277"/>
+      <c r="J11" s="1277"/>
+      <c r="K11" s="1277"/>
+      <c r="L11" s="1277"/>
+      <c r="AK11" s="217"/>
+      <c r="AP11" s="216">
+        <v>700</v>
+      </c>
+      <c r="AQ11" s="164"/>
+      <c r="AR11" s="164"/>
+    </row>
+    <row r="12" spans="1:57" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="1134" t="s">
+        <v>210</v>
+      </c>
+      <c r="B12" s="1135"/>
+      <c r="C12" s="1135"/>
+      <c r="D12" s="1135"/>
+      <c r="E12" s="1135"/>
+      <c r="F12" s="1135"/>
+      <c r="G12" s="1135"/>
+      <c r="H12" s="1135"/>
+      <c r="I12" s="1135"/>
+      <c r="J12" s="1135"/>
+      <c r="K12" s="1135"/>
+      <c r="L12" s="1135"/>
+      <c r="M12" s="1135"/>
+      <c r="N12" s="1135"/>
+      <c r="O12" s="1135"/>
+      <c r="P12" s="1135"/>
+      <c r="Q12" s="1135"/>
+      <c r="R12" s="1135"/>
+      <c r="S12" s="1135"/>
+      <c r="T12" s="1135"/>
+      <c r="U12" s="1135"/>
+      <c r="V12" s="1135"/>
+      <c r="W12" s="1135"/>
+      <c r="X12" s="1135"/>
+      <c r="Y12" s="1135"/>
+      <c r="Z12" s="1135"/>
+      <c r="AA12" s="1135"/>
+      <c r="AB12" s="1135"/>
+      <c r="AC12" s="1135"/>
+      <c r="AD12" s="1135"/>
+      <c r="AE12" s="1135"/>
+      <c r="AF12" s="1135"/>
+      <c r="AG12" s="1135"/>
+      <c r="AH12" s="1135"/>
+      <c r="AI12" s="1135"/>
+      <c r="AJ12" s="1135"/>
+      <c r="AK12" s="1136"/>
+      <c r="AP12" s="216">
+        <v>750</v>
+      </c>
+      <c r="AQ12" s="164"/>
+      <c r="AR12" s="164"/>
+    </row>
+    <row r="13" spans="1:57" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="215" t="s">
+        <v>209</v>
+      </c>
+      <c r="B13" s="212"/>
+      <c r="C13" s="212"/>
+      <c r="D13" s="212"/>
+      <c r="E13" s="212"/>
+      <c r="F13" s="214"/>
+      <c r="G13" s="210"/>
+      <c r="H13" s="210"/>
+      <c r="I13" s="210"/>
+      <c r="J13" s="210"/>
+      <c r="K13" s="210"/>
+      <c r="L13" s="210"/>
+      <c r="M13" s="210"/>
+      <c r="N13" s="210"/>
+      <c r="O13" s="210"/>
+      <c r="P13" s="210"/>
+      <c r="Q13" s="210"/>
+      <c r="R13" s="210"/>
+      <c r="S13" s="210"/>
+      <c r="T13" s="210"/>
+      <c r="U13" s="210"/>
+      <c r="V13" s="210"/>
+      <c r="W13" s="210"/>
+      <c r="X13" s="210"/>
+      <c r="Y13" s="210"/>
+      <c r="Z13" s="210"/>
+      <c r="AA13" s="210"/>
+      <c r="AB13" s="210"/>
+      <c r="AC13" s="210"/>
+      <c r="AD13" s="210"/>
+      <c r="AE13" s="210"/>
+      <c r="AF13" s="210"/>
+      <c r="AG13" s="210"/>
+      <c r="AH13" s="210"/>
+      <c r="AI13" s="210"/>
+      <c r="AJ13" s="210"/>
+      <c r="AK13" s="209"/>
+      <c r="AP13" s="164"/>
+      <c r="AQ13" s="164"/>
+      <c r="AR13" s="164"/>
+      <c r="BA13" s="340"/>
+    </row>
+    <row r="14" spans="1:57" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="213" t="s">
+        <v>208</v>
+      </c>
+      <c r="B14" s="212"/>
+      <c r="C14" s="212"/>
+      <c r="D14" s="212"/>
+      <c r="E14" s="212"/>
+      <c r="F14" s="211"/>
+      <c r="G14" s="210"/>
+      <c r="H14" s="210"/>
+      <c r="I14" s="210"/>
+      <c r="J14" s="210"/>
+      <c r="K14" s="210"/>
+      <c r="L14" s="210"/>
+      <c r="M14" s="210"/>
+      <c r="N14" s="210"/>
+      <c r="O14" s="210"/>
+      <c r="P14" s="210"/>
+      <c r="Q14" s="210"/>
+      <c r="R14" s="210"/>
+      <c r="S14" s="210"/>
+      <c r="T14" s="210"/>
+      <c r="U14" s="210"/>
+      <c r="V14" s="210"/>
+      <c r="W14" s="210"/>
+      <c r="X14" s="210"/>
+      <c r="Y14" s="210"/>
+      <c r="Z14" s="210"/>
+      <c r="AA14" s="210"/>
+      <c r="AB14" s="210"/>
+      <c r="AC14" s="210"/>
+      <c r="AD14" s="210"/>
+      <c r="AE14" s="210"/>
+      <c r="AF14" s="210"/>
+      <c r="AG14" s="210"/>
+      <c r="AH14" s="210"/>
+      <c r="AI14" s="210"/>
+      <c r="AJ14" s="210"/>
+      <c r="AK14" s="209"/>
+      <c r="AP14" s="164"/>
+      <c r="AQ14" s="164"/>
+      <c r="AR14" s="164"/>
+      <c r="BA14" s="340"/>
+      <c r="BD14" s="341"/>
+    </row>
+    <row r="15" spans="1:57" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="283"/>
+      <c r="B15" s="1137" t="s">
+        <v>207</v>
+      </c>
+      <c r="C15" s="1137"/>
+      <c r="D15" s="1137"/>
+      <c r="E15" s="201"/>
+      <c r="F15" s="201"/>
+      <c r="G15" s="201"/>
+      <c r="H15" s="201"/>
+      <c r="I15" s="201"/>
+      <c r="J15" s="201"/>
+      <c r="K15" s="201"/>
+      <c r="L15" s="208"/>
+      <c r="M15" s="1138" t="s">
+        <v>206</v>
+      </c>
+      <c r="N15" s="1138"/>
+      <c r="O15" s="1138"/>
+      <c r="P15" s="1138"/>
+      <c r="Q15" s="1138"/>
+      <c r="R15" s="1138"/>
+      <c r="S15" s="1138"/>
+      <c r="T15" s="1138"/>
+      <c r="U15" s="1138"/>
+      <c r="V15" s="1138"/>
+      <c r="W15" s="1138"/>
+      <c r="X15" s="1138"/>
+      <c r="Y15" s="1138"/>
+      <c r="Z15" s="1138"/>
+      <c r="AA15" s="1138"/>
+      <c r="AB15" s="1138"/>
+      <c r="AC15" s="1138"/>
+      <c r="AD15" s="1138"/>
+      <c r="AE15" s="1138"/>
+      <c r="AF15" s="1138"/>
+      <c r="AG15" s="1138"/>
+      <c r="AH15" s="1138"/>
+      <c r="AI15" s="1138"/>
+      <c r="AJ15" s="1138"/>
+      <c r="AK15" s="173"/>
+      <c r="AP15" s="164"/>
+      <c r="AQ15" s="164"/>
+      <c r="AR15" s="164"/>
+      <c r="BD15" s="341"/>
+    </row>
+    <row r="16" spans="1:57" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="283"/>
+      <c r="B16" s="1137"/>
+      <c r="C16" s="1137"/>
+      <c r="D16" s="1137"/>
+      <c r="E16" s="201"/>
+      <c r="F16" s="165"/>
+      <c r="G16" s="196"/>
+      <c r="H16" s="195"/>
+      <c r="I16" s="290"/>
+      <c r="J16" s="201"/>
+      <c r="K16" s="201"/>
+      <c r="L16" s="208"/>
+      <c r="M16" s="1138"/>
+      <c r="N16" s="1138"/>
+      <c r="O16" s="1138"/>
+      <c r="P16" s="1138"/>
+      <c r="Q16" s="1138"/>
+      <c r="R16" s="1138"/>
+      <c r="S16" s="1138"/>
+      <c r="T16" s="1138"/>
+      <c r="U16" s="1138"/>
+      <c r="V16" s="1138"/>
+      <c r="W16" s="1138"/>
+      <c r="X16" s="1138"/>
+      <c r="Y16" s="1138"/>
+      <c r="Z16" s="1138"/>
+      <c r="AA16" s="1138"/>
+      <c r="AB16" s="1138"/>
+      <c r="AC16" s="1138"/>
+      <c r="AD16" s="1138"/>
+      <c r="AE16" s="1138"/>
+      <c r="AF16" s="1138"/>
+      <c r="AG16" s="1138"/>
+      <c r="AH16" s="1138"/>
+      <c r="AI16" s="1138"/>
+      <c r="AJ16" s="1138"/>
+      <c r="AK16" s="173"/>
+      <c r="AP16" s="164"/>
+      <c r="AQ16" s="164"/>
+      <c r="AR16" s="164"/>
+    </row>
+    <row r="17" spans="1:50" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="283"/>
+      <c r="B17" s="194" t="s">
+        <v>297</v>
+      </c>
+      <c r="C17" s="1274" t="s">
+        <v>281</v>
+      </c>
+      <c r="D17" s="1275"/>
+      <c r="E17" s="174"/>
+      <c r="F17" s="166"/>
+      <c r="G17" s="196"/>
+      <c r="H17" s="170"/>
+      <c r="I17" s="290"/>
+      <c r="J17" s="174"/>
+      <c r="K17" s="174"/>
+      <c r="L17" s="208"/>
+      <c r="M17" s="1138"/>
+      <c r="N17" s="1138"/>
+      <c r="O17" s="1138"/>
+      <c r="P17" s="1138"/>
+      <c r="Q17" s="1138"/>
+      <c r="R17" s="1138"/>
+      <c r="S17" s="1138"/>
+      <c r="T17" s="1138"/>
+      <c r="U17" s="1138"/>
+      <c r="V17" s="1138"/>
+      <c r="W17" s="1138"/>
+      <c r="X17" s="1138"/>
+      <c r="Y17" s="1138"/>
+      <c r="Z17" s="1138"/>
+      <c r="AA17" s="1138"/>
+      <c r="AB17" s="1138"/>
+      <c r="AC17" s="1138"/>
+      <c r="AD17" s="1138"/>
+      <c r="AE17" s="1138"/>
+      <c r="AF17" s="1138"/>
+      <c r="AG17" s="1138"/>
+      <c r="AH17" s="1138"/>
+      <c r="AI17" s="1138"/>
+      <c r="AJ17" s="1138"/>
+      <c r="AK17" s="173"/>
+      <c r="AP17" s="164"/>
+      <c r="AQ17" s="164"/>
+      <c r="AR17" s="164"/>
+    </row>
+    <row r="18" spans="1:50" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="283"/>
+      <c r="B18" s="207" t="s">
+        <v>204</v>
+      </c>
+      <c r="C18" s="1164">
+        <v>500</v>
+      </c>
+      <c r="D18" s="1164"/>
+      <c r="E18" s="289"/>
+      <c r="F18" s="206"/>
+      <c r="G18" s="196"/>
+      <c r="H18" s="170"/>
+      <c r="I18" s="290"/>
+      <c r="J18" s="174"/>
+      <c r="K18" s="174"/>
+      <c r="L18" s="201"/>
+      <c r="M18" s="1146" t="s">
+        <v>203</v>
+      </c>
+      <c r="N18" s="1147"/>
+      <c r="O18" s="1147"/>
+      <c r="P18" s="1147"/>
+      <c r="Q18" s="1147"/>
+      <c r="R18" s="1148"/>
+      <c r="S18" s="1146" t="s">
+        <v>202</v>
+      </c>
+      <c r="T18" s="1147"/>
+      <c r="U18" s="1147"/>
+      <c r="V18" s="1147"/>
+      <c r="W18" s="1147"/>
+      <c r="X18" s="1147"/>
+      <c r="Y18" s="1170" t="s">
+        <v>201</v>
+      </c>
+      <c r="Z18" s="1171"/>
+      <c r="AA18" s="1171"/>
+      <c r="AB18" s="1171"/>
+      <c r="AC18" s="1171"/>
+      <c r="AD18" s="1172"/>
+      <c r="AE18" s="1176" t="s">
+        <v>200</v>
+      </c>
+      <c r="AF18" s="1176"/>
+      <c r="AG18" s="1176"/>
+      <c r="AH18" s="1176"/>
+      <c r="AI18" s="1176"/>
+      <c r="AJ18" s="1176"/>
+      <c r="AK18" s="173"/>
+      <c r="AP18" s="164"/>
+      <c r="AQ18" s="164"/>
+      <c r="AR18" s="164"/>
+    </row>
+    <row r="19" spans="1:50" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="283"/>
+      <c r="B19" s="205" t="s">
+        <v>199</v>
+      </c>
+      <c r="C19" s="1165">
+        <v>704</v>
+      </c>
+      <c r="D19" s="1165"/>
+      <c r="E19" s="174"/>
+      <c r="F19" s="166"/>
+      <c r="G19" s="196"/>
+      <c r="H19" s="170"/>
+      <c r="I19" s="290"/>
+      <c r="J19" s="174"/>
+      <c r="K19" s="174"/>
+      <c r="L19" s="201"/>
+      <c r="M19" s="1149"/>
+      <c r="N19" s="1150"/>
+      <c r="O19" s="1150"/>
+      <c r="P19" s="1150"/>
+      <c r="Q19" s="1150"/>
+      <c r="R19" s="1151"/>
+      <c r="S19" s="1149"/>
+      <c r="T19" s="1150"/>
+      <c r="U19" s="1150"/>
+      <c r="V19" s="1150"/>
+      <c r="W19" s="1150"/>
+      <c r="X19" s="1150"/>
+      <c r="Y19" s="1173"/>
+      <c r="Z19" s="1174"/>
+      <c r="AA19" s="1174"/>
+      <c r="AB19" s="1174"/>
+      <c r="AC19" s="1174"/>
+      <c r="AD19" s="1175"/>
+      <c r="AE19" s="1176"/>
+      <c r="AF19" s="1176"/>
+      <c r="AG19" s="1176"/>
+      <c r="AH19" s="1176"/>
+      <c r="AI19" s="1176"/>
+      <c r="AJ19" s="1176"/>
+      <c r="AK19" s="173"/>
+      <c r="AP19" s="164"/>
+      <c r="AQ19" s="164"/>
+      <c r="AR19" s="164"/>
+    </row>
+    <row r="20" spans="1:50" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="283"/>
+      <c r="B20" s="1152" t="s">
+        <v>198</v>
+      </c>
+      <c r="C20" s="1153"/>
+      <c r="D20" s="1154"/>
+      <c r="E20" s="174"/>
+      <c r="F20" s="166"/>
+      <c r="G20" s="196"/>
+      <c r="H20" s="170"/>
+      <c r="I20" s="290"/>
+      <c r="J20" s="174"/>
+      <c r="K20" s="174"/>
+      <c r="L20" s="201"/>
+      <c r="M20" s="1140">
+        <f>AY7</f>
+        <v>8.3323158399999997</v>
+      </c>
+      <c r="N20" s="1141"/>
+      <c r="O20" s="1141"/>
+      <c r="P20" s="1141"/>
+      <c r="Q20" s="1141"/>
+      <c r="R20" s="1142"/>
+      <c r="S20" s="1143">
+        <f>C26/1000</f>
+        <v>0</v>
+      </c>
+      <c r="T20" s="1144"/>
+      <c r="U20" s="1144"/>
+      <c r="V20" s="1144"/>
+      <c r="W20" s="1144"/>
+      <c r="X20" s="1144"/>
+      <c r="Y20" s="1140">
+        <f>C27</f>
+        <v>20</v>
+      </c>
+      <c r="Z20" s="1141"/>
+      <c r="AA20" s="1141"/>
+      <c r="AB20" s="1141"/>
+      <c r="AC20" s="1141"/>
+      <c r="AD20" s="1142"/>
+      <c r="AE20" s="1145">
+        <f>M20+S20+Y20</f>
+        <v>28.33231584</v>
+      </c>
+      <c r="AF20" s="1145"/>
+      <c r="AG20" s="1145"/>
+      <c r="AH20" s="1145"/>
+      <c r="AI20" s="1145"/>
+      <c r="AJ20" s="1145"/>
+      <c r="AK20" s="173"/>
+      <c r="AP20" s="164"/>
+      <c r="AQ20" s="164"/>
+      <c r="AR20" s="164"/>
+      <c r="AX20" s="340"/>
+    </row>
+    <row r="21" spans="1:50" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="283"/>
+      <c r="B21" s="204"/>
+      <c r="C21" s="203" t="s">
+        <v>197</v>
+      </c>
+      <c r="D21" s="202" t="s">
+        <v>196</v>
+      </c>
+      <c r="E21" s="174"/>
+      <c r="F21" s="166"/>
+      <c r="G21" s="196"/>
+      <c r="H21" s="170"/>
+      <c r="I21" s="290"/>
+      <c r="J21" s="174"/>
+      <c r="K21" s="174"/>
+      <c r="L21" s="201"/>
+      <c r="M21" s="200"/>
+      <c r="N21" s="200"/>
+      <c r="O21" s="200"/>
+      <c r="P21" s="200"/>
+      <c r="Q21" s="200"/>
+      <c r="R21" s="200"/>
+      <c r="S21" s="200"/>
+      <c r="T21" s="200"/>
+      <c r="U21" s="200"/>
+      <c r="V21" s="200"/>
+      <c r="W21" s="200"/>
+      <c r="X21" s="200"/>
+      <c r="Y21" s="200"/>
+      <c r="Z21" s="200"/>
+      <c r="AA21" s="200"/>
+      <c r="AB21" s="200"/>
+      <c r="AC21" s="200"/>
+      <c r="AD21" s="200"/>
+      <c r="AE21" s="199"/>
+      <c r="AF21" s="199"/>
+      <c r="AG21" s="199"/>
+      <c r="AH21" s="199"/>
+      <c r="AI21" s="199"/>
+      <c r="AJ21" s="199"/>
+      <c r="AK21" s="173"/>
+      <c r="AP21" s="164"/>
+      <c r="AQ21" s="164"/>
+      <c r="AR21" s="164"/>
+      <c r="AX21" s="340"/>
+    </row>
+    <row r="22" spans="1:50" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="283"/>
+      <c r="B22" s="198" t="s">
+        <v>125</v>
+      </c>
+      <c r="C22" s="342" t="s">
+        <v>195</v>
+      </c>
+      <c r="D22" s="342" t="s">
+        <v>194</v>
+      </c>
+      <c r="E22" s="174"/>
+      <c r="F22" s="166"/>
+      <c r="G22" s="196"/>
+      <c r="H22" s="170"/>
+      <c r="I22" s="290"/>
+      <c r="J22" s="174"/>
+      <c r="K22" s="174"/>
+      <c r="L22" s="1187"/>
+      <c r="M22" s="1187"/>
+      <c r="N22" s="1187"/>
+      <c r="O22" s="1187"/>
+      <c r="P22" s="1187"/>
+      <c r="Q22" s="1187"/>
+      <c r="R22" s="1187"/>
+      <c r="S22" s="1187"/>
+      <c r="T22" s="1187"/>
+      <c r="U22" s="1187"/>
+      <c r="V22" s="1187"/>
+      <c r="W22" s="1187"/>
+      <c r="X22" s="1187"/>
+      <c r="Y22" s="1187"/>
+      <c r="Z22" s="1187"/>
+      <c r="AA22" s="1187"/>
+      <c r="AB22" s="1187"/>
+      <c r="AC22" s="1187"/>
+      <c r="AD22" s="1187"/>
+      <c r="AE22" s="1187"/>
+      <c r="AF22" s="1187"/>
+      <c r="AG22" s="1187"/>
+      <c r="AH22" s="1187"/>
+      <c r="AI22" s="1187"/>
+      <c r="AJ22" s="1187"/>
+      <c r="AK22" s="173"/>
+      <c r="AP22" s="164"/>
+      <c r="AQ22" s="164"/>
+      <c r="AR22" s="164"/>
+    </row>
+    <row r="23" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="283"/>
+      <c r="B23" s="194" t="s">
+        <v>51</v>
+      </c>
+      <c r="C23" s="1180">
+        <v>285</v>
+      </c>
+      <c r="D23" s="1180"/>
+      <c r="E23" s="174"/>
+      <c r="F23" s="166"/>
+      <c r="G23" s="196"/>
+      <c r="H23" s="195"/>
+      <c r="I23" s="290"/>
+      <c r="J23" s="174"/>
+      <c r="K23" s="174"/>
+      <c r="L23" s="1187"/>
+      <c r="M23" s="1187"/>
+      <c r="N23" s="1187"/>
+      <c r="O23" s="1187"/>
+      <c r="P23" s="1187"/>
+      <c r="Q23" s="1187"/>
+      <c r="R23" s="1187"/>
+      <c r="S23" s="1187"/>
+      <c r="T23" s="1187"/>
+      <c r="U23" s="1187"/>
+      <c r="V23" s="1187"/>
+      <c r="W23" s="1187"/>
+      <c r="X23" s="1187"/>
+      <c r="Y23" s="1187"/>
+      <c r="Z23" s="1187"/>
+      <c r="AA23" s="1187"/>
+      <c r="AB23" s="1187"/>
+      <c r="AC23" s="1187"/>
+      <c r="AD23" s="1187"/>
+      <c r="AE23" s="1187"/>
+      <c r="AF23" s="1187"/>
+      <c r="AG23" s="1187"/>
+      <c r="AH23" s="1187"/>
+      <c r="AI23" s="1187"/>
+      <c r="AJ23" s="1187"/>
+      <c r="AK23" s="173"/>
+      <c r="AP23" s="164"/>
+      <c r="AQ23" s="164"/>
+      <c r="AR23" s="164"/>
+    </row>
+    <row r="24" spans="1:50" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="283"/>
+      <c r="B24" s="194" t="s">
+        <v>193</v>
+      </c>
+      <c r="C24" s="1180">
+        <v>600</v>
+      </c>
+      <c r="D24" s="1180"/>
+      <c r="E24" s="174"/>
+      <c r="F24" s="193"/>
+      <c r="G24" s="193"/>
+      <c r="H24" s="193"/>
+      <c r="I24" s="291"/>
+      <c r="J24" s="291"/>
+      <c r="K24" s="1185" t="s">
+        <v>192</v>
+      </c>
+      <c r="L24" s="1186"/>
+      <c r="M24" s="1166" t="s">
+        <v>191</v>
+      </c>
+      <c r="N24" s="1166"/>
+      <c r="O24" s="1166"/>
+      <c r="P24" s="1166"/>
+      <c r="Q24" s="1166" t="s">
+        <v>190</v>
+      </c>
+      <c r="R24" s="1166"/>
+      <c r="S24" s="1166"/>
+      <c r="T24" s="1166"/>
+      <c r="U24" s="1166" t="s">
+        <v>189</v>
+      </c>
+      <c r="V24" s="1166"/>
+      <c r="W24" s="1166"/>
+      <c r="X24" s="1166"/>
+      <c r="Y24" s="1166" t="s">
+        <v>188</v>
+      </c>
+      <c r="Z24" s="1166"/>
+      <c r="AA24" s="1166"/>
+      <c r="AB24" s="1166"/>
+      <c r="AC24" s="1166" t="s">
+        <v>187</v>
+      </c>
+      <c r="AD24" s="1166"/>
+      <c r="AE24" s="1166"/>
+      <c r="AF24" s="1166"/>
+      <c r="AG24" s="1166" t="s">
+        <v>186</v>
+      </c>
+      <c r="AH24" s="1166"/>
+      <c r="AI24" s="1166"/>
+      <c r="AJ24" s="1166"/>
+      <c r="AK24" s="173"/>
+      <c r="AP24" s="164"/>
+      <c r="AQ24" s="164"/>
+      <c r="AR24" s="164"/>
+    </row>
+    <row r="25" spans="1:50" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="283"/>
+      <c r="B25" s="1137" t="s">
+        <v>185</v>
+      </c>
+      <c r="C25" s="1137"/>
+      <c r="D25" s="1157"/>
+      <c r="E25" s="1181"/>
+      <c r="F25" s="1181"/>
+      <c r="G25" s="1181"/>
+      <c r="H25" s="1181"/>
+      <c r="I25" s="174"/>
+      <c r="J25" s="174"/>
+      <c r="K25" s="1183" t="s">
+        <v>184</v>
+      </c>
+      <c r="L25" s="181" t="s">
+        <v>183</v>
+      </c>
+      <c r="M25" s="192"/>
+      <c r="N25" s="190"/>
+      <c r="O25" s="191"/>
+      <c r="P25" s="191"/>
+      <c r="Q25" s="191"/>
+      <c r="R25" s="191"/>
+      <c r="S25" s="190"/>
+      <c r="T25" s="189"/>
+      <c r="U25" s="188"/>
+      <c r="V25" s="188"/>
+      <c r="W25" s="188"/>
+      <c r="X25" s="188"/>
+      <c r="Y25" s="188"/>
+      <c r="Z25" s="188"/>
+      <c r="AA25" s="188"/>
+      <c r="AB25" s="188"/>
+      <c r="AC25" s="188"/>
+      <c r="AD25" s="188"/>
+      <c r="AE25" s="187"/>
+      <c r="AF25" s="187"/>
+      <c r="AG25" s="187"/>
+      <c r="AH25" s="187"/>
+      <c r="AI25" s="187"/>
+      <c r="AJ25" s="186"/>
+      <c r="AK25" s="173"/>
+      <c r="AP25" s="164"/>
+      <c r="AQ25" s="164"/>
+      <c r="AR25" s="164"/>
+    </row>
+    <row r="26" spans="1:50" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="283"/>
+      <c r="B26" s="185" t="s">
+        <v>182</v>
+      </c>
+      <c r="C26" s="1156">
+        <v>0</v>
+      </c>
+      <c r="D26" s="1157"/>
+      <c r="E26" s="1158" t="s">
+        <v>181</v>
+      </c>
+      <c r="F26" s="1159"/>
+      <c r="G26" s="1159"/>
+      <c r="H26" s="1159"/>
+      <c r="I26" s="174"/>
+      <c r="J26" s="174"/>
+      <c r="K26" s="1184"/>
+      <c r="L26" s="181" t="s">
+        <v>180</v>
+      </c>
+      <c r="M26" s="184"/>
+      <c r="N26" s="183"/>
+      <c r="O26" s="177"/>
+      <c r="P26" s="176"/>
+      <c r="Q26" s="176"/>
+      <c r="R26" s="176"/>
+      <c r="S26" s="176"/>
+      <c r="T26" s="176"/>
+      <c r="U26" s="176"/>
+      <c r="V26" s="176"/>
+      <c r="W26" s="176"/>
+      <c r="X26" s="176"/>
+      <c r="Y26" s="176"/>
+      <c r="Z26" s="176"/>
+      <c r="AA26" s="176"/>
+      <c r="AB26" s="175"/>
+      <c r="AC26" s="183"/>
+      <c r="AD26" s="183"/>
+      <c r="AE26" s="183"/>
+      <c r="AF26" s="183"/>
+      <c r="AG26" s="183"/>
+      <c r="AH26" s="183"/>
+      <c r="AI26" s="183"/>
+      <c r="AJ26" s="182"/>
+      <c r="AK26" s="173"/>
+      <c r="AP26" s="164"/>
+      <c r="AQ26" s="164"/>
+      <c r="AR26" s="164"/>
+    </row>
+    <row r="27" spans="1:50" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="283"/>
+      <c r="B27" s="1162" t="s">
+        <v>179</v>
+      </c>
+      <c r="C27" s="1156">
+        <v>20</v>
+      </c>
+      <c r="D27" s="1157"/>
+      <c r="E27" s="1160"/>
+      <c r="F27" s="1161"/>
+      <c r="G27" s="1161"/>
+      <c r="H27" s="1161"/>
+      <c r="I27" s="174"/>
+      <c r="J27" s="174"/>
+      <c r="K27" s="1184"/>
+      <c r="L27" s="181" t="s">
+        <v>178</v>
+      </c>
+      <c r="M27" s="180"/>
+      <c r="N27" s="179"/>
+      <c r="O27" s="179"/>
+      <c r="P27" s="179"/>
+      <c r="Q27" s="179"/>
+      <c r="R27" s="179"/>
+      <c r="S27" s="179"/>
+      <c r="T27" s="179"/>
+      <c r="U27" s="178"/>
+      <c r="V27" s="178"/>
+      <c r="W27" s="177"/>
+      <c r="X27" s="176"/>
+      <c r="Y27" s="176"/>
+      <c r="Z27" s="176"/>
+      <c r="AA27" s="176"/>
+      <c r="AB27" s="176"/>
+      <c r="AC27" s="176"/>
+      <c r="AD27" s="176"/>
+      <c r="AE27" s="176"/>
+      <c r="AF27" s="176"/>
+      <c r="AG27" s="176"/>
+      <c r="AH27" s="176"/>
+      <c r="AI27" s="176"/>
+      <c r="AJ27" s="175"/>
+      <c r="AK27" s="173"/>
+      <c r="AP27" s="164"/>
+      <c r="AQ27" s="164"/>
+      <c r="AR27" s="164"/>
+    </row>
+    <row r="28" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="283"/>
+      <c r="B28" s="1163"/>
+      <c r="C28" s="1156"/>
+      <c r="D28" s="1157"/>
+      <c r="E28" s="1160"/>
+      <c r="F28" s="1161"/>
+      <c r="G28" s="1161"/>
+      <c r="H28" s="1161"/>
+      <c r="I28" s="174"/>
+      <c r="J28" s="174"/>
+      <c r="K28" s="174"/>
+      <c r="L28" s="1168" t="str">
+        <f>IF(AND(C18&lt;350,AE20&gt;20),IF((M20+S20)&lt;20,"Уменьшите вес загрузки ящика","Слищком тяжелый ящик, уменьшите размер"),IF(AE20&gt;60,IF((M20+S20)&lt;60,"Уменьшите вес загрузки ящика","Слишком тяжелый ящик, уменьшите размер"),""))</f>
+        <v/>
+      </c>
+      <c r="M28" s="1168"/>
+      <c r="N28" s="1168"/>
+      <c r="O28" s="1168"/>
+      <c r="P28" s="1168"/>
+      <c r="Q28" s="1168"/>
+      <c r="R28" s="1168"/>
+      <c r="S28" s="1168"/>
+      <c r="T28" s="1168"/>
+      <c r="U28" s="1168"/>
+      <c r="V28" s="1168"/>
+      <c r="W28" s="1168"/>
+      <c r="X28" s="1168"/>
+      <c r="Y28" s="1168"/>
+      <c r="Z28" s="1168"/>
+      <c r="AA28" s="1168"/>
+      <c r="AB28" s="1168"/>
+      <c r="AC28" s="1168"/>
+      <c r="AD28" s="1168"/>
+      <c r="AE28" s="1168"/>
+      <c r="AF28" s="1168"/>
+      <c r="AG28" s="1168"/>
+      <c r="AH28" s="1168"/>
+      <c r="AI28" s="1168"/>
+      <c r="AJ28" s="1168"/>
+      <c r="AK28" s="173"/>
+      <c r="AP28" s="164"/>
+      <c r="AQ28" s="164"/>
+      <c r="AR28" s="164"/>
+    </row>
+    <row r="29" spans="1:50" ht="18.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="283"/>
+      <c r="B29" s="172"/>
+      <c r="C29" s="171"/>
+      <c r="D29" s="170"/>
+      <c r="E29" s="1182"/>
+      <c r="F29" s="1182"/>
+      <c r="G29" s="1182"/>
+      <c r="H29" s="1182"/>
+      <c r="I29" s="166"/>
+      <c r="J29" s="166"/>
+      <c r="K29" s="174"/>
+      <c r="L29" s="1169"/>
+      <c r="M29" s="1169"/>
+      <c r="N29" s="1169"/>
+      <c r="O29" s="1169"/>
+      <c r="P29" s="1169"/>
+      <c r="Q29" s="1169"/>
+      <c r="R29" s="1169"/>
+      <c r="S29" s="1169"/>
+      <c r="T29" s="1169"/>
+      <c r="U29" s="1169"/>
+      <c r="V29" s="1169"/>
+      <c r="W29" s="1169"/>
+      <c r="X29" s="1169"/>
+      <c r="Y29" s="1169"/>
+      <c r="Z29" s="1169"/>
+      <c r="AA29" s="1169"/>
+      <c r="AB29" s="1169"/>
+      <c r="AC29" s="1169"/>
+      <c r="AD29" s="1169"/>
+      <c r="AE29" s="1169"/>
+      <c r="AF29" s="1169"/>
+      <c r="AG29" s="1169"/>
+      <c r="AH29" s="1169"/>
+      <c r="AI29" s="1169"/>
+      <c r="AJ29" s="1169"/>
+      <c r="AK29" s="173"/>
+      <c r="AP29" s="164"/>
+      <c r="AQ29" s="164"/>
+      <c r="AR29" s="164"/>
+    </row>
+    <row r="30" spans="1:50" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="284"/>
+      <c r="B30" s="285"/>
+      <c r="C30" s="286"/>
+      <c r="D30" s="287"/>
+      <c r="E30" s="1155"/>
+      <c r="F30" s="1155"/>
+      <c r="G30" s="1155"/>
+      <c r="H30" s="1155"/>
+      <c r="I30" s="288"/>
+      <c r="J30" s="288"/>
+      <c r="K30" s="169"/>
+      <c r="L30" s="1167" t="s">
+        <v>177</v>
+      </c>
+      <c r="M30" s="1167"/>
+      <c r="N30" s="1167"/>
+      <c r="O30" s="1167"/>
+      <c r="P30" s="1167"/>
+      <c r="Q30" s="1167"/>
+      <c r="R30" s="1167"/>
+      <c r="S30" s="1167"/>
+      <c r="T30" s="1167"/>
+      <c r="U30" s="1167"/>
+      <c r="V30" s="1167"/>
+      <c r="W30" s="1167"/>
+      <c r="X30" s="1167"/>
+      <c r="Y30" s="1167"/>
+      <c r="Z30" s="1167"/>
+      <c r="AA30" s="1167"/>
+      <c r="AB30" s="1167"/>
+      <c r="AC30" s="1167"/>
+      <c r="AD30" s="1167"/>
+      <c r="AE30" s="168">
+        <f>FLOOR(1125/(C19-240),1)</f>
+        <v>2</v>
+      </c>
+      <c r="AF30" s="1188" t="str">
+        <f>IF(AE30&lt;2,"ящик",IF(AE30&lt;5,"ящика","ящиков"))</f>
+        <v>ящика</v>
+      </c>
+      <c r="AG30" s="1188"/>
+      <c r="AH30" s="1188"/>
+      <c r="AI30" s="1188"/>
+      <c r="AJ30" s="281"/>
+      <c r="AK30" s="167"/>
+      <c r="AP30" s="164"/>
+      <c r="AQ30" s="164"/>
+      <c r="AR30" s="164"/>
+    </row>
+    <row r="31" spans="1:50" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A31" s="1177"/>
+      <c r="B31" s="1178"/>
+      <c r="C31" s="1178"/>
+      <c r="D31" s="1178"/>
+      <c r="E31" s="1179"/>
+      <c r="F31" s="1179"/>
+      <c r="G31" s="1179"/>
+      <c r="H31" s="1179"/>
+      <c r="I31" s="1179"/>
+      <c r="J31" s="1179"/>
+      <c r="K31" s="1179"/>
+      <c r="L31" s="165"/>
+      <c r="M31" s="166"/>
+      <c r="N31" s="166"/>
+      <c r="O31" s="166"/>
+      <c r="P31" s="166"/>
+      <c r="Q31" s="166"/>
+      <c r="R31" s="166"/>
+      <c r="S31" s="166"/>
+      <c r="T31" s="166"/>
+      <c r="U31" s="166"/>
+      <c r="V31" s="166"/>
+      <c r="W31" s="166"/>
+      <c r="X31" s="166"/>
+      <c r="Y31" s="166"/>
+      <c r="Z31" s="166"/>
+      <c r="AA31" s="166"/>
+      <c r="AB31" s="166"/>
+      <c r="AC31" s="166"/>
+      <c r="AD31" s="166"/>
+      <c r="AE31" s="166"/>
+      <c r="AF31" s="166"/>
+      <c r="AG31" s="166"/>
+      <c r="AH31" s="166"/>
+      <c r="AI31" s="166"/>
+      <c r="AJ31" s="166"/>
+      <c r="AK31" s="165"/>
+      <c r="AP31" s="164"/>
+      <c r="AQ31" s="164"/>
+      <c r="AR31" s="164"/>
+    </row>
+    <row r="32" spans="1:50" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="1268" t="s">
+        <v>467</v>
+      </c>
+      <c r="B32" s="1269"/>
+      <c r="C32" s="1269"/>
+      <c r="D32" s="1269"/>
+      <c r="E32" s="1269"/>
+      <c r="F32" s="1269"/>
+      <c r="G32" s="1269"/>
+      <c r="H32" s="1269"/>
+      <c r="I32" s="1269"/>
+      <c r="J32" s="1269"/>
+      <c r="K32" s="1269"/>
+      <c r="L32" s="1269"/>
+      <c r="M32" s="1269"/>
+      <c r="N32" s="1269"/>
+      <c r="O32" s="1269"/>
+      <c r="P32" s="1269"/>
+      <c r="Q32" s="1269"/>
+      <c r="R32" s="1269"/>
+      <c r="S32" s="1269"/>
+      <c r="T32" s="1269"/>
+      <c r="U32" s="1269"/>
+      <c r="V32" s="1269"/>
+      <c r="W32" s="1269"/>
+      <c r="X32" s="1269"/>
+      <c r="Y32" s="1269"/>
+      <c r="Z32" s="1269"/>
+      <c r="AA32" s="1269"/>
+      <c r="AB32" s="1269"/>
+      <c r="AC32" s="1269"/>
+      <c r="AD32" s="1269"/>
+      <c r="AE32" s="1269"/>
+      <c r="AF32" s="1269"/>
+      <c r="AG32" s="1269"/>
+      <c r="AH32" s="1269"/>
+      <c r="AI32" s="1269"/>
+      <c r="AJ32" s="1269"/>
+      <c r="AK32" s="1270"/>
+      <c r="AP32" s="164"/>
+      <c r="AQ32" s="164"/>
+      <c r="AR32" s="164"/>
+    </row>
+    <row r="33" spans="1:37" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="1271"/>
+      <c r="B33" s="1272"/>
+      <c r="C33" s="1272"/>
+      <c r="D33" s="1272"/>
+      <c r="E33" s="1272"/>
+      <c r="F33" s="1272"/>
+      <c r="G33" s="1272"/>
+      <c r="H33" s="1272"/>
+      <c r="I33" s="1272"/>
+      <c r="J33" s="1272"/>
+      <c r="K33" s="1272"/>
+      <c r="L33" s="1272"/>
+      <c r="M33" s="1272"/>
+      <c r="N33" s="1272"/>
+      <c r="O33" s="1272"/>
+      <c r="P33" s="1272"/>
+      <c r="Q33" s="1272"/>
+      <c r="R33" s="1272"/>
+      <c r="S33" s="1272"/>
+      <c r="T33" s="1272"/>
+      <c r="U33" s="1272"/>
+      <c r="V33" s="1272"/>
+      <c r="W33" s="1272"/>
+      <c r="X33" s="1272"/>
+      <c r="Y33" s="1272"/>
+      <c r="Z33" s="1272"/>
+      <c r="AA33" s="1272"/>
+      <c r="AB33" s="1272"/>
+      <c r="AC33" s="1272"/>
+      <c r="AD33" s="1272"/>
+      <c r="AE33" s="1272"/>
+      <c r="AF33" s="1272"/>
+      <c r="AG33" s="1272"/>
+      <c r="AH33" s="1272"/>
+      <c r="AI33" s="1272"/>
+      <c r="AJ33" s="1272"/>
+      <c r="AK33" s="1273"/>
+    </row>
+    <row r="34" spans="1:37" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E34" s="1200"/>
+      <c r="F34" s="1201"/>
+      <c r="G34" s="1201"/>
+      <c r="H34" s="1201"/>
+      <c r="I34" s="1201"/>
+      <c r="J34" s="1201"/>
+    </row>
+    <row r="35" spans="1:37" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E35" s="1201"/>
+      <c r="F35" s="1201"/>
+      <c r="G35" s="1201"/>
+      <c r="H35" s="1201"/>
+      <c r="I35" s="1201"/>
+      <c r="J35" s="1201"/>
+    </row>
+    <row r="36" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E36" s="1202"/>
+      <c r="F36" s="1203"/>
+      <c r="G36" s="1203"/>
+      <c r="H36" s="1203"/>
+      <c r="I36" s="1203"/>
+      <c r="J36" s="1203"/>
+    </row>
+    <row r="37" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E37" s="1204"/>
+      <c r="F37" s="1204"/>
+      <c r="G37" s="1204"/>
+      <c r="H37" s="1204"/>
+      <c r="I37" s="1204"/>
+      <c r="J37" s="1204"/>
+    </row>
+    <row r="38" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E38" s="1202"/>
+      <c r="F38" s="1203"/>
+      <c r="G38" s="1203"/>
+      <c r="H38" s="1203"/>
+      <c r="I38" s="1203"/>
+      <c r="J38" s="1203"/>
+    </row>
+    <row r="39" spans="1:37" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E39" s="1204"/>
+      <c r="F39" s="1204"/>
+      <c r="G39" s="1204"/>
+      <c r="H39" s="1204"/>
+      <c r="I39" s="1204"/>
+      <c r="J39" s="1204"/>
+    </row>
+    <row r="40" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E40" s="1204"/>
+      <c r="F40" s="1204"/>
+      <c r="G40" s="1204"/>
+      <c r="H40" s="1204"/>
+      <c r="I40" s="1204"/>
+      <c r="J40" s="1204"/>
+    </row>
+    <row r="41" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E41" s="1205"/>
+      <c r="F41" s="1267"/>
+      <c r="G41" s="1267"/>
+      <c r="H41" s="1267"/>
+      <c r="I41" s="1267"/>
+      <c r="J41" s="1267"/>
+    </row>
+    <row r="42" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E42" s="1205"/>
+      <c r="F42" s="1267"/>
+      <c r="G42" s="1267"/>
+      <c r="H42" s="1267"/>
+      <c r="I42" s="1267"/>
+      <c r="J42" s="1267"/>
+    </row>
+    <row r="44" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E44" s="1265"/>
+      <c r="F44" s="1266"/>
+      <c r="G44" s="1266"/>
+      <c r="H44" s="1266"/>
+      <c r="I44" s="1266"/>
+      <c r="J44" s="1266"/>
+    </row>
+    <row r="45" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E45" s="1265"/>
+      <c r="F45" s="1266"/>
+      <c r="G45" s="1266"/>
+      <c r="H45" s="1266"/>
+      <c r="I45" s="1266"/>
+      <c r="J45" s="1266"/>
+    </row>
+    <row r="46" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E46" s="1265"/>
+      <c r="F46" s="1266"/>
+      <c r="G46" s="1266"/>
+      <c r="H46" s="1266"/>
+      <c r="I46" s="1266"/>
+      <c r="J46" s="1266"/>
+    </row>
+  </sheetData>
+  <sheetProtection password="CF68" sheet="1" objects="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <dataConsolidate/>
+  <mergeCells count="50">
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="M18:R19"/>
+    <mergeCell ref="S18:X19"/>
+    <mergeCell ref="Y18:AD19"/>
+    <mergeCell ref="AE18:AJ19"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="A1:AK1"/>
+    <mergeCell ref="AU1:AY1"/>
+    <mergeCell ref="A12:AK12"/>
+    <mergeCell ref="B15:D16"/>
+    <mergeCell ref="M15:AJ17"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="I2:L11"/>
+    <mergeCell ref="B20:D20"/>
+    <mergeCell ref="M20:R20"/>
+    <mergeCell ref="S20:X20"/>
+    <mergeCell ref="Y20:AD20"/>
+    <mergeCell ref="AC24:AF24"/>
+    <mergeCell ref="AE20:AJ20"/>
+    <mergeCell ref="L22:AJ23"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="AG24:AJ24"/>
+    <mergeCell ref="L28:AJ29"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="M24:P24"/>
+    <mergeCell ref="Q24:T24"/>
+    <mergeCell ref="U24:X24"/>
+    <mergeCell ref="E29:H29"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="E25:H25"/>
+    <mergeCell ref="K25:K27"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="E26:H28"/>
+    <mergeCell ref="B27:B28"/>
+    <mergeCell ref="C27:D28"/>
+    <mergeCell ref="Y24:AB24"/>
+    <mergeCell ref="E30:H30"/>
+    <mergeCell ref="L30:AD30"/>
+    <mergeCell ref="AF30:AI30"/>
+    <mergeCell ref="A31:K31"/>
+    <mergeCell ref="E45:J45"/>
+    <mergeCell ref="A32:AK33"/>
+    <mergeCell ref="E46:J46"/>
+    <mergeCell ref="E34:J35"/>
+    <mergeCell ref="E36:J37"/>
+    <mergeCell ref="E38:J40"/>
+    <mergeCell ref="E41:J41"/>
+    <mergeCell ref="E42:J42"/>
+    <mergeCell ref="E44:J44"/>
+  </mergeCells>
+  <conditionalFormatting sqref="H23">
+    <cfRule type="expression" dxfId="27" priority="25">
+      <formula>$C$22=$AT$3</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L25">
+    <cfRule type="expression" dxfId="26" priority="26">
+      <formula>AND(#REF!&gt;349,$AE$20&lt;20.01)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L26">
+    <cfRule type="expression" dxfId="25" priority="27">
+      <formula>AND(#REF!&gt;349,$AE$20&gt;4.99,$AE$20&lt;40.01)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L27">
+    <cfRule type="expression" dxfId="24" priority="28">
+      <formula>AND(#REF!&gt;349,$AE$20&gt;24.99,$AE$20&lt;60)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="M25:M27">
+    <cfRule type="expression" dxfId="23" priority="24">
+      <formula>$AZ$2=1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="N25:N27">
+    <cfRule type="expression" dxfId="22" priority="23">
+      <formula>$AZ$2=2</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="O25:O27">
+    <cfRule type="expression" dxfId="21" priority="22">
+      <formula>$AZ$2=3</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="P25:P27">
+    <cfRule type="expression" dxfId="20" priority="21">
+      <formula>$AZ$2=4</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="Q25:Q27">
+    <cfRule type="expression" dxfId="19" priority="20">
+      <formula>$AZ$2=5</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="R25:R27">
+    <cfRule type="expression" dxfId="18" priority="19">
+      <formula>$AZ$2=6</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="S25:S27">
+    <cfRule type="expression" dxfId="17" priority="18">
+      <formula>$AZ$2=7</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="T25:T27">
+    <cfRule type="expression" dxfId="16" priority="17">
+      <formula>$AZ$2=8</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="U25:U27">
+    <cfRule type="expression" dxfId="15" priority="16">
+      <formula>$AZ$2=9</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="V25:V27">
+    <cfRule type="expression" dxfId="14" priority="15">
+      <formula>$AZ$2=10</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="W25:W27">
+    <cfRule type="expression" dxfId="13" priority="14">
+      <formula>$AZ$2=11</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="X25:X27">
+    <cfRule type="expression" dxfId="12" priority="13">
+      <formula>$AZ$2=12</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="Y25:Y27">
+    <cfRule type="expression" dxfId="11" priority="12">
+      <formula>$AZ$2=13</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="Z25:Z27">
+    <cfRule type="expression" dxfId="10" priority="11">
+      <formula>$AZ$2=14</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AA25:AA27">
+    <cfRule type="expression" dxfId="9" priority="10">
+      <formula>$AZ$2=15</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AB25:AB27">
+    <cfRule type="expression" dxfId="8" priority="9">
+      <formula>$AZ$2=16</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AC25:AC27">
+    <cfRule type="expression" dxfId="7" priority="8">
+      <formula>$AZ$2=17</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AD25:AD27">
+    <cfRule type="expression" dxfId="6" priority="7">
+      <formula>$AZ$2=18</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AE25:AE27">
+    <cfRule type="expression" dxfId="5" priority="6">
+      <formula>$AZ$2=19</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AF25:AF27">
+    <cfRule type="expression" dxfId="4" priority="5">
+      <formula>$AZ$2=20</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AG25:AG27">
+    <cfRule type="expression" dxfId="3" priority="4">
+      <formula>$AZ$2=21</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AH25:AH27">
+    <cfRule type="expression" dxfId="2" priority="3">
+      <formula>$AZ$2=22</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AI25:AI27">
+    <cfRule type="expression" dxfId="1" priority="2">
+      <formula>$AZ$2=23</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AJ25:AJ27">
+    <cfRule type="expression" dxfId="0" priority="1">
+      <formula>$AZ$2=24</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <dataValidations count="5">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C17:D17" xr:uid="{00000000-0002-0000-0E00-000000000000}">
+      <formula1>$AO$2:$AO$8</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AM9" xr:uid="{00000000-0002-0000-0E00-000001000000}">
+      <formula1>$AM$2:$AM$6</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C18:D18" xr:uid="{00000000-0002-0000-0E00-000002000000}">
+      <formula1>$AP$6:$AP$7</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C22" xr:uid="{00000000-0002-0000-0E00-000003000000}">
+      <formula1>$AQ$2:$AQ$6</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D22" xr:uid="{00000000-0002-0000-0E00-000004000000}">
+      <formula1>$AS$3:$AS$5</formula1>
+    </dataValidation>
+  </dataValidations>
+  <hyperlinks>
+    <hyperlink ref="AL1" location="Содержание!R1C1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-0E00-000000000000}"/>
+  </hyperlinks>
+  <pageMargins left="0.70866141732283461" right="0.70866141732283461" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="52" orientation="landscape" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
+  <sheetPr codeName="Лист21">
+    <tabColor theme="4" tint="0.79998168889431442"/>
+  </sheetPr>
+  <dimension ref="A1:J104"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="S13" sqref="S13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="106.7109375" customWidth="1"/>
-    <col min="2" max="2" width="19.42578125" customWidth="1"/>
+    <col min="1" max="1" width="28.7109375" customWidth="1"/>
+    <col min="2" max="4" width="12.7109375" customWidth="1"/>
+    <col min="5" max="5" width="12.7109375" style="3" customWidth="1"/>
+    <col min="6" max="6" width="12.7109375" style="4" customWidth="1"/>
+    <col min="7" max="7" width="12.7109375" style="2" customWidth="1"/>
+    <col min="8" max="9" width="12.7109375" customWidth="1"/>
+    <col min="10" max="10" width="18" customWidth="1"/>
+    <col min="11" max="11" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:2" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...66 lines deleted...]
-    <row r="64" ht="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="1" spans="1:10" ht="42" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="1279"/>
+      <c r="B1" s="1280"/>
+      <c r="C1" s="1280"/>
+      <c r="D1" s="1280"/>
+      <c r="E1" s="1280"/>
+      <c r="F1" s="1280"/>
+      <c r="G1" s="1280"/>
+      <c r="H1" s="1280"/>
+      <c r="I1" s="1281"/>
+      <c r="J1" s="336" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:10" ht="12.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="1282" t="s">
+        <v>54</v>
+      </c>
+      <c r="B3" s="1282" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" s="1282"/>
+      <c r="D3" s="1282" t="s">
+        <v>53</v>
+      </c>
+      <c r="E3" s="1282"/>
+      <c r="F3" s="1282" t="s">
+        <v>53</v>
+      </c>
+      <c r="G3" s="1282"/>
+      <c r="H3" s="1282" t="s">
+        <v>53</v>
+      </c>
+      <c r="I3" s="1282"/>
+    </row>
+    <row r="4" spans="1:10" ht="12.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="1282"/>
+      <c r="B4" s="29">
+        <v>16</v>
+      </c>
+      <c r="C4" s="29">
+        <v>18</v>
+      </c>
+      <c r="D4" s="29">
+        <v>16</v>
+      </c>
+      <c r="E4" s="29">
+        <v>18</v>
+      </c>
+      <c r="F4" s="29">
+        <v>16</v>
+      </c>
+      <c r="G4" s="29">
+        <v>18</v>
+      </c>
+      <c r="H4" s="29">
+        <v>16</v>
+      </c>
+      <c r="I4" s="29">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="1282"/>
+      <c r="B5" s="1283" t="s">
+        <v>57</v>
+      </c>
+      <c r="C5" s="1283"/>
+      <c r="D5" s="1283" t="s">
+        <v>59</v>
+      </c>
+      <c r="E5" s="1283"/>
+      <c r="F5" s="1283" t="s">
+        <v>60</v>
+      </c>
+      <c r="G5" s="1283"/>
+      <c r="H5" s="1283" t="s">
+        <v>58</v>
+      </c>
+      <c r="I5" s="1283"/>
+    </row>
+    <row r="6" spans="1:10" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="362">
+        <v>360</v>
+      </c>
+      <c r="B6" s="41">
+        <f>A6-($B$4*2)-91</f>
+        <v>237</v>
+      </c>
+      <c r="C6" s="41">
+        <f>A6-($C$4*2)-91</f>
+        <v>233</v>
+      </c>
+      <c r="D6" s="41">
+        <f>A6-($D$4*2)-132</f>
+        <v>196</v>
+      </c>
+      <c r="E6" s="41">
+        <f>A6-($E$4*2)-132</f>
+        <v>192</v>
+      </c>
+      <c r="F6" s="41">
+        <f>A6-($F$4*2)-122</f>
+        <v>206</v>
+      </c>
+      <c r="G6" s="41">
+        <f>A6-($G$4*2)-122</f>
+        <v>202</v>
+      </c>
+      <c r="H6" s="52" t="s">
+        <v>39</v>
+      </c>
+      <c r="I6" s="36" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="363">
+        <v>350</v>
+      </c>
+      <c r="B7" s="33">
+        <f t="shared" ref="B7:B14" si="0">A7-($B$4*2)-91</f>
+        <v>227</v>
+      </c>
+      <c r="C7" s="33">
+        <f t="shared" ref="C7:C14" si="1">A7-($C$4*2)-91</f>
+        <v>223</v>
+      </c>
+      <c r="D7" s="33">
+        <f t="shared" ref="D7:D14" si="2">A7-($D$4*2)-132</f>
+        <v>186</v>
+      </c>
+      <c r="E7" s="33">
+        <f t="shared" ref="E7:E14" si="3">A7-($E$4*2)-132</f>
+        <v>182</v>
+      </c>
+      <c r="F7" s="33">
+        <f t="shared" ref="F7:F14" si="4">A7-($F$4*2)-122</f>
+        <v>196</v>
+      </c>
+      <c r="G7" s="33">
+        <f t="shared" ref="G7:G14" si="5">A7-($G$4*2)-122</f>
+        <v>192</v>
+      </c>
+      <c r="H7" s="53" t="s">
+        <v>39</v>
+      </c>
+      <c r="I7" s="37" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="364">
+        <v>400</v>
+      </c>
+      <c r="B8" s="34">
+        <f t="shared" si="0"/>
+        <v>277</v>
+      </c>
+      <c r="C8" s="34">
+        <f t="shared" si="1"/>
+        <v>273</v>
+      </c>
+      <c r="D8" s="34">
+        <f t="shared" si="2"/>
+        <v>236</v>
+      </c>
+      <c r="E8" s="34">
+        <f t="shared" si="3"/>
+        <v>232</v>
+      </c>
+      <c r="F8" s="34">
+        <f t="shared" si="4"/>
+        <v>246</v>
+      </c>
+      <c r="G8" s="34">
+        <f t="shared" si="5"/>
+        <v>242</v>
+      </c>
+      <c r="H8" s="53" t="s">
+        <v>39</v>
+      </c>
+      <c r="I8" s="37" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="363">
+        <v>450</v>
+      </c>
+      <c r="B9" s="33">
+        <f t="shared" si="0"/>
+        <v>327</v>
+      </c>
+      <c r="C9" s="33">
+        <f t="shared" si="1"/>
+        <v>323</v>
+      </c>
+      <c r="D9" s="33">
+        <f t="shared" si="2"/>
+        <v>286</v>
+      </c>
+      <c r="E9" s="33">
+        <f t="shared" si="3"/>
+        <v>282</v>
+      </c>
+      <c r="F9" s="33">
+        <f t="shared" si="4"/>
+        <v>296</v>
+      </c>
+      <c r="G9" s="33">
+        <f t="shared" si="5"/>
+        <v>292</v>
+      </c>
+      <c r="H9" s="30">
+        <f t="shared" ref="H9:H14" si="6">A9-($H$4*2)-320</f>
+        <v>98</v>
+      </c>
+      <c r="I9" s="38">
+        <f t="shared" ref="I9:I14" si="7">A9-($I$4*2)-320</f>
+        <v>94</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="364">
+        <v>500</v>
+      </c>
+      <c r="B10" s="34">
+        <f t="shared" si="0"/>
+        <v>377</v>
+      </c>
+      <c r="C10" s="34">
+        <f t="shared" si="1"/>
+        <v>373</v>
+      </c>
+      <c r="D10" s="34">
+        <f t="shared" si="2"/>
+        <v>336</v>
+      </c>
+      <c r="E10" s="34">
+        <f t="shared" si="3"/>
+        <v>332</v>
+      </c>
+      <c r="F10" s="34">
+        <f t="shared" si="4"/>
+        <v>346</v>
+      </c>
+      <c r="G10" s="34">
+        <f t="shared" si="5"/>
+        <v>342</v>
+      </c>
+      <c r="H10" s="31">
+        <f t="shared" si="6"/>
+        <v>148</v>
+      </c>
+      <c r="I10" s="39">
+        <f t="shared" si="7"/>
+        <v>144</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="363">
+        <v>550</v>
+      </c>
+      <c r="B11" s="33">
+        <f t="shared" si="0"/>
+        <v>427</v>
+      </c>
+      <c r="C11" s="33">
+        <f t="shared" si="1"/>
+        <v>423</v>
+      </c>
+      <c r="D11" s="33">
+        <f t="shared" si="2"/>
+        <v>386</v>
+      </c>
+      <c r="E11" s="33">
+        <f t="shared" si="3"/>
+        <v>382</v>
+      </c>
+      <c r="F11" s="33">
+        <f t="shared" si="4"/>
+        <v>396</v>
+      </c>
+      <c r="G11" s="33">
+        <f t="shared" si="5"/>
+        <v>392</v>
+      </c>
+      <c r="H11" s="30">
+        <f t="shared" si="6"/>
+        <v>198</v>
+      </c>
+      <c r="I11" s="38">
+        <f t="shared" si="7"/>
+        <v>194</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="364">
+        <v>600</v>
+      </c>
+      <c r="B12" s="34">
+        <f t="shared" si="0"/>
+        <v>477</v>
+      </c>
+      <c r="C12" s="34">
+        <f t="shared" si="1"/>
+        <v>473</v>
+      </c>
+      <c r="D12" s="34">
+        <f t="shared" si="2"/>
+        <v>436</v>
+      </c>
+      <c r="E12" s="34">
+        <f t="shared" si="3"/>
+        <v>432</v>
+      </c>
+      <c r="F12" s="34">
+        <f t="shared" si="4"/>
+        <v>446</v>
+      </c>
+      <c r="G12" s="34">
+        <f t="shared" si="5"/>
+        <v>442</v>
+      </c>
+      <c r="H12" s="31">
+        <f t="shared" si="6"/>
+        <v>248</v>
+      </c>
+      <c r="I12" s="39">
+        <f t="shared" si="7"/>
+        <v>244</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="363">
+        <v>650</v>
+      </c>
+      <c r="B13" s="33">
+        <f t="shared" si="0"/>
+        <v>527</v>
+      </c>
+      <c r="C13" s="33">
+        <f t="shared" si="1"/>
+        <v>523</v>
+      </c>
+      <c r="D13" s="33">
+        <f t="shared" si="2"/>
+        <v>486</v>
+      </c>
+      <c r="E13" s="33">
+        <f t="shared" si="3"/>
+        <v>482</v>
+      </c>
+      <c r="F13" s="33">
+        <f t="shared" si="4"/>
+        <v>496</v>
+      </c>
+      <c r="G13" s="33">
+        <f t="shared" si="5"/>
+        <v>492</v>
+      </c>
+      <c r="H13" s="30">
+        <f t="shared" si="6"/>
+        <v>298</v>
+      </c>
+      <c r="I13" s="38">
+        <f t="shared" si="7"/>
+        <v>294</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="365">
+        <v>1200</v>
+      </c>
+      <c r="B14" s="35">
+        <f t="shared" si="0"/>
+        <v>1077</v>
+      </c>
+      <c r="C14" s="35">
+        <f t="shared" si="1"/>
+        <v>1073</v>
+      </c>
+      <c r="D14" s="35">
+        <f t="shared" si="2"/>
+        <v>1036</v>
+      </c>
+      <c r="E14" s="35">
+        <f t="shared" si="3"/>
+        <v>1032</v>
+      </c>
+      <c r="F14" s="35">
+        <f t="shared" si="4"/>
+        <v>1046</v>
+      </c>
+      <c r="G14" s="35">
+        <f t="shared" si="5"/>
+        <v>1042</v>
+      </c>
+      <c r="H14" s="32">
+        <f t="shared" si="6"/>
+        <v>848</v>
+      </c>
+      <c r="I14" s="40">
+        <f t="shared" si="7"/>
+        <v>844</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="17" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="56" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" s="56" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" s="56" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="56" t="s">
+        <v>65</v>
+      </c>
+      <c r="E17" s="1278"/>
+      <c r="F17" s="1278"/>
+      <c r="G17" s="1278"/>
+      <c r="H17" s="1278"/>
+      <c r="I17" s="1278"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="61" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="62">
+        <f>$B$23-60</f>
+        <v>390</v>
+      </c>
+      <c r="C18" s="62">
+        <v>100</v>
+      </c>
+      <c r="D18" s="62">
+        <v>8</v>
+      </c>
+      <c r="E18" s="1278"/>
+      <c r="F18" s="1278"/>
+      <c r="G18" s="1278"/>
+      <c r="H18" s="1278"/>
+      <c r="I18" s="1278"/>
+    </row>
+    <row r="19" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="59" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="60">
+        <f>$B$22-($B$24*2)-118</f>
+        <v>446</v>
+      </c>
+      <c r="C19" s="60">
+        <v>100</v>
+      </c>
+      <c r="D19" s="60">
+        <v>8</v>
+      </c>
+      <c r="E19" s="1278"/>
+      <c r="F19" s="1278"/>
+      <c r="G19" s="1278"/>
+      <c r="H19" s="1278"/>
+      <c r="I19" s="1278"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E20" s="1278"/>
+      <c r="F20" s="1278"/>
+      <c r="G20" s="1278"/>
+      <c r="H20" s="1278"/>
+      <c r="I20" s="1278"/>
+    </row>
+    <row r="21" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="E21" s="1278"/>
+      <c r="F21" s="1278"/>
+      <c r="G21" s="1278"/>
+      <c r="H21" s="1278"/>
+      <c r="I21" s="1278"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="46" t="s">
+        <v>54</v>
+      </c>
+      <c r="B22" s="366">
+        <v>600</v>
+      </c>
+      <c r="E22" s="1278"/>
+      <c r="F22" s="1278"/>
+      <c r="G22" s="1278"/>
+      <c r="H22" s="1278"/>
+      <c r="I22" s="1278"/>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="45" t="s">
+        <v>66</v>
+      </c>
+      <c r="B23" s="367">
+        <v>450</v>
+      </c>
+      <c r="E23" s="1278"/>
+      <c r="F23" s="1278"/>
+      <c r="G23" s="1278"/>
+      <c r="H23" s="1278"/>
+      <c r="I23" s="1278"/>
+    </row>
+    <row r="24" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="44" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="368">
+        <v>18</v>
+      </c>
+      <c r="E24" s="1278"/>
+      <c r="F24" s="1278"/>
+      <c r="G24" s="1278"/>
+      <c r="H24" s="1278"/>
+      <c r="I24" s="1278"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E25" s="1278"/>
+      <c r="F25" s="1278"/>
+      <c r="G25" s="1278"/>
+      <c r="H25" s="1278"/>
+      <c r="I25" s="1278"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E26" s="1278"/>
+      <c r="F26" s="1278"/>
+      <c r="G26" s="1278"/>
+      <c r="H26" s="1278"/>
+      <c r="I26" s="1278"/>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E27" s="1278"/>
+      <c r="F27" s="1278"/>
+      <c r="G27" s="1278"/>
+      <c r="H27" s="1278"/>
+      <c r="I27" s="1278"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E28" s="1278"/>
+      <c r="F28" s="1278"/>
+      <c r="G28" s="1278"/>
+      <c r="H28" s="1278"/>
+      <c r="I28" s="1278"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E29" s="1278"/>
+      <c r="F29" s="1278"/>
+      <c r="G29" s="1278"/>
+      <c r="H29" s="1278"/>
+      <c r="I29" s="1278"/>
+    </row>
+    <row r="30" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="E30" s="1278"/>
+      <c r="F30" s="1278"/>
+      <c r="G30" s="1278"/>
+      <c r="H30" s="1278"/>
+      <c r="I30" s="1278"/>
+    </row>
+    <row r="31" spans="1:9" ht="42" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="1279"/>
+      <c r="B31" s="1280"/>
+      <c r="C31" s="1280"/>
+      <c r="D31" s="1280"/>
+      <c r="E31" s="1280"/>
+      <c r="F31" s="1280"/>
+      <c r="G31" s="1280"/>
+      <c r="H31" s="1280"/>
+      <c r="I31" s="1281"/>
+    </row>
+    <row r="32" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="33" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="1282" t="s">
+        <v>54</v>
+      </c>
+      <c r="B33" s="1282" t="s">
+        <v>53</v>
+      </c>
+      <c r="C33" s="1282"/>
+      <c r="D33" s="1282" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" s="1282"/>
+      <c r="F33" s="1282" t="s">
+        <v>53</v>
+      </c>
+      <c r="G33" s="1282"/>
+      <c r="H33" s="1282" t="s">
+        <v>53</v>
+      </c>
+      <c r="I33" s="1282"/>
+    </row>
+    <row r="34" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="1282"/>
+      <c r="B34" s="29">
+        <v>16</v>
+      </c>
+      <c r="C34" s="29">
+        <v>18</v>
+      </c>
+      <c r="D34" s="29">
+        <v>16</v>
+      </c>
+      <c r="E34" s="29">
+        <v>18</v>
+      </c>
+      <c r="F34" s="29">
+        <v>16</v>
+      </c>
+      <c r="G34" s="29">
+        <v>18</v>
+      </c>
+      <c r="H34" s="29">
+        <v>16</v>
+      </c>
+      <c r="I34" s="29">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="1282"/>
+      <c r="B35" s="1283" t="s">
+        <v>69</v>
+      </c>
+      <c r="C35" s="1283"/>
+      <c r="D35" s="1283" t="s">
+        <v>59</v>
+      </c>
+      <c r="E35" s="1283"/>
+      <c r="F35" s="1283" t="s">
+        <v>60</v>
+      </c>
+      <c r="G35" s="1283"/>
+      <c r="H35" s="1283" t="s">
+        <v>58</v>
+      </c>
+      <c r="I35" s="1283"/>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="48">
+        <v>300</v>
+      </c>
+      <c r="B36" s="41">
+        <f>A36-($B$4*2)-63</f>
+        <v>205</v>
+      </c>
+      <c r="C36" s="41">
+        <f>A36-($C$4*2)-63</f>
+        <v>201</v>
+      </c>
+      <c r="D36" s="41">
+        <f>A36-($D$4*2)-132</f>
+        <v>136</v>
+      </c>
+      <c r="E36" s="41">
+        <f>A36-($E$4*2)-132</f>
+        <v>132</v>
+      </c>
+      <c r="F36" s="41">
+        <f>A36-($F$4*2)-122</f>
+        <v>146</v>
+      </c>
+      <c r="G36" s="41">
+        <f>A36-($G$4*2)-122</f>
+        <v>142</v>
+      </c>
+      <c r="H36" s="52" t="s">
+        <v>39</v>
+      </c>
+      <c r="I36" s="36" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="49">
+        <v>350</v>
+      </c>
+      <c r="B37" s="42">
+        <f t="shared" ref="B37:B43" si="8">A37-($B$4*2)-63</f>
+        <v>255</v>
+      </c>
+      <c r="C37" s="42">
+        <f t="shared" ref="C37:C44" si="9">A37-($C$4*2)-63</f>
+        <v>251</v>
+      </c>
+      <c r="D37" s="33">
+        <f t="shared" ref="D37:D44" si="10">A37-($D$4*2)-132</f>
+        <v>186</v>
+      </c>
+      <c r="E37" s="33">
+        <f t="shared" ref="E37:E44" si="11">A37-($E$4*2)-132</f>
+        <v>182</v>
+      </c>
+      <c r="F37" s="33">
+        <f t="shared" ref="F37:F44" si="12">A37-($F$4*2)-122</f>
+        <v>196</v>
+      </c>
+      <c r="G37" s="33">
+        <f t="shared" ref="G37:G44" si="13">A37-($G$4*2)-122</f>
+        <v>192</v>
+      </c>
+      <c r="H37" s="53" t="s">
+        <v>39</v>
+      </c>
+      <c r="I37" s="37" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="50">
+        <v>400</v>
+      </c>
+      <c r="B38" s="41">
+        <f t="shared" si="8"/>
+        <v>305</v>
+      </c>
+      <c r="C38" s="41">
+        <f t="shared" si="9"/>
+        <v>301</v>
+      </c>
+      <c r="D38" s="34">
+        <f t="shared" si="10"/>
+        <v>236</v>
+      </c>
+      <c r="E38" s="34">
+        <f t="shared" si="11"/>
+        <v>232</v>
+      </c>
+      <c r="F38" s="34">
+        <f t="shared" si="12"/>
+        <v>246</v>
+      </c>
+      <c r="G38" s="34">
+        <f t="shared" si="13"/>
+        <v>242</v>
+      </c>
+      <c r="H38" s="53" t="s">
+        <v>39</v>
+      </c>
+      <c r="I38" s="37" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="49">
+        <v>450</v>
+      </c>
+      <c r="B39" s="42">
+        <f t="shared" si="8"/>
+        <v>355</v>
+      </c>
+      <c r="C39" s="42">
+        <f t="shared" si="9"/>
+        <v>351</v>
+      </c>
+      <c r="D39" s="33">
+        <f t="shared" si="10"/>
+        <v>286</v>
+      </c>
+      <c r="E39" s="33">
+        <f t="shared" si="11"/>
+        <v>282</v>
+      </c>
+      <c r="F39" s="33">
+        <f t="shared" si="12"/>
+        <v>296</v>
+      </c>
+      <c r="G39" s="33">
+        <f t="shared" si="13"/>
+        <v>292</v>
+      </c>
+      <c r="H39" s="30">
+        <f t="shared" ref="H39:H44" si="14">A39-($H$4*2)-320</f>
+        <v>98</v>
+      </c>
+      <c r="I39" s="38">
+        <f t="shared" ref="I39:I44" si="15">A39-($I$4*2)-320</f>
+        <v>94</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="50">
+        <v>500</v>
+      </c>
+      <c r="B40" s="41">
+        <f t="shared" si="8"/>
+        <v>405</v>
+      </c>
+      <c r="C40" s="41">
+        <f t="shared" si="9"/>
+        <v>401</v>
+      </c>
+      <c r="D40" s="34">
+        <f t="shared" si="10"/>
+        <v>336</v>
+      </c>
+      <c r="E40" s="34">
+        <f t="shared" si="11"/>
+        <v>332</v>
+      </c>
+      <c r="F40" s="34">
+        <f t="shared" si="12"/>
+        <v>346</v>
+      </c>
+      <c r="G40" s="34">
+        <f t="shared" si="13"/>
+        <v>342</v>
+      </c>
+      <c r="H40" s="31">
+        <f t="shared" si="14"/>
+        <v>148</v>
+      </c>
+      <c r="I40" s="39">
+        <f t="shared" si="15"/>
+        <v>144</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="49">
+        <v>550</v>
+      </c>
+      <c r="B41" s="42">
+        <f t="shared" si="8"/>
+        <v>455</v>
+      </c>
+      <c r="C41" s="42">
+        <f t="shared" si="9"/>
+        <v>451</v>
+      </c>
+      <c r="D41" s="33">
+        <f t="shared" si="10"/>
+        <v>386</v>
+      </c>
+      <c r="E41" s="33">
+        <f t="shared" si="11"/>
+        <v>382</v>
+      </c>
+      <c r="F41" s="33">
+        <f t="shared" si="12"/>
+        <v>396</v>
+      </c>
+      <c r="G41" s="33">
+        <f t="shared" si="13"/>
+        <v>392</v>
+      </c>
+      <c r="H41" s="30">
+        <f t="shared" si="14"/>
+        <v>198</v>
+      </c>
+      <c r="I41" s="38">
+        <f t="shared" si="15"/>
+        <v>194</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="50">
+        <v>600</v>
+      </c>
+      <c r="B42" s="41">
+        <f t="shared" si="8"/>
+        <v>505</v>
+      </c>
+      <c r="C42" s="41">
+        <f t="shared" si="9"/>
+        <v>501</v>
+      </c>
+      <c r="D42" s="34">
+        <f t="shared" si="10"/>
+        <v>436</v>
+      </c>
+      <c r="E42" s="34">
+        <f t="shared" si="11"/>
+        <v>432</v>
+      </c>
+      <c r="F42" s="34">
+        <f t="shared" si="12"/>
+        <v>446</v>
+      </c>
+      <c r="G42" s="34">
+        <f t="shared" si="13"/>
+        <v>442</v>
+      </c>
+      <c r="H42" s="31">
+        <f t="shared" si="14"/>
+        <v>248</v>
+      </c>
+      <c r="I42" s="39">
+        <f t="shared" si="15"/>
+        <v>244</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="49">
+        <v>650</v>
+      </c>
+      <c r="B43" s="42">
+        <f t="shared" si="8"/>
+        <v>555</v>
+      </c>
+      <c r="C43" s="42">
+        <f t="shared" si="9"/>
+        <v>551</v>
+      </c>
+      <c r="D43" s="33">
+        <f t="shared" si="10"/>
+        <v>486</v>
+      </c>
+      <c r="E43" s="33">
+        <f t="shared" si="11"/>
+        <v>482</v>
+      </c>
+      <c r="F43" s="33">
+        <f t="shared" si="12"/>
+        <v>496</v>
+      </c>
+      <c r="G43" s="33">
+        <f t="shared" si="13"/>
+        <v>492</v>
+      </c>
+      <c r="H43" s="30">
+        <f t="shared" si="14"/>
+        <v>298</v>
+      </c>
+      <c r="I43" s="38">
+        <f t="shared" si="15"/>
+        <v>294</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="51">
+        <v>1200</v>
+      </c>
+      <c r="B44" s="41">
+        <f>A44-($B$4*2)-64</f>
+        <v>1104</v>
+      </c>
+      <c r="C44" s="41">
+        <f t="shared" si="9"/>
+        <v>1101</v>
+      </c>
+      <c r="D44" s="35">
+        <f t="shared" si="10"/>
+        <v>1036</v>
+      </c>
+      <c r="E44" s="35">
+        <f t="shared" si="11"/>
+        <v>1032</v>
+      </c>
+      <c r="F44" s="35">
+        <f t="shared" si="12"/>
+        <v>1046</v>
+      </c>
+      <c r="G44" s="35">
+        <f t="shared" si="13"/>
+        <v>1042</v>
+      </c>
+      <c r="H44" s="32">
+        <f t="shared" si="14"/>
+        <v>848</v>
+      </c>
+      <c r="I44" s="40">
+        <f t="shared" si="15"/>
+        <v>844</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="47" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="56" t="s">
+        <v>74</v>
+      </c>
+      <c r="B47" s="56" t="s">
+        <v>64</v>
+      </c>
+      <c r="C47" s="56" t="s">
+        <v>67</v>
+      </c>
+      <c r="D47" s="56" t="s">
+        <v>65</v>
+      </c>
+      <c r="E47" s="1278"/>
+      <c r="F47" s="1278"/>
+      <c r="G47" s="1278"/>
+      <c r="H47" s="1278"/>
+      <c r="I47" s="1278"/>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A48" s="61" t="s">
+        <v>71</v>
+      </c>
+      <c r="B48" s="62">
+        <f>$B$22-33</f>
+        <v>567</v>
+      </c>
+      <c r="C48" s="63" t="s">
+        <v>72</v>
+      </c>
+      <c r="D48" s="62">
+        <v>8</v>
+      </c>
+      <c r="E48" s="1278"/>
+      <c r="F48" s="1278"/>
+      <c r="G48" s="1278"/>
+      <c r="H48" s="1278"/>
+      <c r="I48" s="1278"/>
+    </row>
+    <row r="49" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="59" t="s">
+        <v>70</v>
+      </c>
+      <c r="B49" s="65">
+        <f>$B$22-33</f>
+        <v>567</v>
+      </c>
+      <c r="C49" s="64" t="s">
+        <v>73</v>
+      </c>
+      <c r="D49" s="60">
+        <v>8</v>
+      </c>
+      <c r="E49" s="1278"/>
+      <c r="F49" s="1278"/>
+      <c r="G49" s="1278"/>
+      <c r="H49" s="1278"/>
+      <c r="I49" s="1278"/>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E50" s="1278"/>
+      <c r="F50" s="1278"/>
+      <c r="G50" s="1278"/>
+      <c r="H50" s="1278"/>
+      <c r="I50" s="1278"/>
+    </row>
+    <row r="51" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="E51" s="1278"/>
+      <c r="F51" s="1278"/>
+      <c r="G51" s="1278"/>
+      <c r="H51" s="1278"/>
+      <c r="I51" s="1278"/>
+    </row>
+    <row r="52" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="66" t="s">
+        <v>66</v>
+      </c>
+      <c r="B52" s="43">
+        <v>500</v>
+      </c>
+      <c r="E52" s="1278"/>
+      <c r="F52" s="1278"/>
+      <c r="G52" s="1278"/>
+      <c r="H52" s="1278"/>
+      <c r="I52" s="1278"/>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E53" s="1278"/>
+      <c r="F53" s="1278"/>
+      <c r="G53" s="1278"/>
+      <c r="H53" s="1278"/>
+      <c r="I53" s="1278"/>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E54" s="1278"/>
+      <c r="F54" s="1278"/>
+      <c r="G54" s="1278"/>
+      <c r="H54" s="1278"/>
+      <c r="I54" s="1278"/>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E55" s="1278"/>
+      <c r="F55" s="1278"/>
+      <c r="G55" s="1278"/>
+      <c r="H55" s="1278"/>
+      <c r="I55" s="1278"/>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E56" s="1278"/>
+      <c r="F56" s="1278"/>
+      <c r="G56" s="1278"/>
+      <c r="H56" s="1278"/>
+      <c r="I56" s="1278"/>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E57" s="1278"/>
+      <c r="F57" s="1278"/>
+      <c r="G57" s="1278"/>
+      <c r="H57" s="1278"/>
+      <c r="I57" s="1278"/>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E58" s="1278"/>
+      <c r="F58" s="1278"/>
+      <c r="G58" s="1278"/>
+      <c r="H58" s="1278"/>
+      <c r="I58" s="1278"/>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E59" s="1278"/>
+      <c r="F59" s="1278"/>
+      <c r="G59" s="1278"/>
+      <c r="H59" s="1278"/>
+      <c r="I59" s="1278"/>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E60" s="1278"/>
+      <c r="F60" s="1278"/>
+      <c r="G60" s="1278"/>
+      <c r="H60" s="1278"/>
+      <c r="I60" s="1278"/>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E61" s="1278"/>
+      <c r="F61" s="1278"/>
+      <c r="G61" s="1278"/>
+      <c r="H61" s="1278"/>
+      <c r="I61" s="1278"/>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E62" s="1278"/>
+      <c r="F62" s="1278"/>
+      <c r="G62" s="1278"/>
+      <c r="H62" s="1278"/>
+      <c r="I62" s="1278"/>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E63" s="1278"/>
+      <c r="F63" s="1278"/>
+      <c r="G63" s="1278"/>
+      <c r="H63" s="1278"/>
+      <c r="I63" s="1278"/>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E64" s="1278"/>
+      <c r="F64" s="1278"/>
+      <c r="G64" s="1278"/>
+      <c r="H64" s="1278"/>
+      <c r="I64" s="1278"/>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E65" s="1278"/>
+      <c r="F65" s="1278"/>
+      <c r="G65" s="1278"/>
+      <c r="H65" s="1278"/>
+      <c r="I65" s="1278"/>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E66" s="1278"/>
+      <c r="F66" s="1278"/>
+      <c r="G66" s="1278"/>
+      <c r="H66" s="1278"/>
+      <c r="I66" s="1278"/>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E67" s="1278"/>
+      <c r="F67" s="1278"/>
+      <c r="G67" s="1278"/>
+      <c r="H67" s="1278"/>
+      <c r="I67" s="1278"/>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E68" s="1278"/>
+      <c r="F68" s="1278"/>
+      <c r="G68" s="1278"/>
+      <c r="H68" s="1278"/>
+      <c r="I68" s="1278"/>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E69" s="1278"/>
+      <c r="F69" s="1278"/>
+      <c r="G69" s="1278"/>
+      <c r="H69" s="1278"/>
+      <c r="I69" s="1278"/>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E70" s="1278"/>
+      <c r="F70" s="1278"/>
+      <c r="G70" s="1278"/>
+      <c r="H70" s="1278"/>
+      <c r="I70" s="1278"/>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E71" s="1278"/>
+      <c r="F71" s="1278"/>
+      <c r="G71" s="1278"/>
+      <c r="H71" s="1278"/>
+      <c r="I71" s="1278"/>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E72" s="1278"/>
+      <c r="F72" s="1278"/>
+      <c r="G72" s="1278"/>
+      <c r="H72" s="1278"/>
+      <c r="I72" s="1278"/>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E73" s="1278"/>
+      <c r="F73" s="1278"/>
+      <c r="G73" s="1278"/>
+      <c r="H73" s="1278"/>
+      <c r="I73" s="1278"/>
+    </row>
+    <row r="74" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="E74" s="1278"/>
+      <c r="F74" s="1278"/>
+      <c r="G74" s="1278"/>
+      <c r="H74" s="1278"/>
+      <c r="I74" s="1278"/>
+    </row>
+    <row r="75" spans="1:9" ht="42" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="1279"/>
+      <c r="B75" s="1280"/>
+      <c r="C75" s="1280"/>
+      <c r="D75" s="1280"/>
+      <c r="E75" s="1280"/>
+      <c r="F75" s="1280"/>
+      <c r="G75" s="1280"/>
+      <c r="H75" s="1280"/>
+      <c r="I75" s="1281"/>
+    </row>
+    <row r="76" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="7"/>
+      <c r="B76" s="7"/>
+      <c r="C76" s="7"/>
+      <c r="D76" s="7"/>
+      <c r="E76" s="8"/>
+      <c r="F76" s="9"/>
+      <c r="G76" s="10"/>
+    </row>
+    <row r="77" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="1282" t="s">
+        <v>54</v>
+      </c>
+      <c r="B77" s="1282" t="s">
+        <v>53</v>
+      </c>
+      <c r="C77" s="1282"/>
+      <c r="D77" s="1282" t="s">
+        <v>53</v>
+      </c>
+      <c r="E77" s="1282"/>
+      <c r="F77" s="1282" t="s">
+        <v>53</v>
+      </c>
+      <c r="G77" s="1282"/>
+      <c r="H77" s="1282" t="s">
+        <v>53</v>
+      </c>
+      <c r="I77" s="1282"/>
+    </row>
+    <row r="78" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="1282"/>
+      <c r="B78" s="29">
+        <v>16</v>
+      </c>
+      <c r="C78" s="29">
+        <v>18</v>
+      </c>
+      <c r="D78" s="29">
+        <v>16</v>
+      </c>
+      <c r="E78" s="29">
+        <v>18</v>
+      </c>
+      <c r="F78" s="29">
+        <v>16</v>
+      </c>
+      <c r="G78" s="29">
+        <v>18</v>
+      </c>
+      <c r="H78" s="29">
+        <v>16</v>
+      </c>
+      <c r="I78" s="29">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="1282"/>
+      <c r="B79" s="1283" t="s">
+        <v>57</v>
+      </c>
+      <c r="C79" s="1283"/>
+      <c r="D79" s="1283" t="s">
+        <v>56</v>
+      </c>
+      <c r="E79" s="1283"/>
+      <c r="F79" s="1283" t="s">
+        <v>55</v>
+      </c>
+      <c r="G79" s="1283"/>
+      <c r="H79" s="1283" t="s">
+        <v>58</v>
+      </c>
+      <c r="I79" s="1283"/>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A80" s="369">
+        <v>300</v>
+      </c>
+      <c r="B80" s="144">
+        <v>177</v>
+      </c>
+      <c r="C80" s="145">
+        <v>173</v>
+      </c>
+      <c r="D80" s="144">
+        <v>181</v>
+      </c>
+      <c r="E80" s="146">
+        <v>177</v>
+      </c>
+      <c r="F80" s="147">
+        <v>200</v>
+      </c>
+      <c r="G80" s="144">
+        <v>196</v>
+      </c>
+      <c r="H80" s="148" t="s">
+        <v>39</v>
+      </c>
+      <c r="I80" s="148" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A81" s="370">
+        <v>350</v>
+      </c>
+      <c r="B81" s="149">
+        <v>227</v>
+      </c>
+      <c r="C81" s="150">
+        <v>223</v>
+      </c>
+      <c r="D81" s="149">
+        <v>231</v>
+      </c>
+      <c r="E81" s="151">
+        <v>227</v>
+      </c>
+      <c r="F81" s="150">
+        <v>250</v>
+      </c>
+      <c r="G81" s="149">
+        <v>246</v>
+      </c>
+      <c r="H81" s="152" t="s">
+        <v>39</v>
+      </c>
+      <c r="I81" s="152" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A82" s="371">
+        <v>400</v>
+      </c>
+      <c r="B82" s="153">
+        <v>277</v>
+      </c>
+      <c r="C82" s="154">
+        <v>273</v>
+      </c>
+      <c r="D82" s="153">
+        <v>281</v>
+      </c>
+      <c r="E82" s="155">
+        <v>277</v>
+      </c>
+      <c r="F82" s="154">
+        <v>300</v>
+      </c>
+      <c r="G82" s="153">
+        <v>296</v>
+      </c>
+      <c r="H82" s="152" t="s">
+        <v>39</v>
+      </c>
+      <c r="I82" s="152" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A83" s="370">
+        <v>450</v>
+      </c>
+      <c r="B83" s="149">
+        <v>327</v>
+      </c>
+      <c r="C83" s="150">
+        <v>323</v>
+      </c>
+      <c r="D83" s="149">
+        <v>331</v>
+      </c>
+      <c r="E83" s="151">
+        <v>327</v>
+      </c>
+      <c r="F83" s="150">
+        <v>350</v>
+      </c>
+      <c r="G83" s="149">
+        <v>346</v>
+      </c>
+      <c r="H83" s="156">
+        <v>98</v>
+      </c>
+      <c r="I83" s="156">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A84" s="371">
+        <v>500</v>
+      </c>
+      <c r="B84" s="153">
+        <v>377</v>
+      </c>
+      <c r="C84" s="154">
+        <v>373</v>
+      </c>
+      <c r="D84" s="153">
+        <v>381</v>
+      </c>
+      <c r="E84" s="155">
+        <v>377</v>
+      </c>
+      <c r="F84" s="154">
+        <v>400</v>
+      </c>
+      <c r="G84" s="153">
+        <v>396</v>
+      </c>
+      <c r="H84" s="157">
+        <v>148</v>
+      </c>
+      <c r="I84" s="157">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A85" s="370">
+        <v>550</v>
+      </c>
+      <c r="B85" s="149">
+        <v>427</v>
+      </c>
+      <c r="C85" s="150">
+        <v>423</v>
+      </c>
+      <c r="D85" s="149">
+        <v>431</v>
+      </c>
+      <c r="E85" s="151">
+        <v>427</v>
+      </c>
+      <c r="F85" s="150">
+        <v>450</v>
+      </c>
+      <c r="G85" s="149">
+        <v>446</v>
+      </c>
+      <c r="H85" s="156">
+        <v>198</v>
+      </c>
+      <c r="I85" s="156">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A86" s="371">
+        <v>600</v>
+      </c>
+      <c r="B86" s="153">
+        <v>477</v>
+      </c>
+      <c r="C86" s="154">
+        <v>473</v>
+      </c>
+      <c r="D86" s="153">
+        <v>481</v>
+      </c>
+      <c r="E86" s="155">
+        <v>477</v>
+      </c>
+      <c r="F86" s="154">
+        <v>500</v>
+      </c>
+      <c r="G86" s="153">
+        <v>496</v>
+      </c>
+      <c r="H86" s="157">
+        <v>248</v>
+      </c>
+      <c r="I86" s="157">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A87" s="370">
+        <v>650</v>
+      </c>
+      <c r="B87" s="149">
+        <v>527</v>
+      </c>
+      <c r="C87" s="150">
+        <v>523</v>
+      </c>
+      <c r="D87" s="149">
+        <v>531</v>
+      </c>
+      <c r="E87" s="151">
+        <v>527</v>
+      </c>
+      <c r="F87" s="150">
+        <v>550</v>
+      </c>
+      <c r="G87" s="149">
+        <v>546</v>
+      </c>
+      <c r="H87" s="156">
+        <v>298</v>
+      </c>
+      <c r="I87" s="156">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="372">
+        <v>1200</v>
+      </c>
+      <c r="B88" s="158">
+        <v>1077</v>
+      </c>
+      <c r="C88" s="159">
+        <v>1073</v>
+      </c>
+      <c r="D88" s="160">
+        <v>1081</v>
+      </c>
+      <c r="E88" s="158">
+        <v>1077</v>
+      </c>
+      <c r="F88" s="159">
+        <v>1100</v>
+      </c>
+      <c r="G88" s="161">
+        <v>1096</v>
+      </c>
+      <c r="H88" s="162">
+        <v>848</v>
+      </c>
+      <c r="I88" s="162">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="D89" s="24"/>
+      <c r="E89" s="24"/>
+    </row>
+    <row r="90" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="55"/>
+      <c r="B90" s="55"/>
+      <c r="C90" s="55"/>
+      <c r="D90" s="55"/>
+    </row>
+    <row r="91" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="56" t="s">
+        <v>61</v>
+      </c>
+      <c r="B91" s="56" t="s">
+        <v>64</v>
+      </c>
+      <c r="C91" s="56" t="s">
+        <v>67</v>
+      </c>
+      <c r="D91" s="56" t="s">
+        <v>65</v>
+      </c>
+      <c r="E91" s="1278"/>
+      <c r="F91" s="1278"/>
+      <c r="G91" s="1278"/>
+      <c r="H91" s="1278"/>
+      <c r="I91" s="1278"/>
+    </row>
+    <row r="92" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="57" t="s">
+        <v>75</v>
+      </c>
+      <c r="B92" s="58">
+        <f>$B$21-40</f>
+        <v>-40</v>
+      </c>
+      <c r="C92" s="58">
+        <v>98</v>
+      </c>
+      <c r="D92" s="58">
+        <v>4</v>
+      </c>
+      <c r="E92" s="1278"/>
+      <c r="F92" s="1278"/>
+      <c r="G92" s="1278"/>
+      <c r="H92" s="1278"/>
+      <c r="I92" s="1278"/>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E93" s="1278"/>
+      <c r="F93" s="1278"/>
+      <c r="G93" s="1278"/>
+      <c r="H93" s="1278"/>
+      <c r="I93" s="1278"/>
+    </row>
+    <row r="94" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="55"/>
+      <c r="B94" s="55"/>
+      <c r="E94" s="1278"/>
+      <c r="F94" s="1278"/>
+      <c r="G94" s="1278"/>
+      <c r="H94" s="1278"/>
+      <c r="I94" s="1278"/>
+    </row>
+    <row r="95" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="54" t="s">
+        <v>66</v>
+      </c>
+      <c r="B95" s="47">
+        <v>450</v>
+      </c>
+      <c r="E95" s="1278"/>
+      <c r="F95" s="1278"/>
+      <c r="G95" s="1278"/>
+      <c r="H95" s="1278"/>
+      <c r="I95" s="1278"/>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="E96" s="1278"/>
+      <c r="F96" s="1278"/>
+      <c r="G96" s="1278"/>
+      <c r="H96" s="1278"/>
+      <c r="I96" s="1278"/>
+    </row>
+    <row r="97" spans="5:9" x14ac:dyDescent="0.2">
+      <c r="E97" s="1278"/>
+      <c r="F97" s="1278"/>
+      <c r="G97" s="1278"/>
+      <c r="H97" s="1278"/>
+      <c r="I97" s="1278"/>
+    </row>
+    <row r="98" spans="5:9" x14ac:dyDescent="0.2">
+      <c r="E98" s="1278"/>
+      <c r="F98" s="1278"/>
+      <c r="G98" s="1278"/>
+      <c r="H98" s="1278"/>
+      <c r="I98" s="1278"/>
+    </row>
+    <row r="99" spans="5:9" x14ac:dyDescent="0.2">
+      <c r="E99" s="1278"/>
+      <c r="F99" s="1278"/>
+      <c r="G99" s="1278"/>
+      <c r="H99" s="1278"/>
+      <c r="I99" s="1278"/>
+    </row>
+    <row r="100" spans="5:9" x14ac:dyDescent="0.2">
+      <c r="E100" s="1278"/>
+      <c r="F100" s="1278"/>
+      <c r="G100" s="1278"/>
+      <c r="H100" s="1278"/>
+      <c r="I100" s="1278"/>
+    </row>
+    <row r="101" spans="5:9" x14ac:dyDescent="0.2">
+      <c r="E101" s="1278"/>
+      <c r="F101" s="1278"/>
+      <c r="G101" s="1278"/>
+      <c r="H101" s="1278"/>
+      <c r="I101" s="1278"/>
+    </row>
+    <row r="102" spans="5:9" x14ac:dyDescent="0.2">
+      <c r="E102" s="1278"/>
+      <c r="F102" s="1278"/>
+      <c r="G102" s="1278"/>
+      <c r="H102" s="1278"/>
+      <c r="I102" s="1278"/>
+    </row>
+    <row r="103" spans="5:9" x14ac:dyDescent="0.2">
+      <c r="E103" s="1278"/>
+      <c r="F103" s="1278"/>
+      <c r="G103" s="1278"/>
+      <c r="H103" s="1278"/>
+      <c r="I103" s="1278"/>
+    </row>
+    <row r="104" spans="5:9" x14ac:dyDescent="0.2">
+      <c r="E104" s="1278"/>
+      <c r="F104" s="1278"/>
+      <c r="G104" s="1278"/>
+      <c r="H104" s="1278"/>
+      <c r="I104" s="1278"/>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="26KZEwmzixh5kLTqdsBXahQChB2aTpEVSujY9dUphqjPBhgfTwrqGpihObYVkfo8AB62ZmGItawMZFNupgPyzQ==" saltValue="oJjPoBd6nvkFcPGIcvjswQ==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <sheetProtection password="CF68" sheet="1" objects="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <protectedRanges>
+    <protectedRange sqref="B52" name="Диапазон2_2"/>
+    <protectedRange sqref="A36:A44" name="Диапазон1_2"/>
+    <protectedRange sqref="B95" name="Диапазон2_3"/>
+    <protectedRange sqref="A80:A88" name="Диапазон1_3"/>
+  </protectedRanges>
   <customSheetViews>
-    <customSheetView guid="{A25B6F15-9B48-4230-9C30-183637D1319E}" showGridLines="0" fitToPage="1" topLeftCell="A13">
-[...2 lines deleted...]
-      <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId1"/>
+    <customSheetView guid="{A25B6F15-9B48-4230-9C30-183637D1319E}" scale="115" showGridLines="0">
+      <selection activeCell="J8" sqref="J8"/>
+      <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+      <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
       <headerFooter alignWithMargins="0"/>
     </customSheetView>
   </customSheetViews>
-  <phoneticPr fontId="14" type="noConversion"/>
+  <mergeCells count="34">
+    <mergeCell ref="E17:I30"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A3:A5"/>
+    <mergeCell ref="B3:C3"/>
+    <mergeCell ref="D3:E3"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A33:A35"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="D33:E33"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="H33:I33"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="D35:E35"/>
+    <mergeCell ref="F35:G35"/>
+    <mergeCell ref="H35:I35"/>
+    <mergeCell ref="E91:I104"/>
+    <mergeCell ref="E47:I60"/>
+    <mergeCell ref="E61:I74"/>
+    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A77:A79"/>
+    <mergeCell ref="B77:C77"/>
+    <mergeCell ref="D77:E77"/>
+    <mergeCell ref="F77:G77"/>
+    <mergeCell ref="H77:I77"/>
+    <mergeCell ref="B79:C79"/>
+    <mergeCell ref="D79:E79"/>
+    <mergeCell ref="F79:G79"/>
+    <mergeCell ref="H79:I79"/>
+  </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B1" location="Содержание!R1C1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-0900-000000000000}"/>
+    <hyperlink ref="J1" location="Содержание!R1C1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-0F00-000000000000}"/>
   </hyperlinks>
-  <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId2"/>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
+  <legacyDrawing r:id="rId4"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EAAAB544-388A-4292-8C7B-E57BBB072357}">
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
+  <sheetPr codeName="Лист24">
+    <tabColor rgb="FFFF6600"/>
+  </sheetPr>
+  <dimension ref="A1:J36"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="O15" sqref="O15"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="28.42578125" style="353" customWidth="1"/>
+    <col min="2" max="2" width="19.7109375" style="353" customWidth="1"/>
+    <col min="3" max="3" width="17.28515625" style="353" customWidth="1"/>
+    <col min="4" max="5" width="17.5703125" style="353" customWidth="1"/>
+    <col min="6" max="6" width="15.140625" style="353" customWidth="1"/>
+    <col min="7" max="7" width="12" style="353" customWidth="1"/>
+    <col min="8" max="9" width="22.42578125" style="353" customWidth="1"/>
+    <col min="10" max="10" width="18.85546875" style="353" customWidth="1"/>
+    <col min="11" max="16384" width="9.140625" style="353"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="62.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="374" t="s">
+        <v>322</v>
+      </c>
+      <c r="B1" s="375" t="s">
+        <v>324</v>
+      </c>
+      <c r="C1" s="375" t="s">
+        <v>313</v>
+      </c>
+      <c r="D1" s="375" t="s">
+        <v>314</v>
+      </c>
+      <c r="E1" s="375" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1" s="375" t="s">
+        <v>316</v>
+      </c>
+      <c r="G1" s="375" t="s">
+        <v>317</v>
+      </c>
+      <c r="H1" s="375" t="s">
+        <v>325</v>
+      </c>
+      <c r="I1" s="375" t="s">
+        <v>326</v>
+      </c>
+      <c r="J1" s="373" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="354" t="s">
+        <v>230</v>
+      </c>
+      <c r="B2" s="376">
+        <v>564</v>
+      </c>
+      <c r="C2" s="376">
+        <v>500</v>
+      </c>
+      <c r="D2" s="355">
+        <v>69</v>
+      </c>
+      <c r="E2" s="355">
+        <f>B2-87</f>
+        <v>477</v>
+      </c>
+      <c r="F2" s="356">
+        <f>B2-75</f>
+        <v>489</v>
+      </c>
+      <c r="G2" s="356">
+        <f>C2-25</f>
+        <v>475</v>
+      </c>
+      <c r="H2" s="356">
+        <f>B2-85</f>
+        <v>479</v>
+      </c>
+      <c r="I2" s="359">
+        <f>C2-25</f>
+        <v>475</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="354" t="s">
+        <v>236</v>
+      </c>
+      <c r="B3" s="376">
+        <v>564</v>
+      </c>
+      <c r="C3" s="376">
+        <v>500</v>
+      </c>
+      <c r="D3" s="355">
+        <v>84</v>
+      </c>
+      <c r="E3" s="355">
+        <f t="shared" ref="E3:E7" si="0">B3-87</f>
+        <v>477</v>
+      </c>
+      <c r="F3" s="356">
+        <f t="shared" ref="F3:F7" si="1">B3-75</f>
+        <v>489</v>
+      </c>
+      <c r="G3" s="356">
+        <f t="shared" ref="G3:G7" si="2">C3-25</f>
+        <v>475</v>
+      </c>
+      <c r="H3" s="356">
+        <f t="shared" ref="H3:H7" si="3">B3-85</f>
+        <v>479</v>
+      </c>
+      <c r="I3" s="359">
+        <f t="shared" ref="I3:I7" si="4">C3-25</f>
+        <v>475</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="354" t="s">
+        <v>225</v>
+      </c>
+      <c r="B4" s="376">
+        <v>564</v>
+      </c>
+      <c r="C4" s="376">
+        <v>500</v>
+      </c>
+      <c r="D4" s="355">
+        <v>116</v>
+      </c>
+      <c r="E4" s="355">
+        <f t="shared" si="0"/>
+        <v>477</v>
+      </c>
+      <c r="F4" s="356">
+        <f t="shared" si="1"/>
+        <v>489</v>
+      </c>
+      <c r="G4" s="356">
+        <f t="shared" si="2"/>
+        <v>475</v>
+      </c>
+      <c r="H4" s="356">
+        <f t="shared" si="3"/>
+        <v>479</v>
+      </c>
+      <c r="I4" s="359">
+        <f t="shared" si="4"/>
+        <v>475</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="354" t="s">
+        <v>318</v>
+      </c>
+      <c r="B5" s="376">
+        <v>564</v>
+      </c>
+      <c r="C5" s="376">
+        <v>500</v>
+      </c>
+      <c r="D5" s="355">
+        <v>135</v>
+      </c>
+      <c r="E5" s="355">
+        <f t="shared" si="0"/>
+        <v>477</v>
+      </c>
+      <c r="F5" s="356">
+        <f t="shared" si="1"/>
+        <v>489</v>
+      </c>
+      <c r="G5" s="356">
+        <f t="shared" si="2"/>
+        <v>475</v>
+      </c>
+      <c r="H5" s="356">
+        <f t="shared" si="3"/>
+        <v>479</v>
+      </c>
+      <c r="I5" s="359">
+        <f t="shared" si="4"/>
+        <v>475</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="354" t="s">
+        <v>221</v>
+      </c>
+      <c r="B6" s="376">
+        <v>564</v>
+      </c>
+      <c r="C6" s="376">
+        <v>500</v>
+      </c>
+      <c r="D6" s="355">
+        <v>167</v>
+      </c>
+      <c r="E6" s="355">
+        <f t="shared" si="0"/>
+        <v>477</v>
+      </c>
+      <c r="F6" s="356">
+        <f t="shared" si="1"/>
+        <v>489</v>
+      </c>
+      <c r="G6" s="356">
+        <f t="shared" si="2"/>
+        <v>475</v>
+      </c>
+      <c r="H6" s="356">
+        <f t="shared" si="3"/>
+        <v>479</v>
+      </c>
+      <c r="I6" s="359">
+        <f t="shared" si="4"/>
+        <v>475</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="354" t="s">
+        <v>319</v>
+      </c>
+      <c r="B7" s="376">
+        <v>564</v>
+      </c>
+      <c r="C7" s="376">
+        <v>500</v>
+      </c>
+      <c r="D7" s="355">
+        <v>199</v>
+      </c>
+      <c r="E7" s="355">
+        <f t="shared" si="0"/>
+        <v>477</v>
+      </c>
+      <c r="F7" s="356">
+        <f t="shared" si="1"/>
+        <v>489</v>
+      </c>
+      <c r="G7" s="356">
+        <f t="shared" si="2"/>
+        <v>475</v>
+      </c>
+      <c r="H7" s="356">
+        <f t="shared" si="3"/>
+        <v>479</v>
+      </c>
+      <c r="I7" s="359">
+        <f t="shared" si="4"/>
+        <v>475</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="20.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="357" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A10" s="377"/>
+      <c r="B10" s="381"/>
+      <c r="C10" s="381"/>
+      <c r="D10" s="381"/>
+      <c r="E10" s="381"/>
+      <c r="F10" s="381"/>
+      <c r="G10" s="378"/>
+      <c r="H10" s="1290"/>
+      <c r="I10" s="1291"/>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A11" s="379"/>
+      <c r="G11" s="380"/>
+      <c r="H11" s="1292"/>
+      <c r="I11" s="1293"/>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A12" s="379"/>
+      <c r="G12" s="380"/>
+      <c r="H12" s="1292"/>
+      <c r="I12" s="1293"/>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A13" s="379"/>
+      <c r="G13" s="380"/>
+      <c r="H13" s="1292"/>
+      <c r="I13" s="1293"/>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A14" s="379"/>
+      <c r="G14" s="380"/>
+      <c r="H14" s="1292"/>
+      <c r="I14" s="1293"/>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A15" s="379"/>
+      <c r="G15" s="380"/>
+      <c r="H15" s="1292"/>
+      <c r="I15" s="1293"/>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A16" s="379"/>
+      <c r="G16" s="380"/>
+      <c r="H16" s="1292"/>
+      <c r="I16" s="1293"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="379"/>
+      <c r="G17" s="380"/>
+      <c r="H17" s="1292"/>
+      <c r="I17" s="1293"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="379"/>
+      <c r="G18" s="380"/>
+      <c r="H18" s="1292"/>
+      <c r="I18" s="1293"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="379"/>
+      <c r="G19" s="380"/>
+      <c r="H19" s="1292"/>
+      <c r="I19" s="1293"/>
+    </row>
+    <row r="20" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="379"/>
+      <c r="G20" s="380"/>
+      <c r="H20" s="1294"/>
+      <c r="I20" s="1295"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="379"/>
+      <c r="G21" s="380"/>
+      <c r="H21" s="1284" t="s">
+        <v>332</v>
+      </c>
+      <c r="I21" s="1285"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="379"/>
+      <c r="G22" s="380"/>
+      <c r="H22" s="1286"/>
+      <c r="I22" s="1287"/>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="379"/>
+      <c r="G23" s="380"/>
+      <c r="H23" s="1286"/>
+      <c r="I23" s="1287"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="379"/>
+      <c r="G24" s="380"/>
+      <c r="H24" s="1286"/>
+      <c r="I24" s="1287"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="379"/>
+      <c r="G25" s="380"/>
+      <c r="H25" s="1286"/>
+      <c r="I25" s="1287"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="379"/>
+      <c r="G26" s="380"/>
+      <c r="H26" s="1286"/>
+      <c r="I26" s="1287"/>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="379"/>
+      <c r="G27" s="380"/>
+      <c r="H27" s="1286"/>
+      <c r="I27" s="1287"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="379"/>
+      <c r="G28" s="380"/>
+      <c r="H28" s="1286"/>
+      <c r="I28" s="1287"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="379"/>
+      <c r="G29" s="380"/>
+      <c r="H29" s="1286"/>
+      <c r="I29" s="1287"/>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="379"/>
+      <c r="G30" s="380"/>
+      <c r="H30" s="1286"/>
+      <c r="I30" s="1287"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="379"/>
+      <c r="G31" s="380"/>
+      <c r="H31" s="1286"/>
+      <c r="I31" s="1287"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="379"/>
+      <c r="G32" s="380"/>
+      <c r="H32" s="1286"/>
+      <c r="I32" s="1287"/>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="379"/>
+      <c r="G33" s="380"/>
+      <c r="H33" s="1286"/>
+      <c r="I33" s="1287"/>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="379"/>
+      <c r="G34" s="380"/>
+      <c r="H34" s="1286"/>
+      <c r="I34" s="1287"/>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="379"/>
+      <c r="G35" s="380"/>
+      <c r="H35" s="1286"/>
+      <c r="I35" s="1287"/>
+    </row>
+    <row r="36" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="382"/>
+      <c r="B36" s="383"/>
+      <c r="C36" s="383"/>
+      <c r="D36" s="383"/>
+      <c r="E36" s="383"/>
+      <c r="F36" s="383"/>
+      <c r="G36" s="384"/>
+      <c r="H36" s="1288"/>
+      <c r="I36" s="1289"/>
+    </row>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="lEgr5y7XMCe3jk4Ztcw0TbYp5wwHJdbuWkrqLlSce/dPZOt+Tb8HgiwnzLpM5eQMGWEJE5lb0bpzMR/maS2LTA==" saltValue="CRfbJwRRp5xttOU5Wuh47g==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <mergeCells count="2">
+    <mergeCell ref="H21:I36"/>
+    <mergeCell ref="H10:I20"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="J1" location="Содержание!R1C1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-1000-000000000000}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+  <legacyDrawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
+  <sheetPr codeName="Лист25">
+    <tabColor rgb="FFFF860D"/>
+  </sheetPr>
+  <dimension ref="A1:K33"/>
+  <sheetViews>
+    <sheetView showGridLines="0" topLeftCell="D1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="O15" sqref="O15"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="28.42578125" style="353" customWidth="1"/>
+    <col min="2" max="2" width="17.85546875" style="353" customWidth="1"/>
+    <col min="3" max="3" width="16.5703125" style="353" customWidth="1"/>
+    <col min="4" max="4" width="22.42578125" style="353" customWidth="1"/>
+    <col min="5" max="5" width="17.7109375" style="353" customWidth="1"/>
+    <col min="6" max="6" width="13.140625" style="353" customWidth="1"/>
+    <col min="7" max="7" width="14.85546875" style="353" customWidth="1"/>
+    <col min="8" max="8" width="22.42578125" style="353" customWidth="1"/>
+    <col min="9" max="9" width="22.5703125" style="353" customWidth="1"/>
+    <col min="10" max="10" width="23.7109375" style="353" customWidth="1"/>
+    <col min="11" max="11" width="16.42578125" style="353" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="353"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" ht="60.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="374" t="s">
+        <v>321</v>
+      </c>
+      <c r="B1" s="375" t="s">
+        <v>324</v>
+      </c>
+      <c r="C1" s="375" t="s">
+        <v>313</v>
+      </c>
+      <c r="D1" s="375" t="s">
+        <v>314</v>
+      </c>
+      <c r="E1" s="375" t="s">
+        <v>315</v>
+      </c>
+      <c r="F1" s="375" t="s">
+        <v>316</v>
+      </c>
+      <c r="G1" s="375" t="s">
+        <v>317</v>
+      </c>
+      <c r="H1" s="375" t="s">
+        <v>327</v>
+      </c>
+      <c r="I1" s="375" t="s">
+        <v>328</v>
+      </c>
+      <c r="J1" s="375" t="s">
+        <v>329</v>
+      </c>
+      <c r="K1" s="373" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="354" t="s">
+        <v>230</v>
+      </c>
+      <c r="B2" s="385">
+        <v>564</v>
+      </c>
+      <c r="C2" s="385">
+        <v>500</v>
+      </c>
+      <c r="D2" s="358">
+        <v>39</v>
+      </c>
+      <c r="E2" s="358">
+        <f>B2-38</f>
+        <v>526</v>
+      </c>
+      <c r="F2" s="359">
+        <f>B2-35</f>
+        <v>529</v>
+      </c>
+      <c r="G2" s="359">
+        <f>C2-10</f>
+        <v>490</v>
+      </c>
+      <c r="H2" s="359">
+        <f>B2-43</f>
+        <v>521</v>
+      </c>
+      <c r="I2" s="359">
+        <f>C2-27</f>
+        <v>473</v>
+      </c>
+      <c r="J2" s="359">
+        <f>C2-40</f>
+        <v>460</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="354" t="s">
+        <v>236</v>
+      </c>
+      <c r="B3" s="385">
+        <v>564</v>
+      </c>
+      <c r="C3" s="385">
+        <v>500</v>
+      </c>
+      <c r="D3" s="358">
+        <v>63</v>
+      </c>
+      <c r="E3" s="358">
+        <f t="shared" ref="E3:E6" si="0">B3-38</f>
+        <v>526</v>
+      </c>
+      <c r="F3" s="359">
+        <f t="shared" ref="F3:F6" si="1">B3-35</f>
+        <v>529</v>
+      </c>
+      <c r="G3" s="359">
+        <f t="shared" ref="G3:G6" si="2">C3-10</f>
+        <v>490</v>
+      </c>
+      <c r="H3" s="359">
+        <f t="shared" ref="H3:H6" si="3">B3-43</f>
+        <v>521</v>
+      </c>
+      <c r="I3" s="359">
+        <f t="shared" ref="I3:I6" si="4">C3-27</f>
+        <v>473</v>
+      </c>
+      <c r="J3" s="359">
+        <f t="shared" ref="J3:J6" si="5">C3-40</f>
+        <v>460</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="354" t="s">
+        <v>225</v>
+      </c>
+      <c r="B4" s="385">
+        <v>564</v>
+      </c>
+      <c r="C4" s="385">
+        <v>500</v>
+      </c>
+      <c r="D4" s="358">
+        <v>101</v>
+      </c>
+      <c r="E4" s="358">
+        <f t="shared" si="0"/>
+        <v>526</v>
+      </c>
+      <c r="F4" s="359">
+        <f t="shared" si="1"/>
+        <v>529</v>
+      </c>
+      <c r="G4" s="359">
+        <f t="shared" si="2"/>
+        <v>490</v>
+      </c>
+      <c r="H4" s="359">
+        <f t="shared" si="3"/>
+        <v>521</v>
+      </c>
+      <c r="I4" s="359">
+        <f t="shared" si="4"/>
+        <v>473</v>
+      </c>
+      <c r="J4" s="359">
+        <f t="shared" si="5"/>
+        <v>460</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="354" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" s="385">
+        <v>564</v>
+      </c>
+      <c r="C5" s="385">
+        <v>500</v>
+      </c>
+      <c r="D5" s="358">
+        <v>148</v>
+      </c>
+      <c r="E5" s="358">
+        <f t="shared" si="0"/>
+        <v>526</v>
+      </c>
+      <c r="F5" s="359">
+        <f t="shared" si="1"/>
+        <v>529</v>
+      </c>
+      <c r="G5" s="359">
+        <f t="shared" si="2"/>
+        <v>490</v>
+      </c>
+      <c r="H5" s="359">
+        <f t="shared" si="3"/>
+        <v>521</v>
+      </c>
+      <c r="I5" s="359">
+        <f t="shared" si="4"/>
+        <v>473</v>
+      </c>
+      <c r="J5" s="359">
+        <f t="shared" si="5"/>
+        <v>460</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="354" t="s">
+        <v>217</v>
+      </c>
+      <c r="B6" s="385">
+        <v>564</v>
+      </c>
+      <c r="C6" s="385">
+        <v>500</v>
+      </c>
+      <c r="D6" s="358">
+        <v>212</v>
+      </c>
+      <c r="E6" s="358">
+        <f t="shared" si="0"/>
+        <v>526</v>
+      </c>
+      <c r="F6" s="359">
+        <f t="shared" si="1"/>
+        <v>529</v>
+      </c>
+      <c r="G6" s="359">
+        <f t="shared" si="2"/>
+        <v>490</v>
+      </c>
+      <c r="H6" s="359">
+        <f t="shared" si="3"/>
+        <v>521</v>
+      </c>
+      <c r="I6" s="359">
+        <f t="shared" si="4"/>
+        <v>473</v>
+      </c>
+      <c r="J6" s="359">
+        <f t="shared" si="5"/>
+        <v>460</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="377"/>
+      <c r="B8" s="381"/>
+      <c r="C8" s="381"/>
+      <c r="D8" s="381"/>
+      <c r="E8" s="381"/>
+      <c r="F8" s="381"/>
+      <c r="G8" s="378"/>
+      <c r="H8" s="1302"/>
+      <c r="I8" s="1303"/>
+      <c r="J8" s="1308"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="379"/>
+      <c r="G9" s="380"/>
+      <c r="H9" s="1304"/>
+      <c r="I9" s="1305"/>
+      <c r="J9" s="1309"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="379"/>
+      <c r="G10" s="380"/>
+      <c r="H10" s="1304"/>
+      <c r="I10" s="1305"/>
+      <c r="J10" s="1309"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="379"/>
+      <c r="G11" s="380"/>
+      <c r="H11" s="1304"/>
+      <c r="I11" s="1305"/>
+      <c r="J11" s="1309"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="379"/>
+      <c r="G12" s="380"/>
+      <c r="H12" s="1304"/>
+      <c r="I12" s="1305"/>
+      <c r="J12" s="1309"/>
+    </row>
+    <row r="13" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="379"/>
+      <c r="G13" s="380"/>
+      <c r="H13" s="1306"/>
+      <c r="I13" s="1307"/>
+      <c r="J13" s="1310"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="379"/>
+      <c r="G14" s="380"/>
+      <c r="H14" s="1296" t="s">
+        <v>330</v>
+      </c>
+      <c r="I14" s="1285"/>
+      <c r="J14" s="1299" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="379"/>
+      <c r="G15" s="380"/>
+      <c r="H15" s="1297"/>
+      <c r="I15" s="1287"/>
+      <c r="J15" s="1300"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="379"/>
+      <c r="G16" s="380"/>
+      <c r="H16" s="1297"/>
+      <c r="I16" s="1287"/>
+      <c r="J16" s="1300"/>
+    </row>
+    <row r="17" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="379"/>
+      <c r="G17" s="380"/>
+      <c r="H17" s="1297"/>
+      <c r="I17" s="1287"/>
+      <c r="J17" s="1300"/>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A18" s="379"/>
+      <c r="G18" s="380"/>
+      <c r="H18" s="1297"/>
+      <c r="I18" s="1287"/>
+      <c r="J18" s="1300"/>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A19" s="379"/>
+      <c r="G19" s="380"/>
+      <c r="H19" s="1297"/>
+      <c r="I19" s="1287"/>
+      <c r="J19" s="1300"/>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A20" s="379"/>
+      <c r="G20" s="380"/>
+      <c r="H20" s="1297"/>
+      <c r="I20" s="1287"/>
+      <c r="J20" s="1300"/>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A21" s="379"/>
+      <c r="G21" s="380"/>
+      <c r="H21" s="1297"/>
+      <c r="I21" s="1287"/>
+      <c r="J21" s="1300"/>
+    </row>
+    <row r="22" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="379"/>
+      <c r="G22" s="380"/>
+      <c r="H22" s="1298"/>
+      <c r="I22" s="1289"/>
+      <c r="J22" s="1301"/>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A23" s="379"/>
+      <c r="G23" s="380"/>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A24" s="379"/>
+      <c r="G24" s="380"/>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A25" s="379"/>
+      <c r="G25" s="380"/>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A26" s="379"/>
+      <c r="G26" s="380"/>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A27" s="379"/>
+      <c r="G27" s="380"/>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A28" s="379"/>
+      <c r="G28" s="380"/>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A29" s="379"/>
+      <c r="G29" s="380"/>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A30" s="379"/>
+      <c r="G30" s="380"/>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A31" s="379"/>
+      <c r="G31" s="380"/>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A32" s="379"/>
+      <c r="G32" s="380"/>
+    </row>
+    <row r="33" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="382"/>
+      <c r="B33" s="383"/>
+      <c r="C33" s="383"/>
+      <c r="D33" s="383"/>
+      <c r="E33" s="383"/>
+      <c r="F33" s="383"/>
+      <c r="G33" s="384"/>
+    </row>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="Bf3ffXY/Dz9pmrCNz/ou0D6YLsvUUTDjLdTtLQzcT9FyZAbufO+ApmDVPNeGN6JLT+IT0zjev/2L7Ek4Bn5ycw==" saltValue="3pdH60iekR4sd2p1mTMqsg==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <mergeCells count="4">
+    <mergeCell ref="H14:I22"/>
+    <mergeCell ref="J14:J22"/>
+    <mergeCell ref="H8:I13"/>
+    <mergeCell ref="J8:J13"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="K1" location="Содержание!R1C1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-1100-000000000000}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+  <legacyDrawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
+  <sheetPr>
+    <tabColor rgb="FFCCFFCC"/>
+  </sheetPr>
+  <dimension ref="A1:G10"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="J4" sqref="J4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="9.140625" style="353"/>
+    <col min="2" max="2" width="56.85546875" style="353" customWidth="1"/>
+    <col min="3" max="3" width="33.85546875" style="353" customWidth="1"/>
+    <col min="4" max="4" width="41.28515625" style="353" customWidth="1"/>
+    <col min="5" max="5" width="41.7109375" style="353" customWidth="1"/>
+    <col min="6" max="6" width="20.42578125" style="353" customWidth="1"/>
+    <col min="7" max="7" width="22.85546875" style="353" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="353"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="1314" t="s">
+        <v>402</v>
+      </c>
+      <c r="B1" s="1315"/>
+      <c r="C1" s="1315"/>
+      <c r="D1" s="1315"/>
+      <c r="E1" s="1315"/>
+      <c r="F1" s="1316"/>
+      <c r="G1" s="598" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" ht="111.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="595"/>
+      <c r="B2" s="595"/>
+      <c r="C2" s="595"/>
+      <c r="D2" s="603"/>
+      <c r="E2" s="603"/>
+      <c r="F2" s="1311" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="1313" t="s">
+        <v>401</v>
+      </c>
+      <c r="B3" s="1313"/>
+      <c r="C3" s="592" t="s">
+        <v>394</v>
+      </c>
+      <c r="D3" s="604" t="s">
+        <v>399</v>
+      </c>
+      <c r="E3" s="604" t="s">
+        <v>395</v>
+      </c>
+      <c r="F3" s="1312"/>
+    </row>
+    <row r="4" spans="1:7" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="597">
+        <v>1</v>
+      </c>
+      <c r="B4" s="593" t="s">
+        <v>396</v>
+      </c>
+      <c r="C4" s="602">
+        <v>600</v>
+      </c>
+      <c r="D4" s="594">
+        <f>C4-36</f>
+        <v>564</v>
+      </c>
+      <c r="E4" s="606">
+        <f>1125/(D4-240)</f>
+        <v>3.4722222222222223</v>
+      </c>
+      <c r="F4" s="605">
+        <f>D4-240</f>
+        <v>324</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="597">
+        <v>2</v>
+      </c>
+      <c r="B5" s="596" t="s">
+        <v>397</v>
+      </c>
+      <c r="C5" s="602">
+        <v>600</v>
+      </c>
+      <c r="D5" s="594">
+        <f t="shared" ref="D5:D9" si="0">C5-36</f>
+        <v>564</v>
+      </c>
+      <c r="E5" s="606">
+        <f>1125/(D5-247)</f>
+        <v>3.5488958990536279</v>
+      </c>
+      <c r="F5" s="605">
+        <f>D5-247</f>
+        <v>317</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="597">
+        <v>3</v>
+      </c>
+      <c r="B6" s="596" t="s">
+        <v>398</v>
+      </c>
+      <c r="C6" s="602">
+        <v>600</v>
+      </c>
+      <c r="D6" s="594">
+        <f t="shared" ref="D6" si="1">C6-36</f>
+        <v>564</v>
+      </c>
+      <c r="E6" s="606">
+        <f>1125/(D6-267)</f>
+        <v>3.7878787878787881</v>
+      </c>
+      <c r="F6" s="605">
+        <f>D6-267</f>
+        <v>297</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="597">
+        <v>4</v>
+      </c>
+      <c r="B7" s="596" t="s">
+        <v>400</v>
+      </c>
+      <c r="C7" s="602">
+        <v>600</v>
+      </c>
+      <c r="D7" s="594">
+        <f t="shared" si="0"/>
+        <v>564</v>
+      </c>
+      <c r="E7" s="606">
+        <f>1125/(D7-267)</f>
+        <v>3.7878787878787881</v>
+      </c>
+      <c r="F7" s="605">
+        <f>D7-267</f>
+        <v>297</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="597">
+        <v>5</v>
+      </c>
+      <c r="B8" s="608" t="s">
+        <v>412</v>
+      </c>
+      <c r="C8" s="602">
+        <v>1400</v>
+      </c>
+      <c r="D8" s="594">
+        <f t="shared" si="0"/>
+        <v>1364</v>
+      </c>
+      <c r="E8" s="606">
+        <f>1089/(D8-284)</f>
+        <v>1.0083333333333333</v>
+      </c>
+      <c r="F8" s="605">
+        <f>D8-284</f>
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="597">
+        <v>6</v>
+      </c>
+      <c r="B9" s="608" t="s">
+        <v>411</v>
+      </c>
+      <c r="C9" s="602">
+        <v>1200</v>
+      </c>
+      <c r="D9" s="594">
+        <f t="shared" si="0"/>
+        <v>1164</v>
+      </c>
+      <c r="E9" s="606">
+        <f>889/(D9-284)</f>
+        <v>1.0102272727272728</v>
+      </c>
+      <c r="F9" s="605">
+        <f>D9-284</f>
+        <v>880</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="90.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="597">
+        <v>7</v>
+      </c>
+      <c r="B10" s="608" t="s">
+        <v>413</v>
+      </c>
+      <c r="C10" s="602">
+        <v>1200</v>
+      </c>
+      <c r="D10" s="594">
+        <f>C10-36</f>
+        <v>1164</v>
+      </c>
+      <c r="E10" s="606">
+        <f>1140/(D10-39)</f>
+        <v>1.0133333333333334</v>
+      </c>
+      <c r="F10" s="605">
+        <f>D10-39</f>
+        <v>1125</v>
+      </c>
+    </row>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="4LRprG1/04oj2Rl4bhHifEon7E+3GWkNzeksrjODaHtvj3w+20xuJGtk2jX0C/1i3KfwHOuv0X56cbQCXBAQFg==" saltValue="06+FGvNa1Ir8rmMCte2aWA==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <mergeCells count="3">
+    <mergeCell ref="F2:F3"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="A1:F1"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="G1" location="Содержание!G1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-1200-000000000000}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="72" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <sheetPr>
+    <tabColor indexed="10"/>
+  </sheetPr>
+  <dimension ref="A1:S97"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="L1" sqref="L1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="32.42578125" customWidth="1"/>
+    <col min="2" max="2" width="8.5703125" customWidth="1"/>
+    <col min="3" max="4" width="9.42578125" customWidth="1"/>
+    <col min="5" max="5" width="10.28515625" customWidth="1"/>
+    <col min="6" max="6" width="11.7109375" style="3" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" style="3" customWidth="1"/>
+    <col min="8" max="8" width="14.28515625" style="4" customWidth="1"/>
+    <col min="9" max="9" width="10.28515625" style="2" customWidth="1"/>
+    <col min="10" max="10" width="41" customWidth="1"/>
+    <col min="11" max="11" width="36.7109375" customWidth="1"/>
+    <col min="12" max="12" width="24.140625" customWidth="1"/>
+    <col min="13" max="13" width="4.42578125" customWidth="1"/>
+    <col min="14" max="14" width="10.7109375" customWidth="1"/>
+    <col min="17" max="17" width="9.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:13" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="779"/>
+      <c r="B1" s="780"/>
+      <c r="C1" s="780"/>
+      <c r="D1" s="780"/>
+      <c r="E1" s="780"/>
+      <c r="F1" s="780"/>
+      <c r="G1" s="780"/>
+      <c r="H1" s="780"/>
+      <c r="I1" s="780"/>
+      <c r="J1" s="781"/>
+      <c r="K1" s="782"/>
+      <c r="L1" s="607" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" ht="16.5" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="91"/>
+      <c r="B2" s="7"/>
+      <c r="C2" s="7"/>
+      <c r="D2" s="7"/>
+      <c r="E2" s="7"/>
+      <c r="F2" s="8"/>
+      <c r="G2" s="8"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="10"/>
+      <c r="K2" s="90"/>
+    </row>
+    <row r="3" spans="1:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="762" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" s="764" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="783" t="s">
+        <v>133</v>
+      </c>
+      <c r="D3" s="784"/>
+      <c r="E3" s="766" t="s">
+        <v>153</v>
+      </c>
+      <c r="F3" s="767"/>
+      <c r="G3" s="768" t="s">
+        <v>416</v>
+      </c>
+      <c r="H3" s="787"/>
+      <c r="I3" s="787"/>
+      <c r="J3" s="69"/>
+      <c r="K3" s="90"/>
+    </row>
+    <row r="4" spans="1:13" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="763"/>
+      <c r="B4" s="765"/>
+      <c r="C4" s="785"/>
+      <c r="D4" s="786"/>
+      <c r="E4" s="361" t="s">
+        <v>16</v>
+      </c>
+      <c r="F4" s="87" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" s="788"/>
+      <c r="H4" s="787"/>
+      <c r="I4" s="787"/>
+      <c r="J4" s="69"/>
+      <c r="K4" s="90"/>
+      <c r="M4" s="453"/>
+    </row>
+    <row r="5" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="789" t="s">
+        <v>417</v>
+      </c>
+      <c r="B5" s="769" t="s">
+        <v>415</v>
+      </c>
+      <c r="C5" s="775">
+        <v>1</v>
+      </c>
+      <c r="D5" s="791"/>
+      <c r="E5" s="82">
+        <v>1350</v>
+      </c>
+      <c r="F5" s="83">
+        <v>6750</v>
+      </c>
+      <c r="G5" s="788"/>
+      <c r="H5" s="787"/>
+      <c r="I5" s="787"/>
+      <c r="J5" s="69"/>
+      <c r="K5" s="90"/>
+    </row>
+    <row r="6" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="790"/>
+      <c r="B6" s="770"/>
+      <c r="C6" s="775">
+        <v>2</v>
+      </c>
+      <c r="D6" s="791"/>
+      <c r="E6" s="82">
+        <v>2700</v>
+      </c>
+      <c r="F6" s="83">
+        <v>13500</v>
+      </c>
+      <c r="G6" s="788"/>
+      <c r="H6" s="787"/>
+      <c r="I6" s="787"/>
+      <c r="J6" s="69"/>
+      <c r="K6" s="90"/>
+    </row>
+    <row r="7" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="771" t="s">
+        <v>418</v>
+      </c>
+      <c r="B7" s="773" t="s">
+        <v>419</v>
+      </c>
+      <c r="C7" s="775">
+        <v>2</v>
+      </c>
+      <c r="D7" s="776"/>
+      <c r="E7" s="82">
+        <v>10000</v>
+      </c>
+      <c r="F7" s="83">
+        <v>19300</v>
+      </c>
+      <c r="G7" s="788"/>
+      <c r="H7" s="787"/>
+      <c r="I7" s="787"/>
+      <c r="J7" s="69"/>
+      <c r="K7" s="92"/>
+      <c r="L7" s="72"/>
+    </row>
+    <row r="8" spans="1:13" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="772"/>
+      <c r="B8" s="774"/>
+      <c r="C8" s="729">
+        <v>3</v>
+      </c>
+      <c r="D8" s="730"/>
+      <c r="E8" s="85">
+        <v>15000</v>
+      </c>
+      <c r="F8" s="86">
+        <v>28950</v>
+      </c>
+      <c r="G8" s="788"/>
+      <c r="H8" s="787"/>
+      <c r="I8" s="787"/>
+      <c r="J8" s="69"/>
+      <c r="K8" s="92"/>
+      <c r="L8" s="72"/>
+    </row>
+    <row r="9" spans="1:13" ht="63.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="616" t="s">
+        <v>131</v>
+      </c>
+      <c r="B9" s="617" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" s="783" t="s">
+        <v>154</v>
+      </c>
+      <c r="D9" s="784"/>
+      <c r="E9" s="792" t="s">
+        <v>28</v>
+      </c>
+      <c r="F9" s="793"/>
+      <c r="G9" s="788"/>
+      <c r="H9" s="787"/>
+      <c r="I9" s="787"/>
+      <c r="J9" s="69"/>
+      <c r="K9" s="93"/>
+      <c r="L9" s="456"/>
+    </row>
+    <row r="10" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="622" t="s">
+        <v>420</v>
+      </c>
+      <c r="B10" s="623" t="s">
+        <v>422</v>
+      </c>
+      <c r="C10" s="794">
+        <v>2</v>
+      </c>
+      <c r="D10" s="795"/>
+      <c r="E10" s="621">
+        <v>480</v>
+      </c>
+      <c r="F10" s="618">
+        <v>610</v>
+      </c>
+      <c r="G10" s="788"/>
+      <c r="H10" s="787"/>
+      <c r="I10" s="787"/>
+      <c r="J10" s="69"/>
+      <c r="K10" s="90"/>
+      <c r="L10" s="454"/>
+    </row>
+    <row r="11" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="624" t="s">
+        <v>423</v>
+      </c>
+      <c r="B11" s="625" t="s">
+        <v>421</v>
+      </c>
+      <c r="C11" s="796">
+        <v>2</v>
+      </c>
+      <c r="D11" s="797"/>
+      <c r="E11" s="82">
+        <v>600</v>
+      </c>
+      <c r="F11" s="619">
+        <v>910</v>
+      </c>
+      <c r="G11" s="788"/>
+      <c r="H11" s="787"/>
+      <c r="I11" s="787"/>
+      <c r="J11" s="69"/>
+      <c r="K11" s="90"/>
+      <c r="L11" s="455"/>
+    </row>
+    <row r="12" spans="1:13" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="626" t="s">
+        <v>425</v>
+      </c>
+      <c r="B12" s="627" t="s">
+        <v>424</v>
+      </c>
+      <c r="C12" s="798">
+        <v>2</v>
+      </c>
+      <c r="D12" s="799"/>
+      <c r="E12" s="84">
+        <v>840</v>
+      </c>
+      <c r="F12" s="620">
+        <v>1200</v>
+      </c>
+      <c r="G12" s="788"/>
+      <c r="H12" s="787"/>
+      <c r="I12" s="787"/>
+      <c r="J12" s="69"/>
+      <c r="K12" s="90"/>
+    </row>
+    <row r="13" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="612"/>
+      <c r="B13" s="613"/>
+      <c r="C13" s="800"/>
+      <c r="D13" s="801"/>
+      <c r="E13" s="614"/>
+      <c r="F13" s="615"/>
+      <c r="G13" s="611"/>
+      <c r="H13" s="611"/>
+      <c r="I13" s="611"/>
+      <c r="J13" s="69"/>
+      <c r="K13" s="90"/>
+    </row>
+    <row r="14" spans="1:13" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="756" t="s">
+        <v>414</v>
+      </c>
+      <c r="B14" s="757"/>
+      <c r="C14" s="757"/>
+      <c r="D14" s="757"/>
+      <c r="E14" s="757"/>
+      <c r="F14" s="757"/>
+      <c r="G14" s="757"/>
+      <c r="H14" s="757"/>
+      <c r="I14" s="757"/>
+      <c r="J14" s="757"/>
+      <c r="K14" s="758"/>
+    </row>
+    <row r="15" spans="1:13" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="802" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" s="803"/>
+      <c r="C15" s="804"/>
+      <c r="D15" s="410" t="s">
+        <v>334</v>
+      </c>
+      <c r="E15" s="419" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="420" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" s="421" t="s">
+        <v>182</v>
+      </c>
+      <c r="H15" s="422" t="s">
+        <v>20</v>
+      </c>
+      <c r="I15" s="423" t="s">
+        <v>18</v>
+      </c>
+      <c r="J15" s="361" t="s">
+        <v>134</v>
+      </c>
+      <c r="K15" s="424" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="750" t="s">
+        <v>335</v>
+      </c>
+      <c r="B16" s="751"/>
+      <c r="C16" s="752"/>
+      <c r="D16" s="508">
+        <v>19</v>
+      </c>
+      <c r="E16" s="408">
+        <v>714</v>
+      </c>
+      <c r="F16" s="320">
+        <v>930</v>
+      </c>
+      <c r="G16" s="320">
+        <v>0</v>
+      </c>
+      <c r="H16" s="387">
+        <f>(E16-6)/1000*(F16-4)/1000*D16/1000*680+(G16/1000)</f>
+        <v>8.470455359999999</v>
+      </c>
+      <c r="I16" s="388">
+        <f>H16*E16</f>
+        <v>6047.9051270399996</v>
+      </c>
+      <c r="J16" s="425" t="str">
+        <f>IF(I16&lt;2700,"очень лёгкий фасад, 1 силовой механизм AVENTOS HF top 25 (22F2501)",IF(I16&lt;12000,"2 силовых механизма AVENTOS HF top 25 (22F2501)",IF(I16&lt;19300,"2 силовых механизма AVENTOS HF top 28 (22F2801)",IF(I16&lt;28950,"3 силовых механизма AVENTOS HF top 28 (22F2801)",IF(I16&gt;28950,"очень тяжёлый фасад, недопустимая величина",)))))</f>
+        <v>2 силовых механизма AVENTOS HF top 25 (22F2501)</v>
+      </c>
+      <c r="K16" s="426" t="str">
+        <f>IF(E16&lt;480,"Недопустимо, минимальная высота 480 мм",IF(E16&lt;600,"Рычаг 32 (22F3201)",IF(E16&lt;900,"Рычаг 35 (22F3501)",IF(E16&lt;1201,"Рычаг 39 (22F3901)",IF(E16&gt;1200,"Недопустимо, максимальная высота 1200 мм",)))))</f>
+        <v>Рычаг 35 (22F3501)</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="753" t="s">
+        <v>336</v>
+      </c>
+      <c r="B17" s="754"/>
+      <c r="C17" s="755"/>
+      <c r="D17" s="418">
+        <v>19</v>
+      </c>
+      <c r="E17" s="409">
+        <v>900</v>
+      </c>
+      <c r="F17" s="321">
+        <v>1890</v>
+      </c>
+      <c r="G17" s="321">
+        <v>0</v>
+      </c>
+      <c r="H17" s="387">
+        <f>(E17-6)/1000*(F17-4)/1000*D17/1000*760+(G17/1000)</f>
+        <v>24.347052960000006</v>
+      </c>
+      <c r="I17" s="388">
+        <f>H17*E17</f>
+        <v>21912.347664000004</v>
+      </c>
+      <c r="J17" s="609" t="str">
+        <f>IF(I17&lt;2700,"очень лёгкий фасад, 1 силовой механизм AVENTOS HF top 25 (22F2501)",IF(I17&lt;12000,"2 силовых механизма AVENTOS HF top 25 (22F2501)",IF(I17&lt;19300,"2 силовых механизма AVENTOS HF top 28 (22F2801)",IF(I17&lt;28950,"3 силовых механизма AVENTOS HF top 28 (22F2801)",IF(I17&gt;28950,"очень тяжёлый фасад, недопустимая величина",)))))</f>
+        <v>3 силовых механизма AVENTOS HF top 28 (22F2801)</v>
+      </c>
+      <c r="K17" s="610" t="str">
+        <f>IF(E17&lt;480,"Недопустимо, минимальная высота 480 мм",IF(E17&lt;600,"Рычаг 32 (22F3201)",IF(E17&lt;900,"Рычаг 35 (22F3501)",IF(E17&lt;1201,"Рычаг 39 (22F3901)",IF(E17&gt;1200,"Недопустимо, максимальная высота 1200 мм",)))))</f>
+        <v>Рычаг 39 (22F3901)</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="734" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" s="735"/>
+      <c r="C18" s="735"/>
+      <c r="D18" s="736"/>
+      <c r="E18" s="408">
+        <v>720</v>
+      </c>
+      <c r="F18" s="320">
+        <v>1000</v>
+      </c>
+      <c r="G18" s="320">
+        <v>0</v>
+      </c>
+      <c r="H18" s="80">
+        <f>(E18-4)/1000*(F18-4)/1000*11.5+(G18/1000)</f>
+        <v>8.2010640000000006</v>
+      </c>
+      <c r="I18" s="78">
+        <f t="shared" ref="I18:I23" si="0">E18*(H18+0.6)</f>
+        <v>6336.7660800000003</v>
+      </c>
+      <c r="J18" s="425" t="str">
+        <f t="shared" ref="J18:J24" si="1">IF(I18&lt;2700,"очень лёгкий фасад, 1 силовой механизм AVENTOS HF top 25 (22F2501)",IF(I18&lt;12000,"2 силовых механизма AVENTOS HF top 25 (22F2501)",IF(I18&lt;19300,"2 силовых механизма AVENTOS HF top 28 (22F2801)",IF(I18&lt;28950,"3 силовых механизма AVENTOS HF top 28 (22F2801)",IF(I18&gt;28950,"очень тяжёлый фасад, недопустимая величина",)))))</f>
+        <v>2 силовых механизма AVENTOS HF top 25 (22F2501)</v>
+      </c>
+      <c r="K18" s="426" t="str">
+        <f t="shared" ref="K18:K24" si="2">IF(E18&lt;480,"Недопустимо, минимальная высота 480 мм",IF(E18&lt;600,"Рычаг 32 (22F3201)",IF(E18&lt;900,"Рычаг 35 (22F3501)",IF(E18&lt;1201,"Рычаг 39 (22F3901)",IF(E18&gt;1200,"Недопустимо, максимальная высота 1200 мм",)))))</f>
+        <v>Рычаг 35 (22F3501)</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="737" t="s">
+        <v>127</v>
+      </c>
+      <c r="B19" s="735"/>
+      <c r="C19" s="735"/>
+      <c r="D19" s="736"/>
+      <c r="E19" s="409">
+        <v>575</v>
+      </c>
+      <c r="F19" s="321">
+        <v>1350</v>
+      </c>
+      <c r="G19" s="321">
+        <v>340</v>
+      </c>
+      <c r="H19" s="79">
+        <f>(E19-4)/1000*(F19-4)/1000*11.5+(G19/1000)</f>
+        <v>9.178509</v>
+      </c>
+      <c r="I19" s="74">
+        <f t="shared" si="0"/>
+        <v>5622.6426750000001</v>
+      </c>
+      <c r="J19" s="609" t="str">
+        <f t="shared" si="1"/>
+        <v>2 силовых механизма AVENTOS HF top 25 (22F2501)</v>
+      </c>
+      <c r="K19" s="610" t="str">
+        <f t="shared" si="2"/>
+        <v>Рычаг 32 (22F3201)</v>
+      </c>
+      <c r="M19" s="457"/>
+      <c r="N19" s="457"/>
+      <c r="O19" s="457"/>
+      <c r="P19" s="457"/>
+      <c r="Q19" s="457"/>
+      <c r="R19" s="457"/>
+      <c r="S19" s="457"/>
+    </row>
+    <row r="20" spans="1:19" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="734" t="s">
+        <v>128</v>
+      </c>
+      <c r="B20" s="735"/>
+      <c r="C20" s="735"/>
+      <c r="D20" s="736"/>
+      <c r="E20" s="408">
+        <v>1200</v>
+      </c>
+      <c r="F20" s="320">
+        <v>800</v>
+      </c>
+      <c r="G20" s="320">
+        <v>0</v>
+      </c>
+      <c r="H20" s="80">
+        <f>(E20-4)/1000*(F20-4)/1000*(11.5+15.5)/2+(G20/1000)</f>
+        <v>12.852216</v>
+      </c>
+      <c r="I20" s="78">
+        <f t="shared" si="0"/>
+        <v>16142.6592</v>
+      </c>
+      <c r="J20" s="425" t="str">
+        <f t="shared" si="1"/>
+        <v>2 силовых механизма AVENTOS HF top 28 (22F2801)</v>
+      </c>
+      <c r="K20" s="426" t="str">
+        <f t="shared" si="2"/>
+        <v>Рычаг 39 (22F3901)</v>
+      </c>
+      <c r="M20" s="457"/>
+      <c r="N20" s="458"/>
+      <c r="O20" s="457"/>
+      <c r="P20" s="457"/>
+      <c r="Q20" s="457"/>
+      <c r="R20" s="457"/>
+      <c r="S20" s="457"/>
+    </row>
+    <row r="21" spans="1:19" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="737" t="s">
+        <v>129</v>
+      </c>
+      <c r="B21" s="735"/>
+      <c r="C21" s="735"/>
+      <c r="D21" s="736"/>
+      <c r="E21" s="409">
+        <v>800</v>
+      </c>
+      <c r="F21" s="321">
+        <v>800</v>
+      </c>
+      <c r="G21" s="321">
+        <v>0</v>
+      </c>
+      <c r="H21" s="79">
+        <f>(E21-4)/1000*(F21-4)/1000*(11.5+12.5)/2+(G21/1000)</f>
+        <v>7.6033919999999995</v>
+      </c>
+      <c r="I21" s="74">
+        <f t="shared" si="0"/>
+        <v>6562.7135999999991</v>
+      </c>
+      <c r="J21" s="609" t="str">
+        <f t="shared" si="1"/>
+        <v>2 силовых механизма AVENTOS HF top 25 (22F2501)</v>
+      </c>
+      <c r="K21" s="610" t="str">
+        <f t="shared" si="2"/>
+        <v>Рычаг 35 (22F3501)</v>
+      </c>
+      <c r="M21" s="457"/>
+      <c r="N21" s="457"/>
+      <c r="O21" s="457"/>
+      <c r="P21" s="457"/>
+      <c r="Q21" s="457"/>
+      <c r="R21" s="457"/>
+      <c r="S21" s="457"/>
+    </row>
+    <row r="22" spans="1:19" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="734" t="s">
+        <v>121</v>
+      </c>
+      <c r="B22" s="735"/>
+      <c r="C22" s="735"/>
+      <c r="D22" s="736"/>
+      <c r="E22" s="408">
+        <v>1200</v>
+      </c>
+      <c r="F22" s="320">
+        <v>1200</v>
+      </c>
+      <c r="G22" s="320">
+        <v>0</v>
+      </c>
+      <c r="H22" s="80">
+        <f>(E22-4)/1000*(F22-4)/1000*8.8+(G22/1000)</f>
+        <v>12.5876608</v>
+      </c>
+      <c r="I22" s="78">
+        <f t="shared" si="0"/>
+        <v>15825.19296</v>
+      </c>
+      <c r="J22" s="425" t="str">
+        <f t="shared" si="1"/>
+        <v>2 силовых механизма AVENTOS HF top 28 (22F2801)</v>
+      </c>
+      <c r="K22" s="426" t="str">
+        <f t="shared" si="2"/>
+        <v>Рычаг 39 (22F3901)</v>
+      </c>
+      <c r="M22" s="457"/>
+      <c r="N22" s="457"/>
+      <c r="O22" s="457"/>
+      <c r="P22" s="457"/>
+      <c r="Q22" s="457"/>
+      <c r="R22" s="457"/>
+      <c r="S22" s="457"/>
+    </row>
+    <row r="23" spans="1:19" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="737" t="s">
+        <v>122</v>
+      </c>
+      <c r="B23" s="735"/>
+      <c r="C23" s="735"/>
+      <c r="D23" s="736"/>
+      <c r="E23" s="409">
+        <v>600</v>
+      </c>
+      <c r="F23" s="321">
+        <v>800</v>
+      </c>
+      <c r="G23" s="321">
+        <v>0</v>
+      </c>
+      <c r="H23" s="81">
+        <f>(E23-4)/1000*(F23-4)/1000*(12+15.5)/2+(G23/1000)</f>
+        <v>6.5232200000000002</v>
+      </c>
+      <c r="I23" s="74">
+        <f t="shared" si="0"/>
+        <v>4273.9319999999998</v>
+      </c>
+      <c r="J23" s="609" t="str">
+        <f t="shared" si="1"/>
+        <v>2 силовых механизма AVENTOS HF top 25 (22F2501)</v>
+      </c>
+      <c r="K23" s="610" t="str">
+        <f t="shared" si="2"/>
+        <v>Рычаг 35 (22F3501)</v>
+      </c>
+      <c r="M23" s="457"/>
+      <c r="N23" s="457"/>
+      <c r="O23" s="457"/>
+      <c r="P23" s="457"/>
+      <c r="Q23" s="457"/>
+      <c r="R23" s="457"/>
+      <c r="S23" s="457"/>
+    </row>
+    <row r="24" spans="1:19" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="738" t="s">
+        <v>288</v>
+      </c>
+      <c r="B24" s="739"/>
+      <c r="C24" s="739"/>
+      <c r="D24" s="740"/>
+      <c r="E24" s="408">
+        <v>750</v>
+      </c>
+      <c r="F24" s="320">
+        <v>1000</v>
+      </c>
+      <c r="G24" s="320">
+        <v>0</v>
+      </c>
+      <c r="H24" s="301">
+        <f>(E24-3)/1000*(F24)/1000*4*(2500/1000)+(E24-3)/1000*(F24)/1000*16*(680/1000)+(G24/1000)</f>
+        <v>15.597360000000002</v>
+      </c>
+      <c r="I24" s="78">
+        <f>E24*(H24+0.6)</f>
+        <v>12148.020000000002</v>
+      </c>
+      <c r="J24" s="425" t="str">
+        <f t="shared" si="1"/>
+        <v>2 силовых механизма AVENTOS HF top 28 (22F2801)</v>
+      </c>
+      <c r="K24" s="426" t="str">
+        <f t="shared" si="2"/>
+        <v>Рычаг 35 (22F3501)</v>
+      </c>
+      <c r="M24" s="457"/>
+      <c r="N24" s="457"/>
+      <c r="O24" s="457"/>
+      <c r="P24" s="457"/>
+      <c r="Q24" s="457"/>
+      <c r="R24" s="457"/>
+      <c r="S24" s="457"/>
+    </row>
+    <row r="25" spans="1:19" ht="18.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="732"/>
+      <c r="B25" s="733"/>
+      <c r="C25" s="733"/>
+      <c r="D25" s="391"/>
+      <c r="E25" s="302"/>
+      <c r="F25" s="302"/>
+      <c r="G25" s="302"/>
+      <c r="H25" s="303"/>
+      <c r="I25" s="304"/>
+      <c r="J25" s="305"/>
+      <c r="K25" s="306"/>
+      <c r="M25" s="457"/>
+      <c r="N25" s="457"/>
+      <c r="O25" s="457"/>
+      <c r="P25" s="457"/>
+      <c r="Q25" s="457"/>
+      <c r="R25" s="457"/>
+      <c r="S25" s="457"/>
+    </row>
+    <row r="26" spans="1:19" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="743" t="s">
+        <v>427</v>
+      </c>
+      <c r="B26" s="744"/>
+      <c r="C26" s="744"/>
+      <c r="D26" s="744"/>
+      <c r="E26" s="650"/>
+      <c r="F26" s="651" t="s">
+        <v>347</v>
+      </c>
+      <c r="G26" s="652"/>
+      <c r="H26" s="652"/>
+      <c r="I26" s="652"/>
+      <c r="J26" s="652"/>
+      <c r="K26" s="807" t="s">
+        <v>392</v>
+      </c>
+      <c r="L26" s="808"/>
+      <c r="M26" s="746"/>
+      <c r="N26" s="457"/>
+      <c r="O26" s="457"/>
+      <c r="P26" s="457"/>
+      <c r="Q26" s="457"/>
+      <c r="R26" s="457"/>
+      <c r="S26" s="457"/>
+    </row>
+    <row r="27" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A27" s="637" t="s">
+        <v>417</v>
+      </c>
+      <c r="B27" s="27" t="s">
+        <v>415</v>
+      </c>
+      <c r="C27" s="28">
+        <v>2</v>
+      </c>
+      <c r="D27" s="488"/>
+      <c r="E27" s="494"/>
+      <c r="F27" s="809" t="s">
+        <v>350</v>
+      </c>
+      <c r="G27" s="810"/>
+      <c r="H27" s="810"/>
+      <c r="I27" s="810"/>
+      <c r="J27" s="810"/>
+      <c r="K27" s="810"/>
+      <c r="M27" s="577"/>
+      <c r="N27" s="457"/>
+      <c r="O27" s="457"/>
+      <c r="P27" s="457"/>
+      <c r="Q27" s="457"/>
+      <c r="R27" s="457"/>
+      <c r="S27" s="457"/>
+    </row>
+    <row r="28" spans="1:19" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="638" t="s">
+        <v>426</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C28" s="13">
+        <v>2</v>
+      </c>
+      <c r="D28" s="488"/>
+      <c r="E28" s="494"/>
+      <c r="F28" s="747"/>
+      <c r="G28" s="748"/>
+      <c r="H28" s="749"/>
+      <c r="K28" s="7"/>
+      <c r="M28" s="577"/>
+      <c r="N28" s="457"/>
+      <c r="O28" s="457"/>
+      <c r="P28" s="457"/>
+      <c r="Q28" s="457"/>
+      <c r="R28" s="457"/>
+      <c r="S28" s="457"/>
+    </row>
+    <row r="29" spans="1:19" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="639" t="s">
+        <v>420</v>
+      </c>
+      <c r="B29" s="628" t="s">
+        <v>422</v>
+      </c>
+      <c r="C29" s="13">
+        <v>2</v>
+      </c>
+      <c r="D29" s="644"/>
+      <c r="E29" s="494"/>
+      <c r="F29" s="760" t="s">
+        <v>348</v>
+      </c>
+      <c r="G29" s="761"/>
+      <c r="H29" s="761"/>
+      <c r="I29" s="490">
+        <v>900</v>
+      </c>
+      <c r="K29" s="495" t="s">
+        <v>349</v>
+      </c>
+      <c r="L29" s="507">
+        <v>16</v>
+      </c>
+      <c r="M29" s="635"/>
+    </row>
+    <row r="30" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="640" t="s">
+        <v>423</v>
+      </c>
+      <c r="B30" s="628" t="s">
+        <v>421</v>
+      </c>
+      <c r="C30" s="13">
+        <v>2</v>
+      </c>
+      <c r="D30" s="645"/>
+      <c r="E30" s="494"/>
+      <c r="J30" s="496"/>
+      <c r="K30" s="497"/>
+      <c r="M30" s="578"/>
+    </row>
+    <row r="31" spans="1:19" ht="18" x14ac:dyDescent="0.25">
+      <c r="A31" s="641" t="s">
+        <v>425</v>
+      </c>
+      <c r="B31" s="628" t="s">
+        <v>424</v>
+      </c>
+      <c r="C31" s="13">
+        <v>2</v>
+      </c>
+      <c r="D31" s="644"/>
+      <c r="E31" s="494"/>
+      <c r="F31" s="498"/>
+      <c r="G31" s="498"/>
+      <c r="H31" s="498"/>
+      <c r="K31" s="495"/>
+      <c r="L31" s="636"/>
+      <c r="M31" s="578"/>
+    </row>
+    <row r="32" spans="1:19" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="631" t="s">
+        <v>470</v>
+      </c>
+      <c r="B32" s="11" t="s">
+        <v>431</v>
+      </c>
+      <c r="C32" s="15">
+        <v>1</v>
+      </c>
+      <c r="D32" s="644"/>
+      <c r="E32" s="759" t="str">
+        <f>IF(I29&lt;480,"Мин. высота 480 мм",IF(I29&lt;520,"93 мм",IF(I29&lt;1201,"116 мм",IF(I29&gt;1200,"Макс. высота 1200 мм",))))</f>
+        <v>116 мм</v>
+      </c>
+      <c r="F32" s="499"/>
+      <c r="G32" s="499"/>
+      <c r="H32" s="499"/>
+      <c r="I32" s="500"/>
+      <c r="J32" s="501"/>
+      <c r="K32" s="501"/>
+      <c r="L32" s="501"/>
+      <c r="M32" s="90"/>
+    </row>
+    <row r="33" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="631" t="s">
+        <v>471</v>
+      </c>
+      <c r="B33" s="11" t="s">
+        <v>433</v>
+      </c>
+      <c r="C33" s="15">
+        <v>1</v>
+      </c>
+      <c r="D33" s="644"/>
+      <c r="E33" s="759"/>
+      <c r="F33" s="499"/>
+      <c r="G33" s="499"/>
+      <c r="H33" s="499"/>
+      <c r="I33" s="500"/>
+      <c r="J33" s="501"/>
+      <c r="K33" s="501"/>
+      <c r="L33" s="501"/>
+      <c r="M33" s="90"/>
+    </row>
+    <row r="34" spans="1:13" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="632" t="s">
+        <v>472</v>
+      </c>
+      <c r="B34" s="12" t="s">
+        <v>435</v>
+      </c>
+      <c r="C34" s="16">
+        <v>2</v>
+      </c>
+      <c r="D34" s="644"/>
+      <c r="E34" s="759"/>
+      <c r="F34" s="499"/>
+      <c r="G34" s="499"/>
+      <c r="H34" s="499"/>
+      <c r="I34" s="500"/>
+      <c r="J34" s="501"/>
+      <c r="K34" s="501"/>
+      <c r="L34" s="501"/>
+      <c r="M34" s="90"/>
+    </row>
+    <row r="35" spans="1:13" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="805" t="s">
+        <v>31</v>
+      </c>
+      <c r="B35" s="806"/>
+      <c r="C35" s="629"/>
+      <c r="D35" s="489"/>
+      <c r="E35" s="759"/>
+      <c r="F35" s="492"/>
+      <c r="G35" s="492"/>
+      <c r="H35" s="492"/>
+      <c r="I35" s="500"/>
+      <c r="J35" s="501"/>
+      <c r="K35" s="501"/>
+      <c r="L35" s="501"/>
+      <c r="M35" s="90"/>
+    </row>
+    <row r="36" spans="1:13" ht="20.25" x14ac:dyDescent="0.2">
+      <c r="A36" s="630" t="s">
+        <v>0</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C36" s="14">
+        <v>6</v>
+      </c>
+      <c r="D36" s="493"/>
+      <c r="E36" s="502" t="s">
+        <v>346</v>
+      </c>
+      <c r="F36" s="491"/>
+      <c r="G36" s="491"/>
+      <c r="H36" s="492"/>
+      <c r="I36" s="500"/>
+      <c r="J36" s="501"/>
+      <c r="K36" s="501"/>
+      <c r="L36" s="501"/>
+      <c r="M36" s="90"/>
+    </row>
+    <row r="37" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="631" t="s">
+        <v>1</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="C37" s="15">
+        <v>2</v>
+      </c>
+      <c r="D37" s="493"/>
+      <c r="E37" s="503" t="s">
+        <v>345</v>
+      </c>
+      <c r="F37" s="492"/>
+      <c r="G37" s="492"/>
+      <c r="H37" s="492"/>
+      <c r="I37" s="500"/>
+      <c r="J37" s="501"/>
+      <c r="K37" s="501"/>
+      <c r="L37" s="501"/>
+      <c r="M37" s="90"/>
+    </row>
+    <row r="38" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="632" t="s">
+        <v>3</v>
+      </c>
+      <c r="B38" s="633" t="s">
+        <v>4</v>
+      </c>
+      <c r="C38" s="16">
+        <v>2</v>
+      </c>
+      <c r="D38" s="493"/>
+      <c r="E38" s="504"/>
+      <c r="F38" s="492"/>
+      <c r="G38" s="492"/>
+      <c r="H38" s="492"/>
+      <c r="I38" s="500"/>
+      <c r="J38" s="501"/>
+      <c r="K38" s="501"/>
+      <c r="L38" s="501"/>
+      <c r="M38" s="90"/>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A39" s="642"/>
+      <c r="B39" s="407"/>
+      <c r="C39" s="634"/>
+      <c r="D39" s="634"/>
+      <c r="E39" s="504"/>
+      <c r="F39" s="492"/>
+      <c r="G39" s="492"/>
+      <c r="H39" s="492"/>
+      <c r="I39" s="500"/>
+      <c r="J39" s="501"/>
+      <c r="K39" s="501"/>
+      <c r="L39" s="501"/>
+      <c r="M39" s="90"/>
+    </row>
+    <row r="40" spans="1:13" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="642"/>
+      <c r="B40" s="407"/>
+      <c r="C40" s="634"/>
+      <c r="D40" s="634"/>
+      <c r="E40" s="504"/>
+      <c r="F40" s="492"/>
+      <c r="G40" s="492"/>
+      <c r="H40" s="492"/>
+      <c r="I40" s="500"/>
+      <c r="J40" s="501"/>
+      <c r="K40" s="501"/>
+      <c r="L40" s="501"/>
+      <c r="M40" s="90"/>
+    </row>
+    <row r="41" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="642"/>
+      <c r="B41" s="407"/>
+      <c r="C41" s="634"/>
+      <c r="D41" s="634"/>
+      <c r="E41" s="504"/>
+      <c r="F41" s="492"/>
+      <c r="G41" s="492"/>
+      <c r="H41" s="492"/>
+      <c r="I41" s="500"/>
+      <c r="J41" s="501"/>
+      <c r="K41" s="501"/>
+      <c r="L41" s="811" t="str">
+        <f>IF(I29&lt;480,"Увеличте высоту корпуса",IF(I29&lt;520,"202",IF(I29&lt;1201,"221",)))</f>
+        <v>221</v>
+      </c>
+      <c r="M41" s="90"/>
+    </row>
+    <row r="42" spans="1:13" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="813" t="s">
+        <v>32</v>
+      </c>
+      <c r="B42" s="814"/>
+      <c r="C42" s="629"/>
+      <c r="D42" s="489"/>
+      <c r="E42" s="504"/>
+      <c r="F42" s="492"/>
+      <c r="G42" s="492"/>
+      <c r="H42" s="492"/>
+      <c r="I42" s="500"/>
+      <c r="J42" s="501"/>
+      <c r="K42" s="501"/>
+      <c r="L42" s="811"/>
+      <c r="M42" s="818"/>
+    </row>
+    <row r="43" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="630" t="s">
+        <v>0</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C43" s="14">
+        <v>2</v>
+      </c>
+      <c r="D43" s="493"/>
+      <c r="E43" s="505"/>
+      <c r="F43" s="491"/>
+      <c r="G43" s="491"/>
+      <c r="H43" s="506"/>
+      <c r="I43" s="500"/>
+      <c r="J43" s="501"/>
+      <c r="K43" s="501"/>
+      <c r="L43" s="812"/>
+      <c r="M43" s="818"/>
+    </row>
+    <row r="44" spans="1:13" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A44" s="643" t="s">
+        <v>5</v>
+      </c>
+      <c r="B44" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C44" s="19">
+        <v>2</v>
+      </c>
+      <c r="D44" s="493"/>
+      <c r="E44" s="505"/>
+      <c r="F44" s="506"/>
+      <c r="G44" s="506"/>
+      <c r="H44" s="506"/>
+      <c r="I44" s="500"/>
+      <c r="J44" s="501"/>
+      <c r="K44" s="501"/>
+      <c r="L44" s="501"/>
+      <c r="M44" s="818"/>
+    </row>
+    <row r="45" spans="1:13" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A45" s="631" t="s">
+        <v>33</v>
+      </c>
+      <c r="B45" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="C45" s="15">
+        <v>2</v>
+      </c>
+      <c r="D45" s="493"/>
+      <c r="E45" s="505"/>
+      <c r="F45" s="506"/>
+      <c r="G45" s="506"/>
+      <c r="H45" s="506"/>
+      <c r="I45" s="500"/>
+      <c r="J45" s="501"/>
+      <c r="K45" s="501"/>
+      <c r="L45" s="501"/>
+      <c r="M45" s="90"/>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A46" s="631" t="s">
+        <v>11</v>
+      </c>
+      <c r="B46" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="C46" s="15">
+        <v>2</v>
+      </c>
+      <c r="D46" s="493"/>
+      <c r="E46" s="505"/>
+      <c r="F46" s="506"/>
+      <c r="G46" s="506"/>
+      <c r="H46" s="506"/>
+      <c r="I46" s="500"/>
+      <c r="J46" s="501"/>
+      <c r="K46" s="501"/>
+      <c r="L46" s="501"/>
+      <c r="M46" s="90"/>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A47" s="643" t="s">
+        <v>8</v>
+      </c>
+      <c r="B47" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" s="19">
+        <v>1</v>
+      </c>
+      <c r="D47" s="493"/>
+      <c r="E47" s="505"/>
+      <c r="F47" s="506"/>
+      <c r="G47" s="506"/>
+      <c r="H47" s="506"/>
+      <c r="I47" s="500"/>
+      <c r="J47" s="501"/>
+      <c r="K47" s="501"/>
+      <c r="L47" s="501"/>
+      <c r="M47" s="90"/>
+    </row>
+    <row r="48" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="631" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" s="15">
+        <v>1</v>
+      </c>
+      <c r="D48" s="493"/>
+      <c r="E48" s="505"/>
+      <c r="F48" s="506"/>
+      <c r="G48" s="506"/>
+      <c r="H48" s="506"/>
+      <c r="I48" s="500"/>
+      <c r="J48" s="501"/>
+      <c r="K48" s="501"/>
+      <c r="L48" s="576">
+        <f>L29+12.5</f>
+        <v>28.5</v>
+      </c>
+      <c r="M48" s="90"/>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A49" s="631" t="s">
+        <v>470</v>
+      </c>
+      <c r="B49" s="11" t="s">
+        <v>431</v>
+      </c>
+      <c r="C49" s="15">
+        <v>1</v>
+      </c>
+      <c r="D49" s="493"/>
+      <c r="E49" s="505"/>
+      <c r="F49" s="506"/>
+      <c r="G49" s="506"/>
+      <c r="H49" s="506"/>
+      <c r="I49" s="500"/>
+      <c r="J49" s="501"/>
+      <c r="K49" s="501"/>
+      <c r="L49" s="501"/>
+      <c r="M49" s="90"/>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A50" s="631" t="s">
+        <v>471</v>
+      </c>
+      <c r="B50" s="11" t="s">
+        <v>433</v>
+      </c>
+      <c r="C50" s="15">
+        <v>1</v>
+      </c>
+      <c r="D50" s="493"/>
+      <c r="E50" s="647"/>
+      <c r="F50" s="17"/>
+      <c r="G50" s="17"/>
+      <c r="H50" s="17"/>
+      <c r="M50" s="90"/>
+    </row>
+    <row r="51" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="632" t="s">
+        <v>472</v>
+      </c>
+      <c r="B51" s="12" t="s">
+        <v>435</v>
+      </c>
+      <c r="C51" s="16">
+        <v>2</v>
+      </c>
+      <c r="D51" s="646"/>
+      <c r="E51" s="648"/>
+      <c r="F51" s="649"/>
+      <c r="G51" s="649"/>
+      <c r="H51" s="649"/>
+      <c r="I51" s="582"/>
+      <c r="J51" s="55"/>
+      <c r="K51" s="55"/>
+      <c r="L51" s="55"/>
+      <c r="M51" s="579"/>
+    </row>
+    <row r="52" spans="1:13" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="815" t="s">
+        <v>30</v>
+      </c>
+      <c r="B52" s="815"/>
+      <c r="C52" s="815"/>
+      <c r="D52" s="389"/>
+      <c r="E52" s="816" t="s">
+        <v>441</v>
+      </c>
+      <c r="F52" s="817"/>
+      <c r="G52" s="817"/>
+      <c r="H52" s="817"/>
+      <c r="I52" s="817"/>
+      <c r="J52" s="817"/>
+      <c r="K52" s="817"/>
+      <c r="L52" s="817"/>
+      <c r="M52" s="746"/>
+    </row>
+    <row r="53" spans="1:13" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="815"/>
+      <c r="B53" s="815"/>
+      <c r="C53" s="815"/>
+      <c r="D53" s="389"/>
+      <c r="E53" s="91"/>
+      <c r="F53" s="7"/>
+      <c r="G53" s="7"/>
+      <c r="H53" s="7"/>
+      <c r="K53" s="657" t="s">
+        <v>391</v>
+      </c>
+      <c r="L53" s="658">
+        <v>600</v>
+      </c>
+      <c r="M53" s="586" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="815"/>
+      <c r="B54" s="815"/>
+      <c r="C54" s="815"/>
+      <c r="D54" s="389"/>
+      <c r="E54" s="583"/>
+      <c r="F54" s="7"/>
+      <c r="G54" s="7"/>
+      <c r="H54" s="7"/>
+      <c r="K54" s="654" t="s">
+        <v>440</v>
+      </c>
+      <c r="L54" s="588">
+        <v>18</v>
+      </c>
+      <c r="M54" s="585" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="741" t="s">
+        <v>21</v>
+      </c>
+      <c r="B55" s="742"/>
+      <c r="C55" s="742"/>
+      <c r="D55" s="390"/>
+      <c r="E55" s="584" t="s">
+        <v>29</v>
+      </c>
+      <c r="F55" s="580"/>
+      <c r="G55" s="580"/>
+      <c r="H55" s="580"/>
+      <c r="K55" s="655" t="s">
+        <v>439</v>
+      </c>
+      <c r="L55" s="589">
+        <f>L53*0.44+38</f>
+        <v>302</v>
+      </c>
+      <c r="M55" s="587" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="731" t="s">
+        <v>34</v>
+      </c>
+      <c r="B56" s="731"/>
+      <c r="C56" s="731"/>
+      <c r="D56" s="459"/>
+      <c r="E56" s="684">
+        <f>L55</f>
+        <v>302</v>
+      </c>
+      <c r="F56" s="7"/>
+      <c r="G56" s="7"/>
+      <c r="H56" s="7"/>
+      <c r="K56" s="654" t="s">
+        <v>443</v>
+      </c>
+      <c r="L56" s="591">
+        <f>L53*0.29+35</f>
+        <v>209</v>
+      </c>
+      <c r="M56" s="586" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="20" t="s">
+        <v>123</v>
+      </c>
+      <c r="B57" s="21" t="s">
+        <v>428</v>
+      </c>
+      <c r="C57" s="22">
+        <v>2</v>
+      </c>
+      <c r="D57" s="407"/>
+      <c r="E57" s="91"/>
+      <c r="F57" s="7"/>
+      <c r="G57" s="7"/>
+      <c r="H57" s="7"/>
+      <c r="K57" s="656" t="s">
+        <v>436</v>
+      </c>
+      <c r="L57" s="591">
+        <f>L53*0.12+31</f>
+        <v>103</v>
+      </c>
+      <c r="M57" s="586" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="B58" s="23" t="s">
+        <v>429</v>
+      </c>
+      <c r="C58" s="22">
+        <v>2</v>
+      </c>
+      <c r="D58" s="407"/>
+      <c r="E58" s="91"/>
+      <c r="F58" s="7"/>
+      <c r="G58" s="7"/>
+      <c r="H58" s="7"/>
+      <c r="K58" s="656" t="s">
+        <v>437</v>
+      </c>
+      <c r="L58" s="590">
+        <v>28</v>
+      </c>
+      <c r="M58" s="586" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="B59" s="23" t="s">
+        <v>77</v>
+      </c>
+      <c r="C59" s="22">
+        <v>4</v>
+      </c>
+      <c r="D59" s="407"/>
+      <c r="E59" s="91"/>
+      <c r="F59" s="491"/>
+      <c r="G59" s="491"/>
+      <c r="H59" s="7"/>
+      <c r="K59" s="656" t="s">
+        <v>438</v>
+      </c>
+      <c r="L59" s="590">
+        <v>0</v>
+      </c>
+      <c r="M59" s="587" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="B60" s="23" t="s">
+        <v>2</v>
+      </c>
+      <c r="C60" s="22">
+        <v>2</v>
+      </c>
+      <c r="D60" s="407"/>
+      <c r="E60" s="91"/>
+      <c r="F60" s="7"/>
+      <c r="G60" s="7"/>
+      <c r="H60" s="7"/>
+      <c r="K60" s="656" t="s">
+        <v>442</v>
+      </c>
+      <c r="L60" s="591">
+        <f>L53*0.9+1.5*L54+35</f>
+        <v>602</v>
+      </c>
+      <c r="M60" s="587" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A61" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="B61" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C61" s="22">
+        <v>2</v>
+      </c>
+      <c r="D61" s="407"/>
+      <c r="E61" s="91"/>
+      <c r="F61" s="7"/>
+      <c r="G61" s="7"/>
+      <c r="H61" s="7"/>
+      <c r="J61" s="777"/>
+      <c r="K61" s="778"/>
+      <c r="L61" s="653"/>
+      <c r="M61" s="90"/>
+    </row>
+    <row r="62" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A62" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B62" s="22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" s="22">
+        <v>1</v>
+      </c>
+      <c r="D62" s="407"/>
+      <c r="E62" s="91"/>
+      <c r="F62" s="7"/>
+      <c r="G62" s="7"/>
+      <c r="H62" s="7"/>
+      <c r="M62" s="90"/>
+    </row>
+    <row r="63" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A63" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" s="22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" s="22">
+        <v>1</v>
+      </c>
+      <c r="D63" s="407"/>
+      <c r="E63" s="91"/>
+      <c r="F63" s="7"/>
+      <c r="G63" s="7"/>
+      <c r="H63" s="7"/>
+      <c r="M63" s="90"/>
+    </row>
+    <row r="64" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A64" s="460" t="s">
+        <v>470</v>
+      </c>
+      <c r="B64" s="11" t="s">
+        <v>431</v>
+      </c>
+      <c r="C64" s="22">
+        <v>1</v>
+      </c>
+      <c r="D64" s="407"/>
+      <c r="E64" s="91"/>
+      <c r="F64" s="7"/>
+      <c r="G64" s="7"/>
+      <c r="H64" s="7"/>
+      <c r="M64" s="90"/>
+    </row>
+    <row r="65" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A65" s="460" t="s">
+        <v>471</v>
+      </c>
+      <c r="B65" s="11" t="s">
+        <v>433</v>
+      </c>
+      <c r="C65" s="22">
+        <v>1</v>
+      </c>
+      <c r="D65" s="407"/>
+      <c r="E65" s="91"/>
+      <c r="F65" s="7"/>
+      <c r="G65" s="7"/>
+      <c r="H65" s="7"/>
+      <c r="M65" s="90"/>
+    </row>
+    <row r="66" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="461" t="s">
+        <v>472</v>
+      </c>
+      <c r="B66" s="12" t="s">
+        <v>435</v>
+      </c>
+      <c r="C66" s="22">
+        <v>2</v>
+      </c>
+      <c r="D66" s="407"/>
+      <c r="E66" s="91"/>
+      <c r="F66" s="7"/>
+      <c r="G66" s="7"/>
+      <c r="H66" s="7"/>
+      <c r="M66" s="90"/>
+    </row>
+    <row r="67" spans="1:15" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A67" s="731" t="s">
+        <v>35</v>
+      </c>
+      <c r="B67" s="731"/>
+      <c r="C67" s="731"/>
+      <c r="D67" s="459"/>
+      <c r="E67" s="91"/>
+      <c r="F67" s="7"/>
+      <c r="G67" s="7"/>
+      <c r="H67" s="7"/>
+      <c r="M67" s="90"/>
+    </row>
+    <row r="68" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="20" t="s">
+        <v>124</v>
+      </c>
+      <c r="B68" s="21" t="s">
+        <v>428</v>
+      </c>
+      <c r="C68" s="22">
+        <v>2</v>
+      </c>
+      <c r="D68" s="407"/>
+      <c r="E68" s="44"/>
+      <c r="F68" s="581"/>
+      <c r="G68" s="581"/>
+      <c r="H68" s="581"/>
+      <c r="I68" s="582"/>
+      <c r="J68" s="55"/>
+      <c r="K68" s="55"/>
+      <c r="L68" s="55"/>
+      <c r="M68" s="579"/>
+    </row>
+    <row r="69" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="B69" s="23" t="s">
+        <v>429</v>
+      </c>
+      <c r="C69" s="22">
+        <v>2</v>
+      </c>
+      <c r="D69" s="407"/>
+      <c r="E69" s="7"/>
+      <c r="F69" s="7"/>
+      <c r="G69" s="7"/>
+      <c r="H69" s="7"/>
+    </row>
+    <row r="70" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A70" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="B70" s="23" t="s">
+        <v>77</v>
+      </c>
+      <c r="C70" s="22">
+        <v>4</v>
+      </c>
+      <c r="D70" s="407"/>
+      <c r="E70" s="7"/>
+      <c r="F70" s="491"/>
+      <c r="G70" s="491"/>
+      <c r="H70" s="7"/>
+    </row>
+    <row r="71" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A71" s="20" t="s">
+        <v>3</v>
+      </c>
+      <c r="B71" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="C71" s="22">
+        <v>2</v>
+      </c>
+      <c r="D71" s="407"/>
+      <c r="E71" s="7"/>
+      <c r="F71" s="7"/>
+      <c r="G71" s="7"/>
+      <c r="H71" s="7"/>
+    </row>
+    <row r="72" spans="1:15" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A72" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="B72" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C72" s="22">
+        <v>2</v>
+      </c>
+      <c r="D72" s="407"/>
+      <c r="E72" s="7"/>
+      <c r="F72" s="7"/>
+      <c r="G72" s="7"/>
+      <c r="H72" s="7"/>
+    </row>
+    <row r="73" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A73" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="B73" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="C73" s="22">
+        <v>2</v>
+      </c>
+      <c r="D73" s="407"/>
+      <c r="E73" s="7"/>
+      <c r="F73" s="7"/>
+      <c r="G73" s="7"/>
+      <c r="H73" s="7"/>
+    </row>
+    <row r="74" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A74" s="460" t="s">
+        <v>470</v>
+      </c>
+      <c r="B74" s="11" t="s">
+        <v>431</v>
+      </c>
+      <c r="C74" s="22">
+        <v>1</v>
+      </c>
+      <c r="D74" s="407"/>
+      <c r="E74" s="7"/>
+      <c r="F74" s="7"/>
+      <c r="G74" s="7"/>
+      <c r="H74" s="7"/>
+    </row>
+    <row r="75" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A75" s="460" t="s">
+        <v>471</v>
+      </c>
+      <c r="B75" s="11" t="s">
+        <v>433</v>
+      </c>
+      <c r="C75" s="22">
+        <v>1</v>
+      </c>
+      <c r="D75" s="407"/>
+      <c r="E75" s="7"/>
+      <c r="F75" s="7"/>
+      <c r="G75" s="7"/>
+      <c r="H75" s="7"/>
+    </row>
+    <row r="76" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="461" t="s">
+        <v>472</v>
+      </c>
+      <c r="B76" s="12" t="s">
+        <v>435</v>
+      </c>
+      <c r="C76" s="22">
+        <v>2</v>
+      </c>
+      <c r="D76" s="407"/>
+      <c r="E76" s="7"/>
+      <c r="F76" s="7"/>
+      <c r="G76" s="7"/>
+      <c r="H76" s="7"/>
+    </row>
+    <row r="77" spans="1:15" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="743" t="s">
+        <v>509</v>
+      </c>
+      <c r="B77" s="745"/>
+      <c r="C77" s="745"/>
+      <c r="D77" s="745"/>
+      <c r="E77" s="745"/>
+      <c r="F77" s="745"/>
+      <c r="G77" s="745"/>
+      <c r="H77" s="745"/>
+      <c r="I77" s="745"/>
+      <c r="J77" s="745"/>
+      <c r="K77" s="745"/>
+      <c r="L77" s="746"/>
+      <c r="M77" s="88"/>
+      <c r="N77" s="88"/>
+      <c r="O77" s="88"/>
+    </row>
+    <row r="93" spans="5:7" ht="18" x14ac:dyDescent="0.2">
+      <c r="E93" s="777"/>
+      <c r="F93" s="777"/>
+      <c r="G93" s="653"/>
+    </row>
+    <row r="94" spans="5:7" ht="18" x14ac:dyDescent="0.2">
+      <c r="E94" s="777"/>
+      <c r="F94" s="777"/>
+      <c r="G94" s="653"/>
+    </row>
+    <row r="95" spans="5:7" ht="18" x14ac:dyDescent="0.2">
+      <c r="E95" s="777"/>
+      <c r="F95" s="778"/>
+      <c r="G95" s="653"/>
+    </row>
+    <row r="96" spans="5:7" ht="18" x14ac:dyDescent="0.2">
+      <c r="E96" s="777"/>
+      <c r="F96" s="778"/>
+      <c r="G96" s="653"/>
+    </row>
+    <row r="97" spans="5:7" ht="18" x14ac:dyDescent="0.2">
+      <c r="E97" s="777"/>
+      <c r="F97" s="778"/>
+      <c r="G97" s="653"/>
+    </row>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="qc93SClclaml8wdvmxhGBN38YBbq5IZpGX7QkCjK23sn948RghSyU8zUbN+c8VlV7eis/q5nip+aOBYPerUZ0w==" saltValue="pX9RfSh83wsd7hSxOMxLsA==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <protectedRanges>
+    <protectedRange sqref="E16:G25" name="Диапазон1"/>
+  </protectedRanges>
+  <mergeCells count="54">
+    <mergeCell ref="A55:C55"/>
+    <mergeCell ref="A56:C56"/>
+    <mergeCell ref="A67:C67"/>
+    <mergeCell ref="J61:K61"/>
+    <mergeCell ref="L41:L43"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="A52:C54"/>
+    <mergeCell ref="E52:M52"/>
+    <mergeCell ref="M42:M44"/>
+    <mergeCell ref="K26:M26"/>
+    <mergeCell ref="F27:K27"/>
+    <mergeCell ref="F28:H28"/>
+    <mergeCell ref="F29:H29"/>
+    <mergeCell ref="E32:E35"/>
+    <mergeCell ref="A18:D18"/>
+    <mergeCell ref="A19:D19"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="A21:D21"/>
+    <mergeCell ref="A22:D22"/>
+    <mergeCell ref="A23:D23"/>
+    <mergeCell ref="A24:D24"/>
+    <mergeCell ref="A25:C25"/>
+    <mergeCell ref="A26:D26"/>
+    <mergeCell ref="A14:K14"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="A15:C15"/>
+    <mergeCell ref="A16:C16"/>
+    <mergeCell ref="A17:C17"/>
+    <mergeCell ref="E9:F9"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="C13:D13"/>
+    <mergeCell ref="E97:F97"/>
+    <mergeCell ref="A1:K1"/>
+    <mergeCell ref="A3:A4"/>
+    <mergeCell ref="B3:B4"/>
+    <mergeCell ref="C3:D4"/>
+    <mergeCell ref="E3:F3"/>
+    <mergeCell ref="G3:I12"/>
+    <mergeCell ref="A5:A6"/>
+    <mergeCell ref="B5:B6"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="C6:D6"/>
+    <mergeCell ref="A7:A8"/>
+    <mergeCell ref="B7:B8"/>
+    <mergeCell ref="C7:D7"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="A20:D20"/>
+    <mergeCell ref="A77:L77"/>
+    <mergeCell ref="E93:F93"/>
+    <mergeCell ref="E94:F94"/>
+    <mergeCell ref="E95:F95"/>
+    <mergeCell ref="E96:F96"/>
+  </mergeCells>
+  <conditionalFormatting sqref="J16:J25">
+    <cfRule type="containsText" dxfId="101" priority="2" stopIfTrue="1" operator="containsText" text="очень">
+      <formula>NOT(ISERROR(SEARCH("очень",J16)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="K16:K25">
+    <cfRule type="containsText" dxfId="100" priority="1" stopIfTrue="1" operator="containsText" text="Недопустимо">
+      <formula>NOT(ISERROR(SEARCH("Недопустимо",K16)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <hyperlinks>
+    <hyperlink ref="L1" location="Содержание!R1C1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
+  </hyperlinks>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <sheetPr>
+    <tabColor indexed="13"/>
+  </sheetPr>
+  <dimension ref="A1:P29"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="M1" sqref="M1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="36.5703125" style="462" customWidth="1"/>
+    <col min="2" max="2" width="13.7109375" style="462" customWidth="1"/>
+    <col min="3" max="3" width="21.28515625" style="462" customWidth="1"/>
+    <col min="4" max="4" width="17.28515625" style="462" customWidth="1"/>
+    <col min="5" max="5" width="16.7109375" style="462" customWidth="1"/>
+    <col min="6" max="6" width="23.42578125" style="484" customWidth="1"/>
+    <col min="7" max="7" width="14.42578125" style="462" customWidth="1"/>
+    <col min="8" max="8" width="14.28515625" style="462" customWidth="1"/>
+    <col min="9" max="9" width="15.85546875" style="462" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" style="462" customWidth="1"/>
+    <col min="11" max="11" width="27.85546875" style="462" customWidth="1"/>
+    <col min="12" max="12" width="24.140625" style="462" customWidth="1"/>
+    <col min="13" max="13" width="21.42578125" style="462" customWidth="1"/>
+    <col min="14" max="14" width="10.7109375" style="462" customWidth="1"/>
+    <col min="15" max="15" width="14.7109375" style="462" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="462"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:16" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="853"/>
+      <c r="B1" s="854"/>
+      <c r="C1" s="854"/>
+      <c r="D1" s="854"/>
+      <c r="E1" s="854"/>
+      <c r="F1" s="854"/>
+      <c r="G1" s="855"/>
+      <c r="H1" s="855"/>
+      <c r="I1" s="855"/>
+      <c r="J1" s="855"/>
+      <c r="K1" s="855"/>
+      <c r="L1" s="856"/>
+      <c r="M1" s="704" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="828" t="s">
+        <v>156</v>
+      </c>
+      <c r="B2" s="829"/>
+      <c r="C2" s="829"/>
+      <c r="D2" s="829"/>
+      <c r="E2" s="829"/>
+      <c r="F2" s="829"/>
+      <c r="G2" s="829"/>
+      <c r="H2" s="829"/>
+      <c r="I2" s="829"/>
+      <c r="J2" s="829"/>
+      <c r="K2" s="829"/>
+      <c r="L2" s="463"/>
+      <c r="M2" s="464"/>
+    </row>
+    <row r="3" spans="1:16" ht="50.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="678" t="s">
+        <v>125</v>
+      </c>
+      <c r="B3" s="465" t="s">
+        <v>334</v>
+      </c>
+      <c r="C3" s="466" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="466" t="s">
+        <v>14</v>
+      </c>
+      <c r="E3" s="677" t="s">
+        <v>182</v>
+      </c>
+      <c r="F3" s="679" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" s="857" t="s">
+        <v>463</v>
+      </c>
+      <c r="H3" s="858"/>
+      <c r="I3" s="858"/>
+      <c r="J3" s="859"/>
+      <c r="K3" s="467"/>
+      <c r="L3" s="468"/>
+      <c r="M3" s="464"/>
+    </row>
+    <row r="4" spans="1:16" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="469" t="s">
+        <v>337</v>
+      </c>
+      <c r="B4" s="470">
+        <v>18</v>
+      </c>
+      <c r="C4" s="680">
+        <v>800</v>
+      </c>
+      <c r="D4" s="471">
+        <v>1800</v>
+      </c>
+      <c r="E4" s="472">
+        <v>0</v>
+      </c>
+      <c r="F4" s="672">
+        <f>(C4/1000)*(D4/1000)*B4*(680/1000)+(E4/1000)</f>
+        <v>17.625600000000002</v>
+      </c>
+      <c r="G4" s="823" t="str">
+        <f>IF(C4&lt;350,"Увеличьте высоту фасада (мин.350 мм)",IF(D4&gt;1800,ё,IF(AND(C4&lt;501,F4&lt;12.51),"АVENTOS HS top 22 (22S2200)",IF(AND(C4&lt;651,F4&lt;15.26),"АVENTOS HS top 25 (22S2500)",IF(AND(C4&lt;801,F4&lt;18.51)," АVENTOS HS top 28 (22S2800)",IF(C4&gt;800,"Уменьшите высоту фасада (макс. 800 мм)",IF(F4&gt;18.5,"Очень тяжёлый фасад",)))))))</f>
+        <v xml:space="preserve"> АVENTOS HS top 28 (22S2800)</v>
+      </c>
+      <c r="H4" s="824"/>
+      <c r="I4" s="824"/>
+      <c r="J4" s="825"/>
+      <c r="K4" s="473"/>
+      <c r="L4" s="474"/>
+      <c r="M4" s="464"/>
+      <c r="N4"/>
+    </row>
+    <row r="5" spans="1:16" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="675" t="s">
+        <v>338</v>
+      </c>
+      <c r="B5" s="670">
+        <v>19</v>
+      </c>
+      <c r="C5" s="681">
+        <v>420</v>
+      </c>
+      <c r="D5" s="671">
+        <v>1200</v>
+      </c>
+      <c r="E5" s="671">
+        <v>0</v>
+      </c>
+      <c r="F5" s="674">
+        <f>(C5/1000)*(D5/1000)*B5*(760/1000)+(E5/1000)</f>
+        <v>7.2777600000000007</v>
+      </c>
+      <c r="G5" s="860" t="str">
+        <f t="shared" ref="G5:G9" si="0">IF(C5&lt;350,"Увеличьте высоту фасада (мин.350 мм)",IF(D5&gt;1800,"Уменьшите ширину фасада (макс. 1800 мм)",IF(AND(C5&lt;501,F5&lt;12.51),"АVENTOS HS top 22 (22S2200)",IF(AND(C5&lt;651,F5&lt;15.26),"АVENTOS HS top 25 (22S2500)",IF(AND(C5&lt;801,F5&lt;18.51)," АVENTOS HS top 28 (22S2800)",IF(C5&gt;800,"Уменьшите высоту фасада (макс. 800 мм)",IF(F5&gt;18.5,"Очень тяжёлый фасад",)))))))</f>
+        <v>АVENTOS HS top 22 (22S2200)</v>
+      </c>
+      <c r="H5" s="861"/>
+      <c r="I5" s="861"/>
+      <c r="J5" s="862"/>
+      <c r="K5" s="477"/>
+      <c r="L5" s="478"/>
+      <c r="M5" s="464"/>
+    </row>
+    <row r="6" spans="1:16" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="827" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" s="822"/>
+      <c r="C6" s="682">
+        <v>600</v>
+      </c>
+      <c r="D6" s="471">
+        <v>650</v>
+      </c>
+      <c r="E6" s="472">
+        <v>0</v>
+      </c>
+      <c r="F6" s="672">
+        <f>(C6-4)/1000*(D6-4)/1000*(11.5+0.6)+ (E6/1000)</f>
+        <v>4.6586935999999994</v>
+      </c>
+      <c r="G6" s="823" t="str">
+        <f t="shared" si="0"/>
+        <v>АVENTOS HS top 25 (22S2500)</v>
+      </c>
+      <c r="H6" s="824"/>
+      <c r="I6" s="824"/>
+      <c r="J6" s="825"/>
+      <c r="K6" s="477"/>
+      <c r="L6" s="478"/>
+      <c r="M6" s="464"/>
+    </row>
+    <row r="7" spans="1:16" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="867" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" s="868"/>
+      <c r="C7" s="683">
+        <v>600</v>
+      </c>
+      <c r="D7" s="476">
+        <v>0</v>
+      </c>
+      <c r="E7" s="476">
+        <v>0</v>
+      </c>
+      <c r="F7" s="674">
+        <f>(C7-4)/1000*(D7-4)/1000*(11.5+0.6)+ (E7/1000)</f>
+        <v>-2.8846399999999998E-2</v>
+      </c>
+      <c r="G7" s="860" t="str">
+        <f t="shared" si="0"/>
+        <v>АVENTOS HS top 25 (22S2500)</v>
+      </c>
+      <c r="H7" s="861"/>
+      <c r="I7" s="861"/>
+      <c r="J7" s="862"/>
+      <c r="K7" s="477"/>
+      <c r="L7" s="478"/>
+      <c r="M7" s="464"/>
+    </row>
+    <row r="8" spans="1:16" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="826" t="s">
+        <v>172</v>
+      </c>
+      <c r="B8" s="822"/>
+      <c r="C8" s="682">
+        <v>600</v>
+      </c>
+      <c r="D8" s="471">
+        <v>0</v>
+      </c>
+      <c r="E8" s="472">
+        <v>0</v>
+      </c>
+      <c r="F8" s="672">
+        <f>(C8-4)/1000*(D8-4)/1000*(8.8+0.4)+ (E8/1000)</f>
+        <v>-2.1932800000000002E-2</v>
+      </c>
+      <c r="G8" s="823" t="str">
+        <f t="shared" si="0"/>
+        <v>АVENTOS HS top 25 (22S2500)</v>
+      </c>
+      <c r="H8" s="824"/>
+      <c r="I8" s="824"/>
+      <c r="J8" s="825"/>
+      <c r="K8" s="477"/>
+      <c r="L8" s="478"/>
+      <c r="M8" s="464"/>
+    </row>
+    <row r="9" spans="1:16" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="869" t="s">
+        <v>289</v>
+      </c>
+      <c r="B9" s="870"/>
+      <c r="C9" s="683">
+        <v>600</v>
+      </c>
+      <c r="D9" s="475">
+        <v>0</v>
+      </c>
+      <c r="E9" s="475">
+        <v>0</v>
+      </c>
+      <c r="F9" s="674">
+        <f>(C9)/1000*(D9)/1000*4*(2500/1000)+(C9)/1000*(D9)/1000*16*(680/1000)+E9/1000</f>
+        <v>0</v>
+      </c>
+      <c r="G9" s="871" t="str">
+        <f t="shared" si="0"/>
+        <v>АVENTOS HS top 25 (22S2500)</v>
+      </c>
+      <c r="H9" s="872"/>
+      <c r="I9" s="872"/>
+      <c r="J9" s="873"/>
+      <c r="K9" s="479"/>
+      <c r="L9" s="480"/>
+      <c r="M9" s="464"/>
+    </row>
+    <row r="10" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="481" t="s">
+        <v>210</v>
+      </c>
+      <c r="B10" s="482"/>
+      <c r="C10" s="482"/>
+      <c r="D10" s="482"/>
+      <c r="E10" s="482"/>
+      <c r="F10" s="482"/>
+      <c r="G10" s="464"/>
+      <c r="H10" s="464"/>
+      <c r="I10" s="464"/>
+      <c r="J10" s="464"/>
+      <c r="K10" s="464"/>
+      <c r="L10" s="464"/>
+      <c r="M10" s="464"/>
+      <c r="O10" s="486"/>
+    </row>
+    <row r="11" spans="1:16" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="669" t="s">
+        <v>445</v>
+      </c>
+      <c r="B11" s="660" t="s">
+        <v>155</v>
+      </c>
+      <c r="C11" s="661"/>
+      <c r="D11" s="661"/>
+      <c r="E11" s="664"/>
+      <c r="F11" s="665"/>
+      <c r="G11" s="666"/>
+      <c r="H11" s="666"/>
+      <c r="I11" s="863"/>
+      <c r="J11" s="865"/>
+      <c r="K11" s="866"/>
+      <c r="L11" s="866"/>
+      <c r="M11" s="464"/>
+    </row>
+    <row r="12" spans="1:16" ht="54.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="685" t="s">
+        <v>445</v>
+      </c>
+      <c r="B12" s="857" t="s">
+        <v>459</v>
+      </c>
+      <c r="C12" s="874"/>
+      <c r="D12" s="689" t="s">
+        <v>456</v>
+      </c>
+      <c r="E12" s="667"/>
+      <c r="F12" s="668"/>
+      <c r="G12" s="668"/>
+      <c r="H12" s="668"/>
+      <c r="I12" s="864"/>
+      <c r="J12" s="662"/>
+      <c r="K12" s="662"/>
+      <c r="L12" s="662"/>
+      <c r="M12" s="464"/>
+      <c r="O12" s="487"/>
+      <c r="P12" s="483"/>
+    </row>
+    <row r="13" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="686" t="s">
+        <v>444</v>
+      </c>
+      <c r="B13" s="836" t="s">
+        <v>449</v>
+      </c>
+      <c r="C13" s="837"/>
+      <c r="D13" s="848" t="s">
+        <v>451</v>
+      </c>
+      <c r="E13" s="663"/>
+      <c r="F13" s="659"/>
+      <c r="G13" s="659"/>
+      <c r="H13" s="659"/>
+      <c r="I13" s="663"/>
+      <c r="J13" s="659"/>
+      <c r="K13" s="659"/>
+      <c r="L13" s="659"/>
+      <c r="M13" s="464"/>
+    </row>
+    <row r="14" spans="1:16" ht="18" x14ac:dyDescent="0.2">
+      <c r="A14" s="687" t="s">
+        <v>446</v>
+      </c>
+      <c r="B14" s="849" t="s">
+        <v>450</v>
+      </c>
+      <c r="C14" s="850"/>
+      <c r="D14" s="837"/>
+      <c r="E14" s="663"/>
+      <c r="F14" s="659"/>
+      <c r="G14" s="659"/>
+      <c r="H14" s="659"/>
+      <c r="I14" s="663"/>
+      <c r="J14" s="659"/>
+      <c r="K14" s="659"/>
+      <c r="L14" s="659"/>
+      <c r="M14" s="464"/>
+    </row>
+    <row r="15" spans="1:16" ht="18" x14ac:dyDescent="0.2">
+      <c r="A15" s="687" t="s">
+        <v>447</v>
+      </c>
+      <c r="B15" s="849" t="s">
+        <v>454</v>
+      </c>
+      <c r="C15" s="850"/>
+      <c r="D15" s="690" t="s">
+        <v>452</v>
+      </c>
+      <c r="E15" s="663"/>
+      <c r="F15" s="659"/>
+      <c r="G15" s="659"/>
+      <c r="H15" s="659"/>
+      <c r="I15" s="663"/>
+      <c r="J15" s="659"/>
+      <c r="K15" s="659"/>
+      <c r="L15" s="659"/>
+      <c r="M15" s="464"/>
+    </row>
+    <row r="16" spans="1:16" ht="18.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="688" t="s">
+        <v>448</v>
+      </c>
+      <c r="B16" s="851" t="s">
+        <v>455</v>
+      </c>
+      <c r="C16" s="852"/>
+      <c r="D16" s="691" t="s">
+        <v>453</v>
+      </c>
+      <c r="E16" s="663"/>
+      <c r="F16" s="659"/>
+      <c r="G16" s="659"/>
+      <c r="H16" s="659"/>
+      <c r="I16" s="663"/>
+      <c r="J16" s="659"/>
+      <c r="K16" s="659"/>
+      <c r="L16" s="659"/>
+      <c r="M16" s="464"/>
+    </row>
+    <row r="17" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="F17" s="676"/>
+      <c r="G17" s="485"/>
+      <c r="H17" s="485"/>
+    </row>
+    <row r="18" spans="1:9" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="838" t="s">
+        <v>468</v>
+      </c>
+      <c r="B18" s="839"/>
+      <c r="C18" s="839"/>
+      <c r="D18" s="839"/>
+      <c r="E18" s="839"/>
+      <c r="F18" s="840"/>
+      <c r="G18" s="840"/>
+      <c r="H18" s="840"/>
+      <c r="I18" s="841"/>
+    </row>
+    <row r="19" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="692" t="s">
+        <v>460</v>
+      </c>
+      <c r="B19" s="877" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19" s="878"/>
+      <c r="D19" s="879"/>
+      <c r="E19" s="880"/>
+      <c r="F19" s="888" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="889"/>
+      <c r="H19" s="842" t="s">
+        <v>461</v>
+      </c>
+      <c r="I19" s="843"/>
+    </row>
+    <row r="20" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="693">
+        <v>1</v>
+      </c>
+      <c r="B20" s="881" t="s">
+        <v>462</v>
+      </c>
+      <c r="C20" s="882"/>
+      <c r="D20" s="883"/>
+      <c r="E20" s="884"/>
+      <c r="F20" s="890" t="s">
+        <v>469</v>
+      </c>
+      <c r="G20" s="891"/>
+      <c r="H20" s="844">
+        <v>2</v>
+      </c>
+      <c r="I20" s="845"/>
+    </row>
+    <row r="21" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="693">
+        <v>2</v>
+      </c>
+      <c r="B21" s="832" t="s">
+        <v>458</v>
+      </c>
+      <c r="C21" s="885"/>
+      <c r="D21" s="886"/>
+      <c r="E21" s="887"/>
+      <c r="F21" s="830" t="s">
+        <v>457</v>
+      </c>
+      <c r="G21" s="831"/>
+      <c r="H21" s="846">
+        <v>2</v>
+      </c>
+      <c r="I21" s="847"/>
+    </row>
+    <row r="22" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="693">
+        <v>3</v>
+      </c>
+      <c r="B22" s="832" t="s">
+        <v>507</v>
+      </c>
+      <c r="C22" s="833"/>
+      <c r="D22" s="833"/>
+      <c r="E22" s="834"/>
+      <c r="F22" s="830" t="s">
+        <v>508</v>
+      </c>
+      <c r="G22" s="831"/>
+      <c r="H22" s="846">
+        <v>2</v>
+      </c>
+      <c r="I22" s="847"/>
+    </row>
+    <row r="23" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="693">
+        <v>4</v>
+      </c>
+      <c r="B23" s="832" t="s">
+        <v>470</v>
+      </c>
+      <c r="C23" s="885" t="s">
+        <v>430</v>
+      </c>
+      <c r="D23" s="894"/>
+      <c r="E23" s="895"/>
+      <c r="F23" s="830" t="s">
+        <v>431</v>
+      </c>
+      <c r="G23" s="831"/>
+      <c r="H23" s="846">
+        <v>1</v>
+      </c>
+      <c r="I23" s="847"/>
+    </row>
+    <row r="24" spans="1:9" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="693">
+        <v>5</v>
+      </c>
+      <c r="B24" s="832" t="s">
+        <v>471</v>
+      </c>
+      <c r="C24" s="885" t="s">
+        <v>432</v>
+      </c>
+      <c r="D24" s="894"/>
+      <c r="E24" s="895"/>
+      <c r="F24" s="830" t="s">
+        <v>433</v>
+      </c>
+      <c r="G24" s="831"/>
+      <c r="H24" s="846">
+        <v>1</v>
+      </c>
+      <c r="I24" s="847"/>
+    </row>
+    <row r="25" spans="1:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="693">
+        <v>6</v>
+      </c>
+      <c r="B25" s="896" t="s">
+        <v>472</v>
+      </c>
+      <c r="C25" s="897" t="s">
+        <v>434</v>
+      </c>
+      <c r="D25" s="898"/>
+      <c r="E25" s="899"/>
+      <c r="F25" s="892" t="s">
+        <v>435</v>
+      </c>
+      <c r="G25" s="893"/>
+      <c r="H25" s="875">
+        <v>2</v>
+      </c>
+      <c r="I25" s="876"/>
+    </row>
+    <row r="26" spans="1:9" ht="24" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="819" t="s">
+        <v>506</v>
+      </c>
+      <c r="B26" s="820"/>
+      <c r="C26" s="820"/>
+      <c r="D26" s="820"/>
+      <c r="E26" s="820"/>
+      <c r="F26" s="820"/>
+      <c r="G26" s="821"/>
+      <c r="H26" s="821"/>
+      <c r="I26" s="835"/>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="F27" s="676"/>
+      <c r="G27" s="485"/>
+      <c r="H27" s="485"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="F28" s="676"/>
+      <c r="G28" s="485"/>
+      <c r="H28" s="485"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="F29" s="676"/>
+      <c r="G29" s="485"/>
+      <c r="H29" s="485"/>
+    </row>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="n5FvQzK7fg6ojPwxwMBFjiq8WhQjz4wSubXyZdKGareWEPLIm9h2zVotd+doUcQ0uMWTAXIdBhjxh+glXMB/Fw==" saltValue="T69msNz6Gxbja36LrxOX0A==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <protectedRanges>
+    <protectedRange sqref="C4:D9" name="Диапазон1"/>
+  </protectedRanges>
+  <mergeCells count="44">
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="B23:E23"/>
+    <mergeCell ref="B24:E24"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="B20:E20"/>
+    <mergeCell ref="B21:E21"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="I11:I12"/>
+    <mergeCell ref="J11:L11"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="G7:J7"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="G8:J8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="G9:J9"/>
+    <mergeCell ref="B12:C12"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="G6:J6"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="G3:J3"/>
+    <mergeCell ref="G4:J4"/>
+    <mergeCell ref="G5:J5"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="B22:E22"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="B13:C13"/>
+    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="B14:C14"/>
+    <mergeCell ref="B15:C15"/>
+    <mergeCell ref="B16:C16"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="B19:E19"/>
+  </mergeCells>
+  <conditionalFormatting sqref="G4:J9">
+    <cfRule type="containsText" dxfId="99" priority="1" operator="containsText" text="увеличьте">
+      <formula>NOT(ISERROR(SEARCH("увеличьте",G4)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="98" priority="2" operator="containsText" text="уменьшите">
+      <formula>NOT(ISERROR(SEARCH("уменьшите",G4)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="97" priority="3" operator="containsText" text="увеличте">
+      <formula>NOT(ISERROR(SEARCH("увеличте",G4)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <hyperlinks>
+    <hyperlink ref="M1" location="Содержание!A1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-0500-000000000000}"/>
+  </hyperlinks>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <sheetPr>
+    <tabColor indexed="50"/>
+  </sheetPr>
+  <dimension ref="A1:J29"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="J1" sqref="J1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="39.5703125" customWidth="1"/>
+    <col min="2" max="2" width="12.140625" customWidth="1"/>
+    <col min="3" max="3" width="13.7109375" customWidth="1"/>
+    <col min="4" max="4" width="12.5703125" customWidth="1"/>
+    <col min="5" max="5" width="12" customWidth="1"/>
+    <col min="6" max="6" width="14.28515625" customWidth="1"/>
+    <col min="7" max="7" width="25.28515625" customWidth="1"/>
+    <col min="8" max="8" width="25.5703125" customWidth="1"/>
+    <col min="9" max="9" width="26.42578125" customWidth="1"/>
+    <col min="10" max="10" width="20.7109375" customWidth="1"/>
+    <col min="11" max="11" width="9.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="46.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="905"/>
+      <c r="B1" s="906"/>
+      <c r="C1" s="906"/>
+      <c r="D1" s="906"/>
+      <c r="E1" s="906"/>
+      <c r="F1" s="906"/>
+      <c r="G1" s="907"/>
+      <c r="H1" s="907"/>
+      <c r="I1" s="907"/>
+      <c r="J1" s="338" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="913" t="s">
+        <v>474</v>
+      </c>
+      <c r="B2" s="841"/>
+      <c r="C2" s="913" t="s">
+        <v>25</v>
+      </c>
+      <c r="D2" s="840"/>
+      <c r="E2" s="841"/>
+      <c r="F2" s="924" t="s">
+        <v>403</v>
+      </c>
+      <c r="G2" s="925"/>
+      <c r="H2" s="925"/>
+      <c r="I2" s="916"/>
+    </row>
+    <row r="3" spans="1:10" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="914"/>
+      <c r="B3" s="915"/>
+      <c r="C3" s="914"/>
+      <c r="D3" s="923"/>
+      <c r="E3" s="915"/>
+      <c r="F3" s="920" t="s">
+        <v>478</v>
+      </c>
+      <c r="G3" s="916"/>
+      <c r="H3" s="920" t="s">
+        <v>479</v>
+      </c>
+      <c r="I3" s="916"/>
+    </row>
+    <row r="4" spans="1:10" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="922" t="s">
+        <v>473</v>
+      </c>
+      <c r="B4" s="916"/>
+      <c r="C4" s="926" t="s">
+        <v>480</v>
+      </c>
+      <c r="D4" s="925"/>
+      <c r="E4" s="916"/>
+      <c r="F4" s="921" t="s">
+        <v>484</v>
+      </c>
+      <c r="G4" s="784"/>
+      <c r="H4" s="927"/>
+      <c r="I4" s="928"/>
+    </row>
+    <row r="5" spans="1:10" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="922" t="s">
+        <v>475</v>
+      </c>
+      <c r="B5" s="916"/>
+      <c r="C5" s="926" t="s">
+        <v>481</v>
+      </c>
+      <c r="D5" s="925"/>
+      <c r="E5" s="916"/>
+      <c r="F5" s="921" t="s">
+        <v>485</v>
+      </c>
+      <c r="G5" s="784"/>
+      <c r="H5" s="929"/>
+      <c r="I5" s="930"/>
+    </row>
+    <row r="6" spans="1:10" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="922" t="s">
+        <v>476</v>
+      </c>
+      <c r="B6" s="916"/>
+      <c r="C6" s="926" t="s">
+        <v>482</v>
+      </c>
+      <c r="D6" s="925"/>
+      <c r="E6" s="916"/>
+      <c r="F6" s="927"/>
+      <c r="G6" s="931"/>
+      <c r="H6" s="921" t="s">
+        <v>486</v>
+      </c>
+      <c r="I6" s="784"/>
+    </row>
+    <row r="7" spans="1:10" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="922" t="s">
+        <v>477</v>
+      </c>
+      <c r="B7" s="916"/>
+      <c r="C7" s="926" t="s">
+        <v>483</v>
+      </c>
+      <c r="D7" s="925"/>
+      <c r="E7" s="916"/>
+      <c r="F7" s="929"/>
+      <c r="G7" s="930"/>
+      <c r="H7" s="921" t="s">
+        <v>487</v>
+      </c>
+      <c r="I7" s="784"/>
+    </row>
+    <row r="8" spans="1:10" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="910" t="s">
+        <v>157</v>
+      </c>
+      <c r="B8" s="911"/>
+      <c r="C8" s="912"/>
+      <c r="D8" s="912"/>
+      <c r="E8" s="912"/>
+      <c r="F8" s="912"/>
+      <c r="G8" s="912"/>
+      <c r="H8" s="912"/>
+      <c r="I8" s="912"/>
+    </row>
+    <row r="9" spans="1:10" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="118" t="s">
+        <v>125</v>
+      </c>
+      <c r="B9" s="411" t="s">
+        <v>334</v>
+      </c>
+      <c r="C9" s="395" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="395" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="412" t="s">
+        <v>182</v>
+      </c>
+      <c r="F9" s="403" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" s="277" t="s">
+        <v>130</v>
+      </c>
+      <c r="H9" s="386" t="s">
+        <v>132</v>
+      </c>
+      <c r="I9" s="404"/>
+    </row>
+    <row r="10" spans="1:10" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="307" t="s">
+        <v>339</v>
+      </c>
+      <c r="B10" s="509">
+        <v>19</v>
+      </c>
+      <c r="C10" s="142">
+        <v>389</v>
+      </c>
+      <c r="D10" s="143">
+        <v>1800</v>
+      </c>
+      <c r="E10" s="399">
+        <v>100</v>
+      </c>
+      <c r="F10" s="400">
+        <f>(C10/1000)*(D10/1000)*B10*(680/1000)+(E10/1000)</f>
+        <v>9.1465840000000007</v>
+      </c>
+      <c r="G10" s="401" t="str">
+        <f>IF(F10&lt;1.5,"Очень лёгкий фасад", IF(F10&gt;14,"Очень тяжёлый фасад", IF(D10&gt;1800,"Уменьшите ширину фасада (макс. 1800 мм)",IF(H10="Рычаг L32 (22L3200)","Силовой механизм 22 (22L2200)",IF(H10="Рычаг L35 (22L3500)","Силовой механизм 22 (22L2200)",IF(H10="Рычаг L38 (22L3800)","Силовой механизм 25 (22L2500)",IF(H10="Рычаг L39 (22L3900)","Силовой механизм 25 (22L2500)",)))))))</f>
+        <v>Силовой механизм 22 (22L2200)</v>
+      </c>
+      <c r="H10" s="402" t="str">
+        <f>IF(C10&lt;300,"недопустимая высота корпуса (мин. от 300 мм)",IF(C10&lt;340,"Рычаг L32 (22L3200)",IF(C10&lt;390,"Рычаг L35 (22L3500)",IF(C10&lt;540,"Рычаг L38 (22L3800)",IF(C10&lt;581,"Рычаг L39 (22L3900)",IF(C10&gt;580,"недопустимая высота корпуса (макс. до 580 мм)",))))))</f>
+        <v>Рычаг L35 (22L3500)</v>
+      </c>
+      <c r="I10" s="405"/>
+      <c r="J10" s="7"/>
+    </row>
+    <row r="11" spans="1:10" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="700" t="s">
+        <v>341</v>
+      </c>
+      <c r="B11" s="701">
+        <v>19</v>
+      </c>
+      <c r="C11" s="702">
+        <v>580</v>
+      </c>
+      <c r="D11" s="703">
+        <v>800</v>
+      </c>
+      <c r="E11" s="703">
+        <v>0</v>
+      </c>
+      <c r="F11" s="673">
+        <f>(C11/1000)*(D11/1000)*B11*(760/1000)+(E11/1000)</f>
+        <v>6.7001599999999994</v>
+      </c>
+      <c r="G11" s="694" t="str">
+        <f t="shared" ref="G11:G15" si="0">IF(F11&lt;1.5,"Очень лёгкий фасад", IF(F11&gt;14,"Очень тяжёлый фасад", IF(D11&gt;1800,"Уменьшите ширину фасада (макс. 1800 мм)",IF(H11="Рычаг L32 (22L3200)","Силовой механизм 22 (22L2200)",IF(H11="Рычаг L35 (22L3500)","Силовой механизм 22 (22L2200)",IF(H11="Рычаг L38 (22L3800)","Силовой механизм 25 (22L2500)",IF(H11="Рычаг L39 (22L3900)","Силовой механизм 25 (22L2500)",)))))))</f>
+        <v>Силовой механизм 25 (22L2500)</v>
+      </c>
+      <c r="H11" s="695" t="str">
+        <f t="shared" ref="H11:H15" si="1">IF(C11&lt;300,"недопустимая высота корпуса (мин. от 300 мм)",IF(C11&lt;340,"Рычаг L32 (22L3200)",IF(C11&lt;390,"Рычаг L35 (22L3500)",IF(C11&lt;540,"Рычаг L38 (22L3800)",IF(C11&lt;581,"Рычаг L39 (22L3900)",IF(C11&gt;580,"недопустимая высота корпуса (макс. до 580 мм)",))))))</f>
+        <v>Рычаг L39 (22L3900)</v>
+      </c>
+      <c r="I11" s="405"/>
+      <c r="J11" s="7"/>
+    </row>
+    <row r="12" spans="1:10" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="917" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="918"/>
+      <c r="C12" s="140">
+        <v>580</v>
+      </c>
+      <c r="D12" s="141">
+        <v>800</v>
+      </c>
+      <c r="E12" s="396">
+        <v>0</v>
+      </c>
+      <c r="F12" s="397">
+        <f>(C12)/1000*(D12)/1000*(11.5+0.3)+(E12/1000)</f>
+        <v>5.4752000000000001</v>
+      </c>
+      <c r="G12" s="401" t="str">
+        <f t="shared" si="0"/>
+        <v>Силовой механизм 25 (22L2500)</v>
+      </c>
+      <c r="H12" s="402" t="str">
+        <f t="shared" si="1"/>
+        <v>Рычаг L39 (22L3900)</v>
+      </c>
+      <c r="I12" s="405"/>
+    </row>
+    <row r="13" spans="1:10" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="936" t="s">
+        <v>50</v>
+      </c>
+      <c r="B13" s="937"/>
+      <c r="C13" s="702">
+        <v>400</v>
+      </c>
+      <c r="D13" s="703">
+        <v>800</v>
+      </c>
+      <c r="E13" s="703">
+        <v>0</v>
+      </c>
+      <c r="F13" s="673">
+        <f>(C13)/1000*(D13)/1000*(11.5+0.3)+(E13/1000)</f>
+        <v>3.7760000000000002</v>
+      </c>
+      <c r="G13" s="694" t="str">
+        <f t="shared" si="0"/>
+        <v>Силовой механизм 25 (22L2500)</v>
+      </c>
+      <c r="H13" s="695" t="str">
+        <f t="shared" si="1"/>
+        <v>Рычаг L38 (22L3800)</v>
+      </c>
+      <c r="I13" s="405"/>
+    </row>
+    <row r="14" spans="1:10" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="919" t="s">
+        <v>172</v>
+      </c>
+      <c r="B14" s="918"/>
+      <c r="C14" s="142">
+        <v>580</v>
+      </c>
+      <c r="D14" s="143">
+        <v>800</v>
+      </c>
+      <c r="E14" s="396">
+        <v>0</v>
+      </c>
+      <c r="F14" s="398">
+        <f>(C14)/1000*(D14)/1000*(8.8+0.3)+(E14/1000)</f>
+        <v>4.2224000000000004</v>
+      </c>
+      <c r="G14" s="401" t="str">
+        <f t="shared" si="0"/>
+        <v>Силовой механизм 25 (22L2500)</v>
+      </c>
+      <c r="H14" s="402" t="str">
+        <f t="shared" si="1"/>
+        <v>Рычаг L39 (22L3900)</v>
+      </c>
+      <c r="I14" s="405"/>
+    </row>
+    <row r="15" spans="1:10" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="938" t="s">
+        <v>333</v>
+      </c>
+      <c r="B15" s="939"/>
+      <c r="C15" s="696">
+        <v>400</v>
+      </c>
+      <c r="D15" s="697">
+        <v>800</v>
+      </c>
+      <c r="E15" s="698">
+        <v>0</v>
+      </c>
+      <c r="F15" s="699">
+        <f>(C15)/1000*(D15)/1000*4*(2500/1000)+(C15)/1000*(D15)/1000*16*(680/1000)+(E15/1000)</f>
+        <v>6.6816000000000004</v>
+      </c>
+      <c r="G15" s="694" t="str">
+        <f t="shared" si="0"/>
+        <v>Силовой механизм 25 (22L2500)</v>
+      </c>
+      <c r="H15" s="695" t="str">
+        <f t="shared" si="1"/>
+        <v>Рычаг L38 (22L3800)</v>
+      </c>
+      <c r="I15" s="406"/>
+    </row>
+    <row r="16" spans="1:10" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="312" t="s">
+        <v>210</v>
+      </c>
+      <c r="B16" s="312"/>
+    </row>
+    <row r="17" spans="1:9" ht="23.25" x14ac:dyDescent="0.2">
+      <c r="A17" s="908" t="s">
+        <v>504</v>
+      </c>
+      <c r="B17" s="909"/>
+      <c r="C17" s="934"/>
+      <c r="D17" s="934"/>
+      <c r="E17" s="934"/>
+      <c r="F17" s="934"/>
+      <c r="G17" s="934"/>
+      <c r="H17" s="934"/>
+      <c r="I17" s="935"/>
+    </row>
+    <row r="18" spans="1:9" ht="24.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="67">
+        <v>1</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>492</v>
+      </c>
+      <c r="C18" s="932" t="s">
+        <v>488</v>
+      </c>
+      <c r="D18" s="932"/>
+      <c r="E18" s="933"/>
+      <c r="F18" s="67" t="s">
+        <v>489</v>
+      </c>
+      <c r="G18" s="67">
+        <v>2</v>
+      </c>
+      <c r="H18" s="68"/>
+      <c r="I18" s="68"/>
+    </row>
+    <row r="19" spans="1:9" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="67">
+        <v>3</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>492</v>
+      </c>
+      <c r="C19" s="932" t="s">
+        <v>490</v>
+      </c>
+      <c r="D19" s="932"/>
+      <c r="E19" s="933"/>
+      <c r="F19" s="67" t="s">
+        <v>491</v>
+      </c>
+      <c r="G19" s="67">
+        <v>2</v>
+      </c>
+      <c r="H19" s="89"/>
+      <c r="I19" s="68"/>
+    </row>
+    <row r="20" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="67">
+        <v>4</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>492</v>
+      </c>
+      <c r="C20" s="932" t="s">
+        <v>470</v>
+      </c>
+      <c r="D20" s="932" t="s">
+        <v>430</v>
+      </c>
+      <c r="E20" s="932"/>
+      <c r="F20" s="67" t="s">
+        <v>431</v>
+      </c>
+      <c r="G20" s="67">
+        <v>1</v>
+      </c>
+      <c r="H20" s="67"/>
+      <c r="I20" s="67"/>
+    </row>
+    <row r="21" spans="1:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="67">
+        <v>5</v>
+      </c>
+      <c r="B21" s="22" t="s">
+        <v>492</v>
+      </c>
+      <c r="C21" s="932" t="s">
+        <v>471</v>
+      </c>
+      <c r="D21" s="932" t="s">
+        <v>432</v>
+      </c>
+      <c r="E21" s="932"/>
+      <c r="F21" s="67" t="s">
+        <v>433</v>
+      </c>
+      <c r="G21" s="67">
+        <v>1</v>
+      </c>
+      <c r="H21" s="67"/>
+      <c r="I21" s="67"/>
+    </row>
+    <row r="22" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="67">
+        <v>6</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>492</v>
+      </c>
+      <c r="C22" s="932" t="s">
+        <v>472</v>
+      </c>
+      <c r="D22" s="932" t="s">
+        <v>434</v>
+      </c>
+      <c r="E22" s="932"/>
+      <c r="F22" s="67" t="s">
+        <v>435</v>
+      </c>
+      <c r="G22" s="67">
+        <v>2</v>
+      </c>
+      <c r="H22" s="68"/>
+      <c r="I22" s="68"/>
+    </row>
+    <row r="23" spans="1:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="67">
+        <v>7</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>492</v>
+      </c>
+      <c r="C23" s="932" t="s">
+        <v>38</v>
+      </c>
+      <c r="D23" s="932"/>
+      <c r="E23" s="932"/>
+      <c r="F23" s="67" t="s">
+        <v>22</v>
+      </c>
+      <c r="G23" s="67">
+        <v>2</v>
+      </c>
+      <c r="H23" s="67" t="s">
+        <v>505</v>
+      </c>
+      <c r="I23" s="67" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="67">
+        <v>8</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>492</v>
+      </c>
+      <c r="C24" s="932" t="s">
+        <v>497</v>
+      </c>
+      <c r="D24" s="932"/>
+      <c r="E24" s="932"/>
+      <c r="F24" s="67" t="s">
+        <v>493</v>
+      </c>
+      <c r="G24" s="67">
+        <v>1</v>
+      </c>
+      <c r="H24" s="67"/>
+      <c r="I24" s="705"/>
+    </row>
+    <row r="25" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="67">
+        <v>9</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>492</v>
+      </c>
+      <c r="C25" s="932" t="s">
+        <v>494</v>
+      </c>
+      <c r="D25" s="932"/>
+      <c r="E25" s="932"/>
+      <c r="F25" s="67" t="s">
+        <v>500</v>
+      </c>
+      <c r="G25" s="67">
+        <v>2</v>
+      </c>
+      <c r="H25" s="89"/>
+      <c r="I25" s="705"/>
+    </row>
+    <row r="26" spans="1:9" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="67">
+        <v>10</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>492</v>
+      </c>
+      <c r="C26" s="932" t="s">
+        <v>495</v>
+      </c>
+      <c r="D26" s="932"/>
+      <c r="E26" s="933"/>
+      <c r="F26" s="67" t="s">
+        <v>501</v>
+      </c>
+      <c r="G26" s="67">
+        <v>1</v>
+      </c>
+      <c r="H26" s="89"/>
+      <c r="I26" s="67"/>
+    </row>
+    <row r="27" spans="1:9" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="67">
+        <v>11</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>492</v>
+      </c>
+      <c r="C27" s="932" t="s">
+        <v>496</v>
+      </c>
+      <c r="D27" s="932"/>
+      <c r="E27" s="933"/>
+      <c r="F27" s="67" t="s">
+        <v>502</v>
+      </c>
+      <c r="G27" s="67">
+        <v>1</v>
+      </c>
+      <c r="H27" s="89"/>
+      <c r="I27" s="67"/>
+    </row>
+    <row r="28" spans="1:9" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="67">
+        <v>12</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>492</v>
+      </c>
+      <c r="C28" s="932" t="s">
+        <v>499</v>
+      </c>
+      <c r="D28" s="932"/>
+      <c r="E28" s="933"/>
+      <c r="F28" s="67" t="s">
+        <v>498</v>
+      </c>
+      <c r="G28" s="67">
+        <v>1</v>
+      </c>
+      <c r="H28" s="89"/>
+      <c r="I28" s="67"/>
+    </row>
+    <row r="29" spans="1:9" ht="24" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="900" t="s">
+        <v>503</v>
+      </c>
+      <c r="B29" s="901"/>
+      <c r="C29" s="902"/>
+      <c r="D29" s="902"/>
+      <c r="E29" s="902"/>
+      <c r="F29" s="902"/>
+      <c r="G29" s="902"/>
+      <c r="H29" s="902"/>
+      <c r="I29" s="903"/>
+    </row>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="t0ebKN9NcSxRMNNwhsUkKqLZff+awdDQF4NoafNH20hCCCmWTHI3sjIo1dWQds5fYqlch5Lf1nE7aL1tGLUZVw==" saltValue="+AEVDZBr5xfun7RVZb1gZg==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <protectedRanges>
+    <protectedRange sqref="C10:E15" name="Диапазон1"/>
+  </protectedRanges>
+  <mergeCells count="38">
+    <mergeCell ref="C20:E20"/>
+    <mergeCell ref="C21:E21"/>
+    <mergeCell ref="C27:E27"/>
+    <mergeCell ref="A29:I29"/>
+    <mergeCell ref="C22:E22"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="C5:E5"/>
+    <mergeCell ref="C6:E6"/>
+    <mergeCell ref="C19:E19"/>
+    <mergeCell ref="H6:I6"/>
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="F6:G7"/>
+    <mergeCell ref="C28:E28"/>
+    <mergeCell ref="C7:E7"/>
+    <mergeCell ref="C24:E24"/>
+    <mergeCell ref="C25:E25"/>
+    <mergeCell ref="C26:E26"/>
+    <mergeCell ref="C18:E18"/>
+    <mergeCell ref="C23:E23"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:B3"/>
+    <mergeCell ref="C2:E3"/>
+    <mergeCell ref="F2:I2"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="C4:E4"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="H4:I5"/>
+    <mergeCell ref="A5:B5"/>
+  </mergeCells>
+  <phoneticPr fontId="174" type="noConversion"/>
+  <conditionalFormatting sqref="G10:G15">
+    <cfRule type="containsText" dxfId="96" priority="1" operator="containsText" text="фасад">
+      <formula>NOT(ISERROR(SEARCH("фасад",G10)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G10:H15">
+    <cfRule type="containsText" dxfId="95" priority="2" operator="containsText" text="очень">
+      <formula>NOT(ISERROR(SEARCH("очень",G10)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="H10:H15">
+    <cfRule type="containsText" dxfId="94" priority="3" operator="containsText" text="недопустимая">
+      <formula>NOT(ISERROR(SEARCH("недопустимая",H10)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <hyperlinks>
+    <hyperlink ref="J1" location="Содержание!A1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-0700-000000000000}"/>
+  </hyperlinks>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <sheetPr codeName="Лист11">
     <tabColor indexed="44"/>
   </sheetPr>
-  <dimension ref="A1:L38"/>
+  <dimension ref="A1:L59"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="E11" sqref="E11"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="14.42578125" customWidth="1"/>
     <col min="4" max="4" width="12.7109375" customWidth="1"/>
     <col min="5" max="5" width="11.140625" customWidth="1"/>
     <col min="6" max="6" width="17.5703125" customWidth="1"/>
     <col min="7" max="7" width="15.42578125" customWidth="1"/>
     <col min="8" max="8" width="32.28515625" customWidth="1"/>
     <col min="9" max="9" width="19.85546875" customWidth="1"/>
     <col min="10" max="10" width="12" customWidth="1"/>
     <col min="11" max="11" width="12.7109375" customWidth="1"/>
     <col min="12" max="12" width="14.28515625" customWidth="1"/>
     <col min="13" max="14" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="1057"/>
-[...8 lines deleted...]
-        <v>544</v>
+      <c r="A1" s="949"/>
+      <c r="B1" s="950"/>
+      <c r="C1" s="950"/>
+      <c r="D1" s="950"/>
+      <c r="E1" s="950"/>
+      <c r="F1" s="950"/>
+      <c r="G1" s="950"/>
+      <c r="H1" s="916"/>
+      <c r="I1" s="520" t="s">
+        <v>295</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="1090" t="s">
-[...12 lines deleted...]
-      <c r="H2" s="177"/>
+      <c r="A2" s="947" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" s="841"/>
+      <c r="C2" s="953" t="s">
+        <v>140</v>
+      </c>
+      <c r="D2" s="954"/>
+      <c r="E2" s="784"/>
+      <c r="F2" s="941" t="s">
+        <v>41</v>
+      </c>
+      <c r="G2" s="942"/>
+      <c r="H2" s="120"/>
     </row>
     <row r="3" spans="1:12" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="1091"/>
-[...10 lines deleted...]
-      <c r="H3" s="177"/>
+      <c r="A3" s="948"/>
+      <c r="B3" s="915"/>
+      <c r="C3" s="955"/>
+      <c r="D3" s="956"/>
+      <c r="E3" s="957"/>
+      <c r="F3" s="308" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="121" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="120"/>
     </row>
     <row r="4" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="179" t="s">
-[...8 lines deleted...]
-      <c r="F4" s="180">
+      <c r="A4" s="122" t="s">
+        <v>404</v>
+      </c>
+      <c r="B4" s="413"/>
+      <c r="C4" s="951" t="s">
+        <v>351</v>
+      </c>
+      <c r="D4" s="951"/>
+      <c r="E4" s="952"/>
+      <c r="F4" s="123">
         <v>420</v>
       </c>
-      <c r="G4" s="181">
+      <c r="G4" s="124">
         <v>1610</v>
       </c>
-      <c r="H4" s="138"/>
+      <c r="H4" s="90"/>
     </row>
     <row r="5" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="179" t="s">
-[...8 lines deleted...]
-      <c r="F5" s="182">
+      <c r="A5" s="122" t="s">
+        <v>405</v>
+      </c>
+      <c r="B5" s="414"/>
+      <c r="C5" s="951" t="s">
+        <v>352</v>
+      </c>
+      <c r="D5" s="951"/>
+      <c r="E5" s="952"/>
+      <c r="F5" s="125">
         <v>930</v>
       </c>
-      <c r="G5" s="183">
+      <c r="G5" s="126">
         <v>2800</v>
       </c>
-      <c r="H5" s="177"/>
+      <c r="H5" s="120"/>
     </row>
     <row r="6" spans="1:12" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="179" t="s">
-[...8 lines deleted...]
-      <c r="F6" s="182">
+      <c r="A6" s="122" t="s">
+        <v>406</v>
+      </c>
+      <c r="B6" s="414"/>
+      <c r="C6" s="951" t="s">
+        <v>353</v>
+      </c>
+      <c r="D6" s="951"/>
+      <c r="E6" s="952"/>
+      <c r="F6" s="125">
         <v>1730</v>
       </c>
-      <c r="G6" s="183">
+      <c r="G6" s="126">
         <v>5200</v>
       </c>
-      <c r="H6" s="177"/>
+      <c r="H6" s="120"/>
     </row>
     <row r="7" spans="1:12" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="179" t="s">
-[...8 lines deleted...]
-      <c r="F7" s="184">
+      <c r="A7" s="122" t="s">
+        <v>407</v>
+      </c>
+      <c r="B7" s="416"/>
+      <c r="C7" s="951" t="s">
+        <v>354</v>
+      </c>
+      <c r="D7" s="951"/>
+      <c r="E7" s="952"/>
+      <c r="F7" s="127">
         <v>3200</v>
       </c>
-      <c r="G7" s="185">
+      <c r="G7" s="128">
         <v>9000</v>
       </c>
-      <c r="H7" s="177"/>
+      <c r="H7" s="120"/>
     </row>
     <row r="8" spans="1:12" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="1082" t="s">
-[...8 lines deleted...]
-      <c r="H8" s="1085"/>
+      <c r="A8" s="943" t="s">
+        <v>158</v>
+      </c>
+      <c r="B8" s="944"/>
+      <c r="C8" s="945"/>
+      <c r="D8" s="945"/>
+      <c r="E8" s="945"/>
+      <c r="F8" s="945"/>
+      <c r="G8" s="945"/>
+      <c r="H8" s="946"/>
     </row>
     <row r="9" spans="1:12" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="523" t="s">
-[...21 lines deleted...]
-        <v>351</v>
+      <c r="A9" s="415" t="s">
+        <v>125</v>
+      </c>
+      <c r="B9" s="521" t="s">
+        <v>334</v>
+      </c>
+      <c r="C9" s="101" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="102" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="309" t="s">
+        <v>182</v>
+      </c>
+      <c r="F9" s="103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" s="119" t="s">
+        <v>18</v>
+      </c>
+      <c r="H9" s="129" t="s">
+        <v>135</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="42.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="187" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="536">
+      <c r="A10" s="130" t="s">
+        <v>342</v>
+      </c>
+      <c r="B10" s="427">
         <v>18</v>
       </c>
-      <c r="C10" s="423">
+      <c r="C10" s="326">
         <v>358</v>
       </c>
-      <c r="D10" s="424">
+      <c r="D10" s="327">
         <v>798</v>
       </c>
-      <c r="E10" s="425">
+      <c r="E10" s="328">
         <v>0</v>
       </c>
-      <c r="F10" s="188">
+      <c r="F10" s="131">
         <f>(C10)/1000*(D10)/1000*B10*(680/1000)+(E10/1000*2)</f>
         <v>3.4967721599999999</v>
       </c>
-      <c r="G10" s="189">
+      <c r="G10" s="132">
         <f t="shared" ref="G10:G15" si="0">F10*C10</f>
         <v>1251.84443328</v>
       </c>
-      <c r="H10" s="190" t="str">
+      <c r="H10" s="133" t="str">
         <f>IF(C10&lt;208,"увеличьте высоту фасада (мин. 208 мм)",IF(C10&gt;600,"уменьшите высоту фасада (макс. 600 мм)",IF(G10&lt;420,"очень лёгкий фасад, используйте механизм AVENTOS HK-S или HK-XS",IF(G10&lt;1100,"2 силовых механизма AVENTOS HK top 23",IF(G10&lt;2400,"2 силовых механизма AVENTOS HK top 25",IF(G10&lt;5100,"2 силовых механизма AVENTOS HK top 27",IF(G10&lt;9000,"2 силовых механизма AVENTOS HK top 29",IF(G10&gt;9000,"очень тяжёлый фасад",))))))))</f>
         <v>2 силовых механизма AVENTOS HK top 25</v>
       </c>
-      <c r="I10" s="19"/>
+      <c r="I10" s="7"/>
     </row>
     <row r="11" spans="1:12" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="191" t="s">
-[...11 lines deleted...]
-      <c r="E11" s="428">
+      <c r="A11" s="134" t="s">
+        <v>340</v>
+      </c>
+      <c r="B11" s="417">
+        <v>19</v>
+      </c>
+      <c r="C11" s="329">
+        <v>460</v>
+      </c>
+      <c r="D11" s="330">
+        <v>555</v>
+      </c>
+      <c r="E11" s="331">
         <v>0</v>
       </c>
-      <c r="F11" s="707">
+      <c r="F11" s="510">
         <f>(C11)/1000*(D11)/1000*B11*(760/1000)+(E11/1000*2)</f>
-        <v>5.25312</v>
-[...1 lines deleted...]
-      <c r="G11" s="193">
+        <v>3.6865320000000006</v>
+      </c>
+      <c r="G11" s="136">
         <f t="shared" si="0"/>
-        <v>2521.4976000000001</v>
-[...1 lines deleted...]
-      <c r="H11" s="406" t="str">
+        <v>1695.8047200000003</v>
+      </c>
+      <c r="H11" s="310" t="str">
         <f t="shared" ref="H11:H15" si="1">IF(C11&lt;208,"увеличьте высоту фасада (мин. 208 мм)",IF(C11&gt;600,"уменьшите высоту фасада (макс. 600 мм)",IF(G11&lt;420,"очень лёгкий фасад, используйте механизм AVENTOS HK-S или HK-XS",IF(G11&lt;1100,"2 силовых механизма AVENTOS HK top 23",IF(G11&lt;2400,"2 силовых механизма AVENTOS HK top 25",IF(G11&lt;5100,"2 силовых механизма AVENTOS HK top 27",IF(G11&lt;9000,"2 силовых механизма AVENTOS HK top 29",IF(G11&gt;9000,"очень тяжёлый фасад",))))))))</f>
-        <v>2 силовых механизма AVENTOS HK top 27</v>
-[...4 lines deleted...]
-      <c r="L11" s="41"/>
+        <v>2 силовых механизма AVENTOS HK top 25</v>
+      </c>
+      <c r="I11" s="26"/>
+      <c r="J11" s="26"/>
+      <c r="K11" s="25"/>
+      <c r="L11" s="25"/>
     </row>
     <row r="12" spans="1:12" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="1056" t="s">
-[...3 lines deleted...]
-      <c r="C12" s="422">
+      <c r="A12" s="919" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="918"/>
+      <c r="C12" s="325">
         <v>600</v>
       </c>
-      <c r="D12" s="429">
+      <c r="D12" s="332">
         <v>600</v>
       </c>
-      <c r="E12" s="430">
+      <c r="E12" s="333">
         <v>0</v>
       </c>
-      <c r="F12" s="194">
+      <c r="F12" s="137">
         <f>(C12)/1000*(D12)/1000*(11.5+0.3*2)+(E12/1000*2)</f>
         <v>4.3559999999999999</v>
       </c>
-      <c r="G12" s="195">
+      <c r="G12" s="138">
         <f t="shared" si="0"/>
         <v>2613.6</v>
       </c>
-      <c r="H12" s="190" t="str">
+      <c r="H12" s="133" t="str">
         <f t="shared" si="1"/>
         <v>2 силовых механизма AVENTOS HK top 27</v>
       </c>
-      <c r="I12" s="42"/>
-[...2 lines deleted...]
-      <c r="L12" s="41"/>
+      <c r="I12" s="26"/>
+      <c r="J12" s="26"/>
+      <c r="K12" s="25"/>
+      <c r="L12" s="25"/>
     </row>
     <row r="13" spans="1:12" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="1078" t="s">
-[...3 lines deleted...]
-      <c r="C13" s="426">
+      <c r="A13" s="959" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="918"/>
+      <c r="C13" s="329">
         <v>600</v>
       </c>
-      <c r="D13" s="431">
+      <c r="D13" s="334">
         <v>762</v>
       </c>
-      <c r="E13" s="432">
+      <c r="E13" s="335">
         <v>0</v>
       </c>
-      <c r="F13" s="192">
+      <c r="F13" s="135">
         <f>(C13)/1000*(D13)/1000*(11.5+0.3*2)+(E13/1000*2)</f>
         <v>5.5321199999999999</v>
       </c>
-      <c r="G13" s="193">
+      <c r="G13" s="136">
         <f t="shared" si="0"/>
         <v>3319.2719999999999</v>
       </c>
-      <c r="H13" s="406" t="str">
+      <c r="H13" s="310" t="str">
         <f t="shared" si="1"/>
         <v>2 силовых механизма AVENTOS HK top 27</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="1056" t="s">
-[...3 lines deleted...]
-      <c r="C14" s="422">
+      <c r="A14" s="919" t="s">
+        <v>172</v>
+      </c>
+      <c r="B14" s="918"/>
+      <c r="C14" s="325">
         <v>600</v>
       </c>
-      <c r="D14" s="429">
+      <c r="D14" s="332">
         <v>500</v>
       </c>
-      <c r="E14" s="430">
+      <c r="E14" s="333">
         <v>0</v>
       </c>
-      <c r="F14" s="194">
+      <c r="F14" s="137">
         <f>(C14)/1000*(D14)/1000*(8.8+0.3*2)+(E14/1000*2)</f>
         <v>2.82</v>
       </c>
-      <c r="G14" s="196">
+      <c r="G14" s="139">
         <f t="shared" si="0"/>
         <v>1692</v>
       </c>
-      <c r="H14" s="190" t="str">
+      <c r="H14" s="133" t="str">
         <f t="shared" si="1"/>
         <v>2 силовых механизма AVENTOS HK top 25</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="1079" t="s">
-[...3 lines deleted...]
-      <c r="C15" s="426">
+      <c r="A15" s="960" t="s">
+        <v>289</v>
+      </c>
+      <c r="B15" s="904"/>
+      <c r="C15" s="329">
         <v>600</v>
       </c>
-      <c r="D15" s="525">
+      <c r="D15" s="417">
         <v>600</v>
       </c>
-      <c r="E15" s="525">
+      <c r="E15" s="417">
         <v>0</v>
       </c>
-      <c r="F15" s="192">
+      <c r="F15" s="135">
         <f>(C15)/1000*(D15)/1000*4*(2500/1000)+(C15)/1000*(D15)/1000*16*(680/1000)+(E15/1000*2)</f>
         <v>7.5167999999999999</v>
       </c>
-      <c r="G15" s="407">
+      <c r="G15" s="311">
         <f t="shared" si="0"/>
         <v>4510.08</v>
       </c>
-      <c r="H15" s="406" t="str">
+      <c r="H15" s="310" t="str">
         <f t="shared" si="1"/>
         <v>2 силовых механизма AVENTOS HK top 27</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="409" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="409"/>
+      <c r="A16" s="312" t="s">
+        <v>210</v>
+      </c>
+      <c r="B16" s="312"/>
     </row>
     <row r="34" ht="10.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" hidden="1" x14ac:dyDescent="0.2"/>
     <row r="36" hidden="1" x14ac:dyDescent="0.2"/>
     <row r="37" hidden="1" x14ac:dyDescent="0.2"/>
     <row r="38" hidden="1" x14ac:dyDescent="0.2"/>
+    <row r="58" spans="1:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="59" spans="1:8" ht="24" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="940" t="s">
+        <v>464</v>
+      </c>
+      <c r="B59" s="925"/>
+      <c r="C59" s="925"/>
+      <c r="D59" s="925"/>
+      <c r="E59" s="925"/>
+      <c r="F59" s="925"/>
+      <c r="G59" s="925"/>
+      <c r="H59" s="916"/>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="6wBtAjTOd0bV4+WOcSbsEkULg39dDfz5nmRG58itmBGbgrAGCdfqX9p6tKE08hqG0ooctAeS/IwPOP5YxKs7aw==" saltValue="0GqBHsSI7rAM+xiW4vUnng==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <sheetProtection password="CF68" sheet="1" objects="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <protectedRanges>
     <protectedRange sqref="C10:E15" name="Диапазон1"/>
   </protectedRanges>
-  <mergeCells count="13">
+  <mergeCells count="14">
+    <mergeCell ref="A59:H59"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:B3"/>
     <mergeCell ref="C2:E3"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="C6:E6"/>
     <mergeCell ref="C7:E7"/>
     <mergeCell ref="A8:H8"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A14:B14"/>
   </mergeCells>
   <conditionalFormatting sqref="H10:H15">
-    <cfRule type="containsText" dxfId="110" priority="7" stopIfTrue="1" operator="containsText" text="очень">
+    <cfRule type="containsText" dxfId="93" priority="1" operator="containsText" text="уменьшите высоту фасада">
+      <formula>NOT(ISERROR(SEARCH("уменьшите высоту фасада",H10)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="92" priority="2" operator="containsText" text="увеличьте высоту фасада">
+      <formula>NOT(ISERROR(SEARCH("увеличьте высоту фасада",H10)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="91" priority="7" stopIfTrue="1" operator="containsText" text="очень">
       <formula>NOT(ISERROR(SEARCH("очень",H10)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H10:H15">
-[...22 lines deleted...]
-  </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="I1" location="Содержание!R1C1" display="← СОДЕРЖАНИЕ:" xr:uid="{33957D7C-1E9E-4039-BAD8-4FB473B57257}"/>
+    <hyperlink ref="I1" location="Содержание!R1C1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-0900-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-[...96 lines deleted...]
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr codeName="Лист111">
     <tabColor indexed="47"/>
   </sheetPr>
   <dimension ref="A1:Q26"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E11" sqref="E11"/>
+    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="J1" sqref="J1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="43" customWidth="1"/>
     <col min="2" max="2" width="12" customWidth="1"/>
     <col min="3" max="3" width="15.7109375" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="12" customWidth="1"/>
     <col min="6" max="6" width="13.42578125" customWidth="1"/>
     <col min="7" max="7" width="13.140625" customWidth="1"/>
     <col min="8" max="8" width="17.7109375" customWidth="1"/>
     <col min="9" max="9" width="36.42578125" customWidth="1"/>
     <col min="10" max="10" width="19.5703125" customWidth="1"/>
     <col min="11" max="11" width="8.85546875" customWidth="1"/>
     <col min="12" max="12" width="8.28515625" customWidth="1"/>
     <col min="13" max="13" width="12.7109375" customWidth="1"/>
     <col min="14" max="14" width="12.28515625" customWidth="1"/>
     <col min="17" max="17" width="13.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="49.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="1111"/>
-[...9 lines deleted...]
-        <v>544</v>
+      <c r="A1" s="979"/>
+      <c r="B1" s="980"/>
+      <c r="C1" s="980"/>
+      <c r="D1" s="980"/>
+      <c r="E1" s="980"/>
+      <c r="F1" s="980"/>
+      <c r="G1" s="980"/>
+      <c r="H1" s="981"/>
+      <c r="I1" s="982"/>
+      <c r="J1" s="337" t="s">
+        <v>295</v>
       </c>
     </row>
     <row r="2" spans="1:17" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="1103" t="s">
+      <c r="A2" s="1010" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" s="1011"/>
+      <c r="C2" s="1001" t="s">
+        <v>139</v>
+      </c>
+      <c r="D2" s="1001"/>
+      <c r="E2" s="1002"/>
+      <c r="F2" s="941" t="s">
+        <v>41</v>
+      </c>
+      <c r="G2" s="989"/>
+      <c r="H2" s="277" t="s">
+        <v>113</v>
+      </c>
+      <c r="I2" s="316"/>
+    </row>
+    <row r="3" spans="1:17" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="1012"/>
+      <c r="B3" s="1013"/>
+      <c r="C3" s="1003"/>
+      <c r="D3" s="1003"/>
+      <c r="E3" s="1004"/>
+      <c r="F3" s="392" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="394" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="393" t="s">
+        <v>114</v>
+      </c>
+      <c r="I3" s="316"/>
+    </row>
+    <row r="4" spans="1:17" ht="26.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="428" t="s">
+        <v>120</v>
+      </c>
+      <c r="B4" s="317"/>
+      <c r="C4" s="990" t="s">
+        <v>115</v>
+      </c>
+      <c r="D4" s="990"/>
+      <c r="E4" s="429"/>
+      <c r="F4" s="313">
+        <v>220</v>
+      </c>
+      <c r="G4" s="314">
+        <v>500</v>
+      </c>
+      <c r="H4" s="315" t="s">
+        <v>116</v>
+      </c>
+      <c r="I4" s="316"/>
+    </row>
+    <row r="5" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="1014" t="s">
+        <v>408</v>
+      </c>
+      <c r="B5" s="1015"/>
+      <c r="C5" s="1005" t="s">
+        <v>137</v>
+      </c>
+      <c r="D5" s="1005"/>
+      <c r="E5" s="1006"/>
+      <c r="F5" s="112">
+        <v>400</v>
+      </c>
+      <c r="G5" s="113">
+        <v>1000</v>
+      </c>
+      <c r="H5" s="114" t="s">
+        <v>117</v>
+      </c>
+      <c r="I5" s="316"/>
+    </row>
+    <row r="6" spans="1:17" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="1014" t="s">
+        <v>409</v>
+      </c>
+      <c r="B6" s="1015"/>
+      <c r="C6" s="1005" t="s">
+        <v>290</v>
+      </c>
+      <c r="D6" s="1005"/>
+      <c r="E6" s="1006"/>
+      <c r="F6" s="112">
+        <v>680</v>
+      </c>
+      <c r="G6" s="113">
+        <v>1520</v>
+      </c>
+      <c r="H6" s="114" t="s">
+        <v>118</v>
+      </c>
+      <c r="I6" s="316"/>
+    </row>
+    <row r="7" spans="1:17" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="1016" t="s">
+        <v>410</v>
+      </c>
+      <c r="B7" s="1017"/>
+      <c r="C7" s="1007" t="s">
+        <v>138</v>
+      </c>
+      <c r="D7" s="1007"/>
+      <c r="E7" s="1004"/>
+      <c r="F7" s="115">
+        <v>960</v>
+      </c>
+      <c r="G7" s="116">
+        <v>2215</v>
+      </c>
+      <c r="H7" s="117" t="s">
+        <v>119</v>
+      </c>
+      <c r="I7" s="316"/>
+    </row>
+    <row r="8" spans="1:17" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="991" t="s">
         <v>170</v>
       </c>
-      <c r="B2" s="1104"/>
-[...62 lines deleted...]
-      <c r="F5" s="169">
+      <c r="B8" s="992"/>
+      <c r="C8" s="993"/>
+      <c r="D8" s="993"/>
+      <c r="E8" s="993"/>
+      <c r="F8" s="993"/>
+      <c r="G8" s="993"/>
+      <c r="H8" s="993"/>
+      <c r="I8" s="994"/>
+    </row>
+    <row r="9" spans="1:17" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="415" t="s">
+        <v>125</v>
+      </c>
+      <c r="B9" s="411" t="s">
+        <v>334</v>
+      </c>
+      <c r="C9" s="430" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="430" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="431" t="s">
+        <v>182</v>
+      </c>
+      <c r="F9" s="432" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" s="512" t="s">
+        <v>18</v>
+      </c>
+      <c r="H9" s="987" t="s">
+        <v>136</v>
+      </c>
+      <c r="I9" s="988"/>
+      <c r="J9" s="75"/>
+      <c r="K9" s="25"/>
+      <c r="L9" s="25"/>
+      <c r="M9" s="25"/>
+      <c r="N9" s="25"/>
+    </row>
+    <row r="10" spans="1:17" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="130" t="s">
+        <v>342</v>
+      </c>
+      <c r="B10" s="447">
+        <v>18</v>
+      </c>
+      <c r="C10" s="433">
+        <v>300</v>
+      </c>
+      <c r="D10" s="434">
+        <v>600</v>
+      </c>
+      <c r="E10" s="435">
+        <v>0</v>
+      </c>
+      <c r="F10" s="436">
+        <f>(C10)/1000*(D10)/1000*B10*(680/1000)+(E10/1000*2)</f>
+        <v>2.2031999999999998</v>
+      </c>
+      <c r="G10" s="511">
+        <f t="shared" ref="G10:G15" si="0">F10*C10</f>
+        <v>660.95999999999992</v>
+      </c>
+      <c r="H10" s="997" t="str">
+        <f>IF(C10&lt;150,"Увеличьте высоту фасада (мин. 150 мм)",IF(C10&gt;600,"Уменьшите высоту фасада (макс. 600 мм)",IF(G10&lt;400,"Очень лёгкий фасад, используйте комбинацию механизмов AVENTOS HK-S 20K2A01+20K2C01 или AVENTOS HK-XS",IF(G10&lt;850,"2 силовых механизма AVENTOS HK-S тип C",IF(G10&lt;1000,"2 силовых механизма AVENTOS HK-S, тип С + тип Е",IF(G10&lt;2005,"2 силовых механизма AVENTOS HK-S тип Е",IF(G10&gt;2005,"Очень тяжёлый фасад, используйте механизм AVENTOS HK",)))))))</f>
+        <v>2 силовых механизма AVENTOS HK-S тип C</v>
+      </c>
+      <c r="I10" s="998"/>
+      <c r="J10" s="75"/>
+      <c r="K10" s="25"/>
+      <c r="L10" s="25"/>
+      <c r="M10" s="25"/>
+      <c r="N10" s="25"/>
+    </row>
+    <row r="11" spans="1:17" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="514" t="s">
+        <v>340</v>
+      </c>
+      <c r="B11" s="448">
+        <v>16</v>
+      </c>
+      <c r="C11" s="438">
         <v>400</v>
       </c>
-      <c r="G5" s="170">
-[...104 lines deleted...]
-      <c r="D10" s="543">
+      <c r="D11" s="439">
         <v>600</v>
       </c>
-      <c r="E10" s="544">
+      <c r="E11" s="440">
         <v>0</v>
       </c>
-      <c r="F10" s="545">
-[...31 lines deleted...]
-      <c r="E11" s="549">
+      <c r="F11" s="513">
+        <f>(C11)/1000*(D11)/1000*B11*(760/1000)+(E11/1000*2)</f>
+        <v>2.9184000000000001</v>
+      </c>
+      <c r="G11" s="441">
+        <f t="shared" si="0"/>
+        <v>1167.3600000000001</v>
+      </c>
+      <c r="H11" s="999" t="str">
+        <f>IF(C11&lt;150,"Увеличьте высоту фасада (мин. 150 мм)",IF(C11&gt;600,"Уменьшите высоту фасада (макс. 600 мм)",IF(G11&lt;400,"Очень лёгкий фасад, используйте комбинацию механизмов AVENTOS HK-S 20K2A01+20K2C01 или AVENTOS HK-XS",IF(G11&lt;850,"2 силовых механизма AVENTOS HK-S тип C",IF(G11&lt;1000,"2 силовых механизма AVENTOS HK-S, тип С + тип Е",IF(G11&lt;2005,"2 силовых механизма AVENTOS HK-S тип Е",IF(G11&gt;2005,"Очень тяжёлый фасад, используйте механизм AVENTOS HK",)))))))</f>
+        <v>2 силовых механизма AVENTOS HK-S тип Е</v>
+      </c>
+      <c r="I11" s="1000"/>
+      <c r="J11" s="77"/>
+      <c r="K11" s="77"/>
+      <c r="L11" s="77"/>
+      <c r="M11" s="966"/>
+      <c r="N11" s="966"/>
+      <c r="O11" s="966"/>
+      <c r="P11" s="966"/>
+      <c r="Q11" s="70"/>
+    </row>
+    <row r="12" spans="1:17" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="976" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" s="918"/>
+      <c r="C12" s="443">
+        <v>300</v>
+      </c>
+      <c r="D12" s="435">
+        <v>600</v>
+      </c>
+      <c r="E12" s="434">
         <v>0</v>
       </c>
-      <c r="F11" s="710">
-[...35 lines deleted...]
-      <c r="F12" s="551">
+      <c r="F12" s="442">
         <f>(C12)/1000*(D12)/1000*(11.5+0.3*2)+(E12/1000*2)</f>
         <v>2.1779999999999999</v>
       </c>
-      <c r="G12" s="553">
+      <c r="G12" s="444">
         <f t="shared" si="0"/>
         <v>653.4</v>
       </c>
-      <c r="H12" s="1130" t="str">
+      <c r="H12" s="971" t="str">
         <f t="shared" ref="H12:H15" si="1">IF(C12&lt;150,"Увеличьте высоту фасада (мин. 150 мм)",IF(C12&gt;600,"Уменьшите высоту фасада (макс. 600 мм)",IF(G12&lt;400,"Очень лёгкий фасад, используйте комбинацию механизмов AVENTOS HK-S 20K2A01+20K2C01 или AVENTOS HK-XS",IF(G12&lt;850,"2 силовых механизма AVENTOS HK-S тип C",IF(G12&lt;1000,"2 силовых механизма AVENTOS HK-S, тип С + тип Е",IF(G12&lt;2005,"2 силовых механизма AVENTOS HK-S тип Е",IF(G12&gt;2005,"Очень тяжёлый фасад, используйте механизм AVENTOS HK",)))))))</f>
         <v>2 силовых механизма AVENTOS HK-S тип C</v>
       </c>
-      <c r="I12" s="1131"/>
-[...7 lines deleted...]
-      <c r="Q12" s="41"/>
+      <c r="I12" s="972"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="967"/>
+      <c r="N12" s="967"/>
+      <c r="O12" s="967"/>
+      <c r="P12" s="967"/>
+      <c r="Q12" s="25"/>
     </row>
     <row r="13" spans="1:17" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="1141" t="s">
-[...3 lines deleted...]
-      <c r="C13" s="712">
+      <c r="A13" s="977" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="778"/>
+      <c r="C13" s="515">
         <v>490</v>
       </c>
-      <c r="D13" s="713">
+      <c r="D13" s="516">
         <v>900</v>
       </c>
-      <c r="E13" s="548">
+      <c r="E13" s="439">
         <v>0</v>
       </c>
-      <c r="F13" s="714">
+      <c r="F13" s="517">
         <f>(C13)/1000*(D13)/1000*(11.5+0.3*2)+(E13/1000*2)</f>
         <v>5.3361000000000001</v>
       </c>
-      <c r="G13" s="550">
+      <c r="G13" s="441">
         <f t="shared" si="0"/>
         <v>2614.6889999999999</v>
       </c>
-      <c r="H13" s="1136" t="str">
+      <c r="H13" s="973" t="str">
         <f t="shared" si="1"/>
         <v>Очень тяжёлый фасад, используйте механизм AVENTOS HK</v>
       </c>
-      <c r="I13" s="1137"/>
-[...7 lines deleted...]
-      <c r="Q13" s="88"/>
+      <c r="I13" s="974"/>
+      <c r="J13" s="76"/>
+      <c r="K13" s="76"/>
+      <c r="L13" s="76"/>
+      <c r="M13" s="968"/>
+      <c r="N13" s="968"/>
+      <c r="O13" s="968"/>
+      <c r="P13" s="968"/>
+      <c r="Q13" s="71"/>
     </row>
     <row r="14" spans="1:17" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="1140" t="s">
-[...3 lines deleted...]
-      <c r="C14" s="542">
+      <c r="A14" s="976" t="s">
+        <v>172</v>
+      </c>
+      <c r="B14" s="978"/>
+      <c r="C14" s="433">
         <v>400</v>
       </c>
-      <c r="D14" s="543">
+      <c r="D14" s="434">
         <v>600</v>
       </c>
-      <c r="E14" s="544">
+      <c r="E14" s="435">
         <v>0</v>
       </c>
-      <c r="F14" s="545">
+      <c r="F14" s="436">
         <f>(C14)/1000*(D14)/1000*(8.8+0.3*2)+(E14/1000*2)</f>
         <v>2.2559999999999998</v>
       </c>
-      <c r="G14" s="708">
+      <c r="G14" s="511">
         <f t="shared" si="0"/>
         <v>902.39999999999986</v>
       </c>
-      <c r="H14" s="1130" t="str">
+      <c r="H14" s="971" t="str">
         <f t="shared" si="1"/>
         <v>2 силовых механизма AVENTOS HK-S, тип С + тип Е</v>
       </c>
-      <c r="I14" s="1131"/>
-[...7 lines deleted...]
-      <c r="Q14" s="88"/>
+      <c r="I14" s="972"/>
+      <c r="J14" s="76"/>
+      <c r="K14" s="76"/>
+      <c r="L14" s="76"/>
+      <c r="M14" s="968"/>
+      <c r="N14" s="968"/>
+      <c r="O14" s="968"/>
+      <c r="P14" s="968"/>
+      <c r="Q14" s="71"/>
     </row>
     <row r="15" spans="1:17" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="1079" t="s">
-[...3 lines deleted...]
-      <c r="C15" s="715">
+      <c r="A15" s="960" t="s">
+        <v>289</v>
+      </c>
+      <c r="B15" s="904"/>
+      <c r="C15" s="518">
         <v>300</v>
       </c>
-      <c r="D15" s="546">
+      <c r="D15" s="437">
         <v>300</v>
       </c>
-      <c r="E15" s="716">
+      <c r="E15" s="519">
         <v>0</v>
       </c>
-      <c r="F15" s="554">
+      <c r="F15" s="445">
         <f>(C15)/1000*(D15)/1000*4*(2500/1000)+(C15)/1000*(D15)/1000*16*(680/1000)+(E15/1000*2)</f>
         <v>1.8792</v>
       </c>
-      <c r="G15" s="555">
+      <c r="G15" s="446">
         <f t="shared" si="0"/>
         <v>563.76</v>
       </c>
-      <c r="H15" s="1128" t="str">
+      <c r="H15" s="995" t="str">
         <f t="shared" si="1"/>
         <v>2 силовых механизма AVENTOS HK-S тип C</v>
       </c>
-      <c r="I15" s="1129"/>
-[...7 lines deleted...]
-      <c r="Q15" s="88"/>
+      <c r="I15" s="996"/>
+      <c r="J15" s="76"/>
+      <c r="K15" s="76"/>
+      <c r="L15" s="76"/>
+      <c r="M15" s="278"/>
+      <c r="N15" s="278"/>
+      <c r="O15" s="278"/>
+      <c r="P15" s="278"/>
+      <c r="Q15" s="71"/>
     </row>
     <row r="16" spans="1:17" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="415" t="s">
-[...11 lines deleted...]
-      <c r="Q16" s="88"/>
+      <c r="A16" s="318" t="s">
+        <v>210</v>
+      </c>
+      <c r="B16" s="312"/>
+      <c r="I16" s="319"/>
+      <c r="J16" s="76"/>
+      <c r="K16" s="76"/>
+      <c r="L16" s="76"/>
+      <c r="M16" s="968"/>
+      <c r="N16" s="968"/>
+      <c r="O16" s="968"/>
+      <c r="P16" s="968"/>
+      <c r="Q16" s="71"/>
     </row>
     <row r="17" spans="1:17" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="1116" t="s">
-[...17 lines deleted...]
-      <c r="Q17" s="88"/>
+      <c r="A17" s="983" t="s">
+        <v>161</v>
+      </c>
+      <c r="B17" s="984"/>
+      <c r="C17" s="984"/>
+      <c r="D17" s="984"/>
+      <c r="E17" s="984"/>
+      <c r="F17" s="984"/>
+      <c r="G17" s="984"/>
+      <c r="H17" s="985"/>
+      <c r="I17" s="986"/>
+      <c r="J17" s="76"/>
+      <c r="K17" s="76"/>
+      <c r="L17" s="76"/>
+      <c r="M17" s="968"/>
+      <c r="N17" s="968"/>
+      <c r="O17" s="968"/>
+      <c r="P17" s="968"/>
+      <c r="Q17" s="71"/>
     </row>
     <row r="18" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="1115" t="s">
-[...8 lines deleted...]
-      <c r="F18" s="84">
+      <c r="A18" s="965" t="s">
+        <v>162</v>
+      </c>
+      <c r="B18" s="965"/>
+      <c r="C18" s="965"/>
+      <c r="D18" s="975" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" s="970"/>
+      <c r="F18" s="67">
         <v>2</v>
       </c>
-      <c r="G18" s="84" t="s">
-[...5 lines deleted...]
-      <c r="I18" s="1074"/>
+      <c r="G18" s="67" t="s">
+        <v>76</v>
+      </c>
+      <c r="H18" s="963" t="s">
+        <v>48</v>
+      </c>
+      <c r="I18" s="958"/>
     </row>
     <row r="19" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="1115" t="s">
-[...8 lines deleted...]
-      <c r="F19" s="84">
+      <c r="A19" s="965" t="s">
+        <v>163</v>
+      </c>
+      <c r="B19" s="965"/>
+      <c r="C19" s="965"/>
+      <c r="D19" s="975" t="s">
+        <v>43</v>
+      </c>
+      <c r="E19" s="970"/>
+      <c r="F19" s="67">
         <v>1</v>
       </c>
-      <c r="G19" s="84" t="s">
-[...5 lines deleted...]
-      <c r="I19" s="1139"/>
+      <c r="G19" s="67" t="s">
+        <v>45</v>
+      </c>
+      <c r="H19" s="963" t="s">
+        <v>46</v>
+      </c>
+      <c r="I19" s="964"/>
     </row>
     <row r="20" spans="1:17" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="1115" t="s">
-[...8 lines deleted...]
-      <c r="F20" s="84">
+      <c r="A20" s="965" t="s">
+        <v>164</v>
+      </c>
+      <c r="B20" s="965"/>
+      <c r="C20" s="965"/>
+      <c r="D20" s="975" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" s="970"/>
+      <c r="F20" s="67">
         <v>1</v>
       </c>
-      <c r="G20" s="84" t="s">
-[...5 lines deleted...]
-      <c r="I20" s="1139"/>
+      <c r="G20" s="67" t="s">
+        <v>45</v>
+      </c>
+      <c r="H20" s="963" t="s">
+        <v>46</v>
+      </c>
+      <c r="I20" s="964"/>
     </row>
     <row r="21" spans="1:17" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="1115" t="s">
-[...8 lines deleted...]
-      <c r="F21" s="84">
+      <c r="A21" s="965" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" s="965"/>
+      <c r="C21" s="965"/>
+      <c r="D21" s="969" t="s">
+        <v>77</v>
+      </c>
+      <c r="E21" s="970"/>
+      <c r="F21" s="67">
         <v>2</v>
       </c>
-      <c r="G21" s="84" t="s">
-[...5 lines deleted...]
-      <c r="I21" s="1139"/>
+      <c r="G21" s="67" t="s">
+        <v>27</v>
+      </c>
+      <c r="H21" s="963" t="s">
+        <v>40</v>
+      </c>
+      <c r="I21" s="964"/>
     </row>
     <row r="22" spans="1:17" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="1115" t="s">
-[...8 lines deleted...]
-      <c r="F22" s="84">
+      <c r="A22" s="965" t="s">
+        <v>168</v>
+      </c>
+      <c r="B22" s="965"/>
+      <c r="C22" s="965"/>
+      <c r="D22" s="975" t="s">
+        <v>159</v>
+      </c>
+      <c r="E22" s="970"/>
+      <c r="F22" s="67">
         <v>1</v>
       </c>
-      <c r="G22" s="84"/>
-[...3 lines deleted...]
-      <c r="I22" s="1139"/>
+      <c r="G22" s="67"/>
+      <c r="H22" s="963" t="s">
+        <v>48</v>
+      </c>
+      <c r="I22" s="964"/>
     </row>
     <row r="23" spans="1:17" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="1115" t="s">
-[...8 lines deleted...]
-      <c r="F23" s="84">
+      <c r="A23" s="965" t="s">
+        <v>166</v>
+      </c>
+      <c r="B23" s="965"/>
+      <c r="C23" s="965"/>
+      <c r="D23" s="975" t="s">
+        <v>160</v>
+      </c>
+      <c r="E23" s="970"/>
+      <c r="F23" s="67">
         <v>1</v>
       </c>
-      <c r="G23" s="84"/>
-[...3 lines deleted...]
-      <c r="I23" s="1139"/>
+      <c r="G23" s="67"/>
+      <c r="H23" s="963" t="s">
+        <v>48</v>
+      </c>
+      <c r="I23" s="964"/>
     </row>
     <row r="24" spans="1:17" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="1101" t="s">
-[...8 lines deleted...]
-      <c r="F24" s="84">
+      <c r="A24" s="1008" t="s">
+        <v>167</v>
+      </c>
+      <c r="B24" s="1009"/>
+      <c r="C24" s="1009"/>
+      <c r="D24" s="975" t="s">
+        <v>47</v>
+      </c>
+      <c r="E24" s="970"/>
+      <c r="F24" s="67">
         <v>1</v>
       </c>
-      <c r="G24" s="84"/>
-[...3 lines deleted...]
-      <c r="I24" s="1139"/>
+      <c r="G24" s="67"/>
+      <c r="H24" s="963" t="s">
+        <v>48</v>
+      </c>
+      <c r="I24" s="964"/>
     </row>
     <row r="25" spans="1:17" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="26" spans="1:17" ht="32.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:17" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="961" t="s">
+        <v>465</v>
+      </c>
+      <c r="B26" s="749"/>
+      <c r="C26" s="749"/>
+      <c r="D26" s="749"/>
+      <c r="E26" s="749"/>
+      <c r="F26" s="749"/>
+      <c r="G26" s="749"/>
+      <c r="H26" s="749"/>
+      <c r="I26" s="962"/>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="suUsnrSTrh9b0V5jZilzsXV1JSUPCWLdgr+vEePhnLuFIOJtqM+2rL8t8gIBUwPQ3LZUN0gr52Ww9M/yUNBe3w==" saltValue="tPdbGyUUROhZ6xp8Ql7REQ==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <sheetProtection password="CF68" sheet="1" objects="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <protectedRanges>
     <protectedRange sqref="C10:E15" name="Диапазон1"/>
   </protectedRanges>
   <customSheetViews>
     <customSheetView guid="{A25B6F15-9B48-4230-9C30-183637D1319E}" showGridLines="0" hiddenRows="1" topLeftCell="A2">
       <selection activeCell="F11" sqref="F11:G11"/>
       <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
       <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
       <headerFooter alignWithMargins="0"/>
     </customSheetView>
   </customSheetViews>
-  <mergeCells count="56">
-[...14 lines deleted...]
-    <mergeCell ref="D21:E21"/>
+  <mergeCells count="57">
+    <mergeCell ref="D24:E24"/>
+    <mergeCell ref="C2:E3"/>
+    <mergeCell ref="C5:E5"/>
+    <mergeCell ref="C6:E6"/>
+    <mergeCell ref="C7:E7"/>
+    <mergeCell ref="A24:C24"/>
+    <mergeCell ref="A2:B3"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="A7:B7"/>
     <mergeCell ref="D22:E22"/>
-    <mergeCell ref="H12:I12"/>
-[...12 lines deleted...]
-    <mergeCell ref="A15:B15"/>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A18:C18"/>
     <mergeCell ref="A19:C19"/>
     <mergeCell ref="A20:C20"/>
     <mergeCell ref="A17:I17"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="H15:I15"/>
     <mergeCell ref="H14:I14"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="H11:I11"/>
-    <mergeCell ref="D24:E24"/>
-[...8 lines deleted...]
-    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="H12:I12"/>
+    <mergeCell ref="H13:I13"/>
+    <mergeCell ref="A23:C23"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="A21:C21"/>
+    <mergeCell ref="A22:C22"/>
+    <mergeCell ref="M11:P11"/>
+    <mergeCell ref="M12:N12"/>
+    <mergeCell ref="O12:P12"/>
+    <mergeCell ref="M13:N13"/>
+    <mergeCell ref="O13:P13"/>
+    <mergeCell ref="M17:N17"/>
+    <mergeCell ref="O17:P17"/>
+    <mergeCell ref="M14:N14"/>
+    <mergeCell ref="O14:P14"/>
+    <mergeCell ref="M16:N16"/>
+    <mergeCell ref="O16:P16"/>
+    <mergeCell ref="D21:E21"/>
   </mergeCells>
   <phoneticPr fontId="14" type="noConversion"/>
   <conditionalFormatting sqref="H10:I15">
-    <cfRule type="containsText" dxfId="103" priority="10" operator="containsText" text="уменьшите высоту фасада">
+    <cfRule type="containsText" dxfId="90" priority="10" operator="containsText" text="уменьшите высоту фасада">
       <formula>NOT(ISERROR(SEARCH("уменьшите высоту фасада",H10)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="102" priority="11" operator="containsText" text="увеличьте высоту фасада">
+    <cfRule type="containsText" dxfId="89" priority="11" operator="containsText" text="увеличьте высоту фасада">
       <formula>NOT(ISERROR(SEARCH("увеличьте высоту фасада",H10)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="101" priority="15" stopIfTrue="1" operator="containsText" text="очень">
+    <cfRule type="containsText" dxfId="88" priority="15" stopIfTrue="1" operator="containsText" text="очень">
       <formula>NOT(ISERROR(SEARCH("очень",H10)))</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="J1" location="Содержание!R1C1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-0A00-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
-[...154 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <sheetPr codeName="Лист13">
     <tabColor theme="7" tint="-0.249977111117893"/>
   </sheetPr>
   <dimension ref="A1:AY59"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A10" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="D1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="V1" sqref="V1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.5703125" customWidth="1"/>
     <col min="2" max="2" width="20.5703125" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.140625" customWidth="1"/>
     <col min="5" max="5" width="15.140625" customWidth="1"/>
     <col min="6" max="6" width="17.140625" customWidth="1"/>
     <col min="7" max="7" width="11.85546875" customWidth="1"/>
     <col min="8" max="8" width="10.28515625" customWidth="1"/>
     <col min="9" max="9" width="14.42578125" customWidth="1"/>
     <col min="10" max="10" width="11.5703125" customWidth="1"/>
     <col min="11" max="12" width="11.28515625" customWidth="1"/>
     <col min="13" max="13" width="4.5703125" customWidth="1"/>
     <col min="14" max="14" width="12.7109375" customWidth="1"/>
     <col min="15" max="15" width="11.42578125" customWidth="1"/>
     <col min="16" max="16" width="14.28515625" customWidth="1"/>
     <col min="17" max="17" width="13.42578125" customWidth="1"/>
     <col min="18" max="18" width="8.28515625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.42578125" customWidth="1"/>
     <col min="21" max="21" width="8.28515625" customWidth="1"/>
     <col min="22" max="22" width="24" customWidth="1"/>
     <col min="23" max="23" width="10.140625" customWidth="1"/>
     <col min="24" max="24" width="10.28515625" customWidth="1"/>
     <col min="25" max="25" width="12.140625" customWidth="1"/>
-    <col min="27" max="31" width="9.140625" style="19"/>
-[...3 lines deleted...]
-    <col min="47" max="51" width="9.140625" style="19"/>
+    <col min="27" max="31" width="9.140625" style="7"/>
+    <col min="32" max="32" width="0" style="7" hidden="1" customWidth="1"/>
+    <col min="33" max="42" width="9.140625" style="7" hidden="1" customWidth="1"/>
+    <col min="43" max="46" width="9.140625" style="7" customWidth="1"/>
+    <col min="47" max="51" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="51.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.65">
-      <c r="A1" s="1188"/>
-[...21 lines deleted...]
-        <v>544</v>
+      <c r="A1" s="1091"/>
+      <c r="B1" s="1092"/>
+      <c r="C1" s="1092"/>
+      <c r="D1" s="1092"/>
+      <c r="E1" s="1092"/>
+      <c r="F1" s="1092"/>
+      <c r="G1" s="1092"/>
+      <c r="H1" s="1092"/>
+      <c r="I1" s="1092"/>
+      <c r="J1" s="1092"/>
+      <c r="K1" s="1093"/>
+      <c r="L1" s="1093"/>
+      <c r="M1" s="1093"/>
+      <c r="N1" s="1093"/>
+      <c r="O1" s="1093"/>
+      <c r="P1" s="1093"/>
+      <c r="Q1" s="1093"/>
+      <c r="R1" s="1093"/>
+      <c r="S1" s="1093"/>
+      <c r="T1" s="1093"/>
+      <c r="U1" s="1093"/>
+      <c r="V1" s="339" t="s">
+        <v>295</v>
       </c>
     </row>
     <row r="2" spans="1:22" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="1067" t="s">
-[...27 lines deleted...]
-      <c r="U2" s="1200"/>
+      <c r="A2" s="953" t="s">
+        <v>149</v>
+      </c>
+      <c r="B2" s="954"/>
+      <c r="C2" s="954"/>
+      <c r="D2" s="1102"/>
+      <c r="E2" s="1106" t="s">
+        <v>141</v>
+      </c>
+      <c r="F2" s="1107"/>
+      <c r="G2" s="1107"/>
+      <c r="H2" s="1107"/>
+      <c r="I2" s="1108"/>
+      <c r="J2" s="73"/>
+      <c r="K2" s="94"/>
+      <c r="L2" s="94"/>
+      <c r="M2" s="73"/>
+      <c r="N2" s="953" t="s">
+        <v>145</v>
+      </c>
+      <c r="O2" s="954"/>
+      <c r="P2" s="954"/>
+      <c r="Q2" s="1102"/>
+      <c r="R2" s="1106" t="s">
+        <v>141</v>
+      </c>
+      <c r="S2" s="1107"/>
+      <c r="T2" s="1107"/>
+      <c r="U2" s="1108"/>
     </row>
     <row r="3" spans="1:22" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="1195"/>
-[...27 lines deleted...]
-      <c r="U3" s="1203"/>
+      <c r="A3" s="1103"/>
+      <c r="B3" s="1104"/>
+      <c r="C3" s="1104"/>
+      <c r="D3" s="1105"/>
+      <c r="E3" s="1109" t="s">
+        <v>23</v>
+      </c>
+      <c r="F3" s="1110"/>
+      <c r="G3" s="1112" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="925"/>
+      <c r="I3" s="916"/>
+      <c r="J3" s="73"/>
+      <c r="K3" s="95"/>
+      <c r="L3" s="95"/>
+      <c r="M3" s="96"/>
+      <c r="N3" s="1103"/>
+      <c r="O3" s="1104"/>
+      <c r="P3" s="1104"/>
+      <c r="Q3" s="1105"/>
+      <c r="R3" s="1109" t="s">
+        <v>23</v>
+      </c>
+      <c r="S3" s="1110"/>
+      <c r="T3" s="1110" t="s">
+        <v>24</v>
+      </c>
+      <c r="U3" s="1111"/>
     </row>
     <row r="4" spans="1:22" ht="27" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="1067" t="s">
-[...7 lines deleted...]
-      <c r="E4" s="1181">
+      <c r="A4" s="953" t="s">
+        <v>144</v>
+      </c>
+      <c r="B4" s="1067"/>
+      <c r="C4" s="1067"/>
+      <c r="D4" s="97" t="s">
+        <v>81</v>
+      </c>
+      <c r="E4" s="1070">
         <v>200</v>
       </c>
-      <c r="F4" s="1182"/>
-      <c r="G4" s="1176">
+      <c r="F4" s="1071"/>
+      <c r="G4" s="1113">
         <v>1000</v>
       </c>
-      <c r="H4" s="1177"/>
-[...13 lines deleted...]
-      <c r="R4" s="1181">
+      <c r="H4" s="1114"/>
+      <c r="I4" s="1115"/>
+      <c r="J4" s="73"/>
+      <c r="K4" s="95"/>
+      <c r="L4" s="95"/>
+      <c r="M4" s="96"/>
+      <c r="N4" s="953" t="s">
+        <v>146</v>
+      </c>
+      <c r="O4" s="1067"/>
+      <c r="P4" s="1067"/>
+      <c r="Q4" s="97" t="s">
+        <v>81</v>
+      </c>
+      <c r="R4" s="1070">
         <v>180</v>
       </c>
-      <c r="S4" s="1182"/>
-      <c r="T4" s="1182">
+      <c r="S4" s="1071"/>
+      <c r="T4" s="1071">
         <v>800</v>
       </c>
-      <c r="U4" s="1192"/>
+      <c r="U4" s="1095"/>
     </row>
     <row r="5" spans="1:22" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="1167"/>
-[...5 lines deleted...]
-      <c r="E5" s="1163">
+      <c r="A5" s="1068"/>
+      <c r="B5" s="1069"/>
+      <c r="C5" s="1069"/>
+      <c r="D5" s="98" t="s">
+        <v>83</v>
+      </c>
+      <c r="E5" s="1096">
         <v>400</v>
       </c>
-      <c r="F5" s="1164"/>
-      <c r="G5" s="1179">
+      <c r="F5" s="1097"/>
+      <c r="G5" s="1116">
         <v>2000</v>
       </c>
-      <c r="H5" s="1180"/>
-[...11 lines deleted...]
-      <c r="R5" s="1163">
+      <c r="H5" s="1117"/>
+      <c r="I5" s="730"/>
+      <c r="J5" s="73"/>
+      <c r="K5" s="95"/>
+      <c r="L5" s="95"/>
+      <c r="M5" s="96"/>
+      <c r="N5" s="1068"/>
+      <c r="O5" s="1069"/>
+      <c r="P5" s="1069"/>
+      <c r="Q5" s="98" t="s">
+        <v>83</v>
+      </c>
+      <c r="R5" s="1096">
         <v>360</v>
       </c>
-      <c r="S5" s="1164"/>
-      <c r="T5" s="1164">
+      <c r="S5" s="1097"/>
+      <c r="T5" s="1097">
         <v>1600</v>
       </c>
-      <c r="U5" s="1165"/>
+      <c r="U5" s="1098"/>
     </row>
     <row r="6" spans="1:22" ht="27" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="1067" t="s">
-[...7 lines deleted...]
-      <c r="E6" s="1181">
+      <c r="A6" s="953" t="s">
+        <v>143</v>
+      </c>
+      <c r="B6" s="1067"/>
+      <c r="C6" s="1067"/>
+      <c r="D6" s="99" t="s">
+        <v>81</v>
+      </c>
+      <c r="E6" s="1070">
         <v>500</v>
       </c>
-      <c r="F6" s="1182"/>
-      <c r="G6" s="1176">
+      <c r="F6" s="1071"/>
+      <c r="G6" s="1113">
         <v>1500</v>
       </c>
-      <c r="H6" s="1177"/>
-[...13 lines deleted...]
-      <c r="R6" s="1181">
+      <c r="H6" s="1114"/>
+      <c r="I6" s="1115"/>
+      <c r="J6" s="73"/>
+      <c r="K6" s="95"/>
+      <c r="L6" s="95"/>
+      <c r="M6" s="73"/>
+      <c r="N6" s="953" t="s">
+        <v>147</v>
+      </c>
+      <c r="O6" s="1067"/>
+      <c r="P6" s="1067"/>
+      <c r="Q6" s="99" t="s">
+        <v>81</v>
+      </c>
+      <c r="R6" s="1070">
         <v>500</v>
       </c>
-      <c r="S6" s="1182"/>
-      <c r="T6" s="1182">
+      <c r="S6" s="1071"/>
+      <c r="T6" s="1071">
         <v>1200</v>
       </c>
-      <c r="U6" s="1192"/>
+      <c r="U6" s="1095"/>
     </row>
     <row r="7" spans="1:22" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="1167"/>
-[...5 lines deleted...]
-      <c r="E7" s="1163">
+      <c r="A7" s="1068"/>
+      <c r="B7" s="1069"/>
+      <c r="C7" s="1069"/>
+      <c r="D7" s="98" t="s">
+        <v>83</v>
+      </c>
+      <c r="E7" s="1096">
         <v>1000</v>
       </c>
-      <c r="F7" s="1164"/>
-      <c r="G7" s="1179">
+      <c r="F7" s="1097"/>
+      <c r="G7" s="1116">
         <v>3000</v>
       </c>
-      <c r="H7" s="1180"/>
-[...11 lines deleted...]
-      <c r="R7" s="1163">
+      <c r="H7" s="1117"/>
+      <c r="I7" s="730"/>
+      <c r="J7" s="73"/>
+      <c r="K7" s="95"/>
+      <c r="L7" s="95"/>
+      <c r="M7" s="73"/>
+      <c r="N7" s="1068"/>
+      <c r="O7" s="1069"/>
+      <c r="P7" s="1069"/>
+      <c r="Q7" s="98" t="s">
+        <v>83</v>
+      </c>
+      <c r="R7" s="1096">
         <v>1000</v>
       </c>
-      <c r="S7" s="1164"/>
-      <c r="T7" s="1164">
+      <c r="S7" s="1097"/>
+      <c r="T7" s="1097">
         <v>2400</v>
       </c>
-      <c r="U7" s="1165"/>
+      <c r="U7" s="1098"/>
     </row>
     <row r="8" spans="1:22" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="1067" t="s">
-[...7 lines deleted...]
-      <c r="E8" s="1169">
+      <c r="A8" s="953" t="s">
+        <v>142</v>
+      </c>
+      <c r="B8" s="1067"/>
+      <c r="C8" s="1067"/>
+      <c r="D8" s="100" t="s">
+        <v>81</v>
+      </c>
+      <c r="E8" s="1099">
         <v>800</v>
       </c>
-      <c r="F8" s="1170"/>
-      <c r="G8" s="1176">
+      <c r="F8" s="1100"/>
+      <c r="G8" s="1113">
         <v>1800</v>
       </c>
-      <c r="H8" s="1177"/>
-[...13 lines deleted...]
-      <c r="R8" s="1169">
+      <c r="H8" s="1114"/>
+      <c r="I8" s="1115"/>
+      <c r="J8" s="73"/>
+      <c r="K8" s="73"/>
+      <c r="L8" s="73"/>
+      <c r="M8" s="73"/>
+      <c r="N8" s="953" t="s">
+        <v>148</v>
+      </c>
+      <c r="O8" s="1067"/>
+      <c r="P8" s="1067"/>
+      <c r="Q8" s="100" t="s">
+        <v>81</v>
+      </c>
+      <c r="R8" s="1099">
         <v>800</v>
       </c>
-      <c r="S8" s="1170"/>
-      <c r="T8" s="1170">
+      <c r="S8" s="1100"/>
+      <c r="T8" s="1100">
         <v>1600</v>
       </c>
-      <c r="U8" s="1193"/>
+      <c r="U8" s="1101"/>
     </row>
     <row r="9" spans="1:22" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="1167"/>
-[...5 lines deleted...]
-      <c r="E9" s="1163">
+      <c r="A9" s="1068"/>
+      <c r="B9" s="1069"/>
+      <c r="C9" s="1069"/>
+      <c r="D9" s="98" t="s">
+        <v>83</v>
+      </c>
+      <c r="E9" s="1096">
         <v>1600</v>
       </c>
-      <c r="F9" s="1164"/>
-      <c r="G9" s="1179">
+      <c r="F9" s="1097"/>
+      <c r="G9" s="1116">
         <v>3600</v>
       </c>
-      <c r="H9" s="1180"/>
-[...11 lines deleted...]
-      <c r="R9" s="1163">
+      <c r="H9" s="1117"/>
+      <c r="I9" s="730"/>
+      <c r="J9" s="73"/>
+      <c r="K9" s="73"/>
+      <c r="L9" s="73"/>
+      <c r="M9" s="73"/>
+      <c r="N9" s="1068"/>
+      <c r="O9" s="1069"/>
+      <c r="P9" s="1069"/>
+      <c r="Q9" s="98" t="s">
+        <v>83</v>
+      </c>
+      <c r="R9" s="1096">
         <v>1600</v>
       </c>
-      <c r="S9" s="1164"/>
-      <c r="T9" s="1164">
+      <c r="S9" s="1097"/>
+      <c r="T9" s="1097">
         <v>3200</v>
       </c>
-      <c r="U9" s="1165"/>
+      <c r="U9" s="1098"/>
     </row>
     <row r="10" spans="1:22" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="1191" t="s">
-[...21 lines deleted...]
-      <c r="U10" s="1191"/>
+      <c r="A10" s="1094" t="s">
+        <v>171</v>
+      </c>
+      <c r="B10" s="1094"/>
+      <c r="C10" s="1094"/>
+      <c r="D10" s="1094"/>
+      <c r="E10" s="1094"/>
+      <c r="F10" s="1094"/>
+      <c r="G10" s="1094"/>
+      <c r="H10" s="1094"/>
+      <c r="I10" s="1094"/>
+      <c r="J10" s="1094"/>
+      <c r="K10" s="1094"/>
+      <c r="L10" s="1094"/>
+      <c r="M10" s="1094"/>
+      <c r="N10" s="1094"/>
+      <c r="O10" s="1094"/>
+      <c r="P10" s="1094"/>
+      <c r="Q10" s="1094"/>
+      <c r="R10" s="1094"/>
+      <c r="S10" s="1094"/>
+      <c r="T10" s="1094"/>
+      <c r="U10" s="1094"/>
     </row>
     <row r="11" spans="1:22" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="1231" t="s">
-[...37 lines deleted...]
-      <c r="U11" s="1187"/>
+      <c r="A11" s="1085" t="s">
+        <v>125</v>
+      </c>
+      <c r="B11" s="744"/>
+      <c r="C11" s="744"/>
+      <c r="D11" s="411" t="s">
+        <v>334</v>
+      </c>
+      <c r="E11" s="101" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="102" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" s="309" t="s">
+        <v>182</v>
+      </c>
+      <c r="H11" s="103" t="s">
+        <v>78</v>
+      </c>
+      <c r="I11" s="277" t="s">
+        <v>18</v>
+      </c>
+      <c r="J11" s="1120" t="s">
+        <v>150</v>
+      </c>
+      <c r="K11" s="1121"/>
+      <c r="L11" s="1121"/>
+      <c r="M11" s="1121"/>
+      <c r="N11" s="1121"/>
+      <c r="O11" s="1122"/>
+      <c r="P11" s="1120" t="s">
+        <v>151</v>
+      </c>
+      <c r="Q11" s="1121"/>
+      <c r="R11" s="1121"/>
+      <c r="S11" s="1121"/>
+      <c r="T11" s="1121"/>
+      <c r="U11" s="1122"/>
     </row>
     <row r="12" spans="1:22" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="1208" t="s">
-[...4 lines deleted...]
-      <c r="D12" s="558">
+      <c r="A12" s="1063" t="s">
+        <v>343</v>
+      </c>
+      <c r="B12" s="1086"/>
+      <c r="C12" s="1087"/>
+      <c r="D12" s="449">
         <v>18</v>
       </c>
-      <c r="E12" s="560">
+      <c r="E12" s="451">
         <v>460</v>
       </c>
-      <c r="F12" s="560">
+      <c r="F12" s="451">
         <v>600</v>
       </c>
-      <c r="G12" s="560">
+      <c r="G12" s="451">
         <v>0</v>
       </c>
-      <c r="H12" s="161">
+      <c r="H12" s="104">
         <f>(E12)/1000*(F12)/1000*D12*(680/1000)+(G12/1000*2)</f>
         <v>3.3782400000000004</v>
       </c>
-      <c r="I12" s="162">
+      <c r="I12" s="105">
         <f>H12*E12</f>
         <v>1553.9904000000001</v>
       </c>
-      <c r="J12" s="1171" t="str">
+      <c r="J12" s="1032" t="str">
         <f>IF(E12&lt;240,"Увеличьте высоту фасада (мин. 240 мм)",IF(E12&gt;600,"Уменьшите высоту фасада (макс. 600 мм)",IF(I12&lt;400,"Очень лёгкий фасад, используйте 1 силовой механизм AVENTOS HK-XS тип 11",IF(I12&lt;1200,"2 силовых механизма AVENTOS HK-XS тип 11 или 1 силовой механизм AVENTOS HK-XS тип 13",IF(I12&lt;1350,"2 силовых механизма AVENTOS HK-XS тип 13 или 1 силовой механизм AVENTOS HK-XS тип 15",IF(I12&lt;1700,"2 силовых механизма AVENTOS HK-XS тип 13 или 1 силовой механизм AVENTOS HK-XS тип 15",IF(I12&lt;3600,"2 силовых механизма AVENTOS HK-XS тип 15",IF(I12&gt;3600,"Очень тяжёлый фасад, используйте механизм AVENTOS HK",))))))))</f>
         <v>2 силовых механизма AVENTOS HK-XS тип 13 или 1 силовой механизм AVENTOS HK-XS тип 15</v>
       </c>
-      <c r="K12" s="1172"/>
-[...4 lines deleted...]
-      <c r="P12" s="1172" t="str">
+      <c r="K12" s="1033"/>
+      <c r="L12" s="1033"/>
+      <c r="M12" s="1033"/>
+      <c r="N12" s="1033"/>
+      <c r="O12" s="1034"/>
+      <c r="P12" s="1033" t="str">
         <f t="shared" ref="P12:P17" si="0">IF(E12&lt;240,"Увеличьте высоту фасада (мин. 240 мм)",IF(E12&gt;600,"Уменьшите высоту фасада (макс. 600 мм)",IF(I12&lt;360,"Очень лёгкий фасад, используйте 1 силовой механизм AVENTOS HK-XS тип 11Т",IF(I12&lt;1150,"2 силовых механизма AVENTOS HK-XS тип 11Т или 1 силовой механизм AVENTOS HK-XS тип 13Т",IF(I12&lt;1350,"2 силовых механизма AVENTOS HK-XS тип 13Т или 1 силовой механизм AVENTOS HK-XS тип 15Т",IF(I12&lt;1600,"2 силовых механизма AVENTOS HK-XS тип 13Т или 1 силовой механизм AVENTOS HK-XS тип 15Т",IF(I12&lt;3200,"2 силовых механизма AVENTOS HK-XS тип 15Т",IF(I12&gt;3200,"Очень тяжёлый фасад, используйте механизм AVENTOS HK",))))))))</f>
         <v>2 силовых механизма AVENTOS HK-XS тип 13Т или 1 силовой механизм AVENTOS HK-XS тип 15Т</v>
       </c>
-      <c r="Q12" s="1172"/>
-[...3 lines deleted...]
-      <c r="U12" s="1173"/>
+      <c r="Q12" s="1033"/>
+      <c r="R12" s="1033"/>
+      <c r="S12" s="1033"/>
+      <c r="T12" s="1033"/>
+      <c r="U12" s="1034"/>
     </row>
     <row r="13" spans="1:22" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="1234" t="s">
-[...4 lines deleted...]
-      <c r="D13" s="559">
+      <c r="A13" s="1088" t="s">
+        <v>344</v>
+      </c>
+      <c r="B13" s="1089"/>
+      <c r="C13" s="1090"/>
+      <c r="D13" s="450">
         <v>18</v>
       </c>
-      <c r="E13" s="561">
-[...5 lines deleted...]
-      <c r="G13" s="561">
+      <c r="E13" s="452">
+        <v>400</v>
+      </c>
+      <c r="F13" s="452">
+        <v>740</v>
+      </c>
+      <c r="G13" s="452">
         <v>0</v>
       </c>
-      <c r="H13" s="161">
+      <c r="H13" s="104">
         <f>(E13)/1000*(F13)/1000*D13*(760/1000)+(G13/1000*2)</f>
-        <v>5.5157759999999998</v>
-[...1 lines deleted...]
-      <c r="I13" s="164">
+        <v>4.0492799999999995</v>
+      </c>
+      <c r="I13" s="107">
         <f t="shared" ref="I13:I17" si="1">H13*E13</f>
-        <v>2647.5724799999998</v>
-[...1 lines deleted...]
-      <c r="J13" s="1214" t="str">
+        <v>1619.7119999999998</v>
+      </c>
+      <c r="J13" s="1029" t="str">
         <f t="shared" ref="J13:J16" si="2">IF(E13&lt;240,"Увеличьте высоту фасада (мин. 240 мм)",IF(E13&gt;600,"Уменьшите высоту фасада (макс. 600 мм)",IF(I13&lt;400,"Очень лёгкий фасад, используйте 1 силовой механизм AVENTOS HK-XS тип 11",IF(I13&lt;1200,"2 силовых механизма AVENTOS HK-XS тип 11 или 1 силовой механизм AVENTOS HK-XS тип 13",IF(I13&lt;1350,"2 силовых механизма AVENTOS HK-XS тип 13 или 1 силовой механизм AVENTOS HK-XS тип 15",IF(I13&lt;1700,"2 силовых механизма AVENTOS HK-XS тип 13 или 1 силовой механизм AVENTOS HK-XS тип 15",IF(I13&lt;3600,"2 силовых механизма AVENTOS HK-XS тип 15",IF(I13&gt;3600,"Очень тяжёлый фасад, используйте механизм AVENTOS HK",))))))))</f>
-        <v>2 силовых механизма AVENTOS HK-XS тип 15</v>
-[...6 lines deleted...]
-      <c r="P13" s="1215" t="str">
+        <v>2 силовых механизма AVENTOS HK-XS тип 13 или 1 силовой механизм AVENTOS HK-XS тип 15</v>
+      </c>
+      <c r="K13" s="1030"/>
+      <c r="L13" s="1030"/>
+      <c r="M13" s="1030"/>
+      <c r="N13" s="1030"/>
+      <c r="O13" s="1031"/>
+      <c r="P13" s="1030" t="str">
         <f t="shared" si="0"/>
         <v>2 силовых механизма AVENTOS HK-XS тип 15Т</v>
       </c>
-      <c r="Q13" s="1215"/>
-[...3 lines deleted...]
-      <c r="U13" s="1216"/>
+      <c r="Q13" s="1030"/>
+      <c r="R13" s="1030"/>
+      <c r="S13" s="1030"/>
+      <c r="T13" s="1030"/>
+      <c r="U13" s="1031"/>
     </row>
     <row r="14" spans="1:22" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="1208" t="s">
-[...5 lines deleted...]
-      <c r="E14" s="560">
+      <c r="A14" s="1063" t="s">
+        <v>79</v>
+      </c>
+      <c r="B14" s="745"/>
+      <c r="C14" s="745"/>
+      <c r="D14" s="746"/>
+      <c r="E14" s="451">
         <v>600</v>
       </c>
-      <c r="F14" s="560">
+      <c r="F14" s="451">
         <v>450</v>
       </c>
-      <c r="G14" s="560">
+      <c r="G14" s="451">
         <v>0</v>
       </c>
-      <c r="H14" s="161">
+      <c r="H14" s="104">
         <f>(E14-4)/1000*(F14-4)/1000*(11.5+0.3*2)+(G14/1000)</f>
         <v>3.2163735999999998</v>
       </c>
-      <c r="I14" s="165">
+      <c r="I14" s="108">
         <f t="shared" si="1"/>
         <v>1929.8241599999999</v>
       </c>
-      <c r="J14" s="1171" t="str">
+      <c r="J14" s="1032" t="str">
         <f t="shared" si="2"/>
         <v>2 силовых механизма AVENTOS HK-XS тип 15</v>
       </c>
-      <c r="K14" s="1172"/>
-[...4 lines deleted...]
-      <c r="P14" s="1172" t="str">
+      <c r="K14" s="1033"/>
+      <c r="L14" s="1033"/>
+      <c r="M14" s="1033"/>
+      <c r="N14" s="1033"/>
+      <c r="O14" s="1034"/>
+      <c r="P14" s="1033" t="str">
         <f t="shared" si="0"/>
         <v>2 силовых механизма AVENTOS HK-XS тип 15Т</v>
       </c>
-      <c r="Q14" s="1172"/>
-[...3 lines deleted...]
-      <c r="U14" s="1173"/>
+      <c r="Q14" s="1033"/>
+      <c r="R14" s="1033"/>
+      <c r="S14" s="1033"/>
+      <c r="T14" s="1033"/>
+      <c r="U14" s="1034"/>
     </row>
     <row r="15" spans="1:22" ht="38.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="1249" t="s">
-[...5 lines deleted...]
-      <c r="E15" s="561">
+      <c r="A15" s="1040" t="s">
+        <v>80</v>
+      </c>
+      <c r="B15" s="1041"/>
+      <c r="C15" s="1041"/>
+      <c r="D15" s="904"/>
+      <c r="E15" s="452">
         <v>400</v>
       </c>
-      <c r="F15" s="561">
+      <c r="F15" s="452">
         <v>800</v>
       </c>
-      <c r="G15" s="561">
+      <c r="G15" s="452">
         <v>0</v>
       </c>
-      <c r="H15" s="163">
+      <c r="H15" s="106">
         <f>(E15-4)/1000*(F15-4)/1000*(11.5+0.3*2)+(G15/1000)</f>
         <v>3.8141135999999998</v>
       </c>
-      <c r="I15" s="166">
+      <c r="I15" s="109">
         <f t="shared" si="1"/>
         <v>1525.64544</v>
       </c>
-      <c r="J15" s="1214" t="str">
+      <c r="J15" s="1029" t="str">
         <f t="shared" si="2"/>
         <v>2 силовых механизма AVENTOS HK-XS тип 13 или 1 силовой механизм AVENTOS HK-XS тип 15</v>
       </c>
-      <c r="K15" s="1215"/>
-[...4 lines deleted...]
-      <c r="P15" s="1215" t="str">
+      <c r="K15" s="1030"/>
+      <c r="L15" s="1030"/>
+      <c r="M15" s="1030"/>
+      <c r="N15" s="1030"/>
+      <c r="O15" s="1031"/>
+      <c r="P15" s="1030" t="str">
         <f t="shared" si="0"/>
         <v>2 силовых механизма AVENTOS HK-XS тип 13Т или 1 силовой механизм AVENTOS HK-XS тип 15Т</v>
       </c>
-      <c r="Q15" s="1215"/>
-[...3 lines deleted...]
-      <c r="U15" s="1216"/>
+      <c r="Q15" s="1030"/>
+      <c r="R15" s="1030"/>
+      <c r="S15" s="1030"/>
+      <c r="T15" s="1030"/>
+      <c r="U15" s="1031"/>
     </row>
     <row r="16" spans="1:22" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A16" s="1246" t="s">
-[...5 lines deleted...]
-      <c r="E16" s="560">
+      <c r="A16" s="1037" t="s">
+        <v>172</v>
+      </c>
+      <c r="B16" s="1038"/>
+      <c r="C16" s="1038"/>
+      <c r="D16" s="1039"/>
+      <c r="E16" s="451">
         <v>450</v>
       </c>
-      <c r="F16" s="560">
+      <c r="F16" s="451">
         <v>600</v>
       </c>
-      <c r="G16" s="560">
+      <c r="G16" s="451">
         <v>0</v>
       </c>
-      <c r="H16" s="167">
+      <c r="H16" s="110">
         <f>(E16-4)/1000*(F16-4)/1000*(8.8+0.3*2)+(G16/1000)</f>
         <v>2.4986704000000004</v>
       </c>
-      <c r="I16" s="168">
+      <c r="I16" s="111">
         <f t="shared" si="1"/>
         <v>1124.4016800000002</v>
       </c>
-      <c r="J16" s="1171" t="str">
+      <c r="J16" s="1032" t="str">
         <f t="shared" si="2"/>
         <v>2 силовых механизма AVENTOS HK-XS тип 11 или 1 силовой механизм AVENTOS HK-XS тип 13</v>
       </c>
-      <c r="K16" s="1172"/>
-[...4 lines deleted...]
-      <c r="P16" s="1172" t="str">
+      <c r="K16" s="1033"/>
+      <c r="L16" s="1033"/>
+      <c r="M16" s="1033"/>
+      <c r="N16" s="1033"/>
+      <c r="O16" s="1034"/>
+      <c r="P16" s="1033" t="str">
         <f t="shared" si="0"/>
         <v>2 силовых механизма AVENTOS HK-XS тип 11Т или 1 силовой механизм AVENTOS HK-XS тип 13Т</v>
       </c>
-      <c r="Q16" s="1172"/>
-[...3 lines deleted...]
-      <c r="U16" s="1173"/>
+      <c r="Q16" s="1033"/>
+      <c r="R16" s="1033"/>
+      <c r="S16" s="1033"/>
+      <c r="T16" s="1033"/>
+      <c r="U16" s="1034"/>
     </row>
     <row r="17" spans="1:42" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="1211" t="s">
-[...5 lines deleted...]
-      <c r="E17" s="560">
+      <c r="A17" s="1064" t="s">
+        <v>289</v>
+      </c>
+      <c r="B17" s="1065"/>
+      <c r="C17" s="1065"/>
+      <c r="D17" s="1066"/>
+      <c r="E17" s="451">
         <v>350</v>
       </c>
-      <c r="F17" s="560">
+      <c r="F17" s="451">
         <v>600</v>
       </c>
-      <c r="G17" s="560">
+      <c r="G17" s="451">
         <v>0</v>
       </c>
-      <c r="H17" s="167">
+      <c r="H17" s="110">
         <f>(E17)/1000*(F17)/1000*4*(2500/1000)+(E17)/1000*(F17)/1000*16*(680/1000)+(G17/1000)</f>
         <v>4.3848000000000003</v>
       </c>
-      <c r="I17" s="168">
+      <c r="I17" s="111">
         <f t="shared" si="1"/>
         <v>1534.68</v>
       </c>
-      <c r="J17" s="1171" t="str">
+      <c r="J17" s="1032" t="str">
         <f t="shared" ref="J17" si="3">IF(E17&lt;240,"Увеличьте высоту фасада (мин. 240 мм)",IF(E17&gt;600,"Уменьшите высоту фасада (макс. 600 мм)",IF(I17&lt;400,"Очень лёгкий фасад, используйте 1 силовой механизм AVENTOS HK-XS тип 11",IF(I17&lt;1200,"2 силовых механизма AVENTOS HK-XS тип 11 или 1 силовой механизм AVENTOS HK-XS тип 13",IF(I17&lt;1350,"2 силовых механизма AVENTOS HK-XS тип 13 или 1 силовой механизм AVENTOS HK-XS тип 15",IF(I17&lt;1700,"2 силовых механизма AVENTOS HK-XS тип 13 или 1 силовой механизм AVENTOS HK-XS тип 15",IF(I17&lt;3600,"2 силовых механизма AVENTOS HK-XS тип 15",IF(I17&gt;3600,"Очень тяжёлый фасад, используйте механизм AVENTOS HK",))))))))</f>
         <v>2 силовых механизма AVENTOS HK-XS тип 13 или 1 силовой механизм AVENTOS HK-XS тип 15</v>
       </c>
-      <c r="K17" s="1172"/>
-[...4 lines deleted...]
-      <c r="P17" s="1172" t="str">
+      <c r="K17" s="1033"/>
+      <c r="L17" s="1033"/>
+      <c r="M17" s="1033"/>
+      <c r="N17" s="1033"/>
+      <c r="O17" s="1034"/>
+      <c r="P17" s="1033" t="str">
         <f t="shared" si="0"/>
         <v>2 силовых механизма AVENTOS HK-XS тип 13Т или 1 силовой механизм AVENTOS HK-XS тип 15Т</v>
       </c>
-      <c r="Q17" s="1172"/>
-[...3 lines deleted...]
-      <c r="U17" s="1173"/>
+      <c r="Q17" s="1033"/>
+      <c r="R17" s="1033"/>
+      <c r="S17" s="1033"/>
+      <c r="T17" s="1033"/>
+      <c r="U17" s="1034"/>
     </row>
     <row r="18" spans="1:42" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="1244" t="s">
-[...29 lines deleted...]
-      <c r="AO18" s="765"/>
+      <c r="A18" s="1035" t="s">
+        <v>293</v>
+      </c>
+      <c r="B18" s="1036"/>
+      <c r="C18" s="1036"/>
+      <c r="D18" s="1036"/>
+      <c r="E18" s="1036"/>
+      <c r="F18" s="1036"/>
+      <c r="G18" s="1036"/>
+      <c r="H18" s="1036"/>
+      <c r="I18" s="1036"/>
+      <c r="J18" s="1036"/>
+      <c r="K18" s="1036"/>
+      <c r="L18" s="1036"/>
+      <c r="M18" s="1036"/>
+      <c r="N18" s="1036"/>
+      <c r="O18" s="1036"/>
+      <c r="P18" s="1036"/>
+      <c r="Q18" s="1036"/>
+      <c r="R18" s="1036"/>
+      <c r="S18" s="1036"/>
+      <c r="T18" s="1036"/>
+      <c r="U18" s="1036"/>
+      <c r="AH18" s="566"/>
+      <c r="AI18" s="566"/>
+      <c r="AJ18" s="566"/>
+      <c r="AK18" s="566"/>
+      <c r="AL18" s="566"/>
+      <c r="AM18" s="566"/>
+      <c r="AN18" s="566"/>
+      <c r="AO18" s="566"/>
     </row>
     <row r="19" spans="1:42" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="1220" t="s">
-[...36 lines deleted...]
-      <c r="AO19" s="765"/>
+      <c r="A19" s="1075" t="s">
+        <v>87</v>
+      </c>
+      <c r="B19" s="1076"/>
+      <c r="C19" s="1076"/>
+      <c r="D19" s="1076"/>
+      <c r="E19" s="1076"/>
+      <c r="F19" s="1076"/>
+      <c r="G19" s="1076"/>
+      <c r="H19" s="1076"/>
+      <c r="I19" s="1076"/>
+      <c r="J19" s="1076"/>
+      <c r="K19" s="1076"/>
+      <c r="L19" s="1077"/>
+      <c r="M19" s="522"/>
+      <c r="N19" s="1072" t="s">
+        <v>356</v>
+      </c>
+      <c r="O19" s="1073"/>
+      <c r="P19" s="1073"/>
+      <c r="Q19" s="1074"/>
+      <c r="R19" s="549"/>
+      <c r="S19" s="1082" t="s">
+        <v>357</v>
+      </c>
+      <c r="T19" s="1083"/>
+      <c r="U19" s="1083"/>
+      <c r="V19" s="1083"/>
+      <c r="W19" s="1084"/>
+      <c r="X19" s="523"/>
+      <c r="AH19" s="566"/>
+      <c r="AI19" s="566"/>
+      <c r="AJ19" s="566"/>
+      <c r="AK19" s="566"/>
+      <c r="AL19" s="566"/>
+      <c r="AM19" s="566"/>
+      <c r="AN19" s="566"/>
+      <c r="AO19" s="566"/>
     </row>
     <row r="20" spans="1:42" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="1183" t="s">
-[...38 lines deleted...]
-      <c r="AP20" s="766"/>
+      <c r="A20" s="1118" t="s">
+        <v>152</v>
+      </c>
+      <c r="B20" s="1119"/>
+      <c r="C20" s="1119"/>
+      <c r="D20" s="1119"/>
+      <c r="E20" s="1119"/>
+      <c r="F20" s="1119"/>
+      <c r="G20" s="1119"/>
+      <c r="H20" s="1119"/>
+      <c r="I20" s="1119"/>
+      <c r="J20" s="1119"/>
+      <c r="K20" s="1119"/>
+      <c r="L20" s="1119"/>
+      <c r="M20" s="69"/>
+      <c r="N20" s="1049" t="s">
+        <v>358</v>
+      </c>
+      <c r="O20" s="1050"/>
+      <c r="P20" s="1050"/>
+      <c r="Q20" s="1051"/>
+      <c r="R20" s="538"/>
+      <c r="S20" s="1049" t="s">
+        <v>358</v>
+      </c>
+      <c r="T20" s="1081"/>
+      <c r="U20" s="1081"/>
+      <c r="V20" s="1081"/>
+      <c r="W20" s="776"/>
+      <c r="X20" s="543"/>
+      <c r="AG20" s="567"/>
+      <c r="AH20" s="573"/>
+      <c r="AI20" s="573"/>
+      <c r="AJ20" s="573"/>
+      <c r="AK20" s="573"/>
+      <c r="AL20" s="573"/>
+      <c r="AM20" s="573"/>
+      <c r="AN20" s="573"/>
+      <c r="AO20" s="573"/>
+      <c r="AP20" s="567"/>
     </row>
     <row r="21" spans="1:42" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="1160" t="s">
-[...40 lines deleted...]
-      <c r="AH21" s="773" t="str">
+      <c r="A21" s="1045" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" s="1046"/>
+      <c r="C21" s="1046"/>
+      <c r="D21" s="1046"/>
+      <c r="E21" s="1046"/>
+      <c r="F21" s="1058"/>
+      <c r="G21" s="1058"/>
+      <c r="H21" s="1058"/>
+      <c r="I21" s="1058"/>
+      <c r="J21" s="545" t="s">
+        <v>89</v>
+      </c>
+      <c r="K21" s="546" t="s">
+        <v>84</v>
+      </c>
+      <c r="L21" s="546" t="s">
+        <v>85</v>
+      </c>
+      <c r="N21" s="1059" t="s">
+        <v>388</v>
+      </c>
+      <c r="O21" s="1060"/>
+      <c r="P21" s="1061" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q21" s="1062"/>
+      <c r="R21" s="533"/>
+      <c r="S21" s="1078" t="s">
+        <v>389</v>
+      </c>
+      <c r="T21" s="1079"/>
+      <c r="U21" s="1080"/>
+      <c r="V21" s="1061" t="s">
+        <v>390</v>
+      </c>
+      <c r="W21" s="834"/>
+      <c r="X21" s="544"/>
+      <c r="AF21" s="492"/>
+      <c r="AG21" s="568"/>
+      <c r="AH21" s="574" t="str">
         <f>IF(AK21=1,"0",IF(AK21=2,"9,5 "))</f>
         <v>0</v>
       </c>
-      <c r="AI21" s="774" t="s">
-[...2 lines deleted...]
-      <c r="AJ21" s="772">
+      <c r="AI21" s="575" t="s">
+        <v>359</v>
+      </c>
+      <c r="AJ21" s="573">
         <v>0</v>
       </c>
-      <c r="AK21" s="772">
+      <c r="AK21" s="573">
         <v>1</v>
       </c>
-      <c r="AL21" s="772"/>
-      <c r="AM21" s="772" t="str">
+      <c r="AL21" s="573"/>
+      <c r="AM21" s="573" t="str">
         <f>IF(AK21=1,"0",IF(AK21=2,"9,5 "))</f>
         <v>0</v>
       </c>
-      <c r="AN21" s="772"/>
-[...1 lines deleted...]
-      <c r="AP21" s="766"/>
+      <c r="AN21" s="573"/>
+      <c r="AO21" s="573"/>
+      <c r="AP21" s="567"/>
     </row>
     <row r="22" spans="1:42" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="1160" t="s">
-[...10 lines deleted...]
-      <c r="J22" s="1152">
+      <c r="A22" s="1045" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" s="1058"/>
+      <c r="C22" s="1058"/>
+      <c r="D22" s="1058"/>
+      <c r="E22" s="1058"/>
+      <c r="F22" s="1058"/>
+      <c r="G22" s="1058"/>
+      <c r="H22" s="1058"/>
+      <c r="I22" s="1058"/>
+      <c r="J22" s="1044">
         <v>1</v>
       </c>
-      <c r="K22" s="1152"/>
-[...15 lines deleted...]
-      <c r="AH22" s="773">
+      <c r="K22" s="1044"/>
+      <c r="L22" s="1044"/>
+      <c r="M22" s="7"/>
+      <c r="N22" s="1052"/>
+      <c r="O22" s="1053"/>
+      <c r="P22" s="1054"/>
+      <c r="Q22" s="1055"/>
+      <c r="R22" s="529"/>
+      <c r="S22" s="1024"/>
+      <c r="T22" s="1025"/>
+      <c r="U22" s="1026"/>
+      <c r="V22" s="541"/>
+      <c r="W22" s="550"/>
+      <c r="X22" s="70"/>
+      <c r="AF22" s="492"/>
+      <c r="AG22" s="568"/>
+      <c r="AH22" s="574">
         <f>AK26</f>
         <v>18</v>
       </c>
-      <c r="AI22" s="774" t="s">
-[...2 lines deleted...]
-      <c r="AJ22" s="772">
+      <c r="AI22" s="575" t="s">
+        <v>360</v>
+      </c>
+      <c r="AJ22" s="573">
         <v>9.5</v>
       </c>
-      <c r="AK22" s="772"/>
-[...4 lines deleted...]
-      <c r="AP22" s="766"/>
+      <c r="AK22" s="573"/>
+      <c r="AL22" s="573"/>
+      <c r="AM22" s="573"/>
+      <c r="AN22" s="573"/>
+      <c r="AO22" s="573"/>
+      <c r="AP22" s="567"/>
     </row>
     <row r="23" spans="1:42" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="1160" t="s">
-[...38 lines deleted...]
-      <c r="AP23" s="766"/>
+      <c r="A23" s="1045" t="s">
+        <v>93</v>
+      </c>
+      <c r="B23" s="1046"/>
+      <c r="C23" s="1046"/>
+      <c r="D23" s="1046"/>
+      <c r="E23" s="1046"/>
+      <c r="F23" s="1047" t="s">
+        <v>94</v>
+      </c>
+      <c r="G23" s="1047"/>
+      <c r="H23" s="1047"/>
+      <c r="I23" s="1047"/>
+      <c r="J23" s="1044" t="s">
+        <v>95</v>
+      </c>
+      <c r="K23" s="1044"/>
+      <c r="L23" s="1044"/>
+      <c r="N23" s="1056"/>
+      <c r="O23" s="537"/>
+      <c r="P23" s="524"/>
+      <c r="Q23" s="556"/>
+      <c r="R23" s="533"/>
+      <c r="S23" s="561"/>
+      <c r="T23" s="542"/>
+      <c r="U23" s="542"/>
+      <c r="V23" s="70"/>
+      <c r="W23" s="551"/>
+      <c r="X23" s="70"/>
+      <c r="AF23" s="492"/>
+      <c r="AG23" s="568"/>
+      <c r="AH23" s="573"/>
+      <c r="AI23" s="573"/>
+      <c r="AJ23" s="573"/>
+      <c r="AK23" s="573"/>
+      <c r="AL23" s="573"/>
+      <c r="AM23" s="573"/>
+      <c r="AN23" s="573"/>
+      <c r="AO23" s="573"/>
+      <c r="AP23" s="567"/>
     </row>
     <row r="24" spans="1:42" ht="39" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="1161"/>
-[...24 lines deleted...]
-      <c r="W24" s="1237">
+      <c r="A24" s="1046"/>
+      <c r="B24" s="1046"/>
+      <c r="C24" s="1046"/>
+      <c r="D24" s="1046"/>
+      <c r="E24" s="1046"/>
+      <c r="F24" s="1047" t="s">
+        <v>96</v>
+      </c>
+      <c r="G24" s="1047"/>
+      <c r="H24" s="1047"/>
+      <c r="I24" s="1047"/>
+      <c r="J24" s="1044" t="s">
+        <v>27</v>
+      </c>
+      <c r="K24" s="1044"/>
+      <c r="L24" s="1044"/>
+      <c r="N24" s="1057"/>
+      <c r="O24" s="537"/>
+      <c r="P24" s="524"/>
+      <c r="Q24" s="556"/>
+      <c r="R24" s="533"/>
+      <c r="S24" s="561"/>
+      <c r="T24" s="542"/>
+      <c r="U24" s="542"/>
+      <c r="V24" s="70"/>
+      <c r="W24" s="1022">
         <f>125.5+AL26+AM21</f>
         <v>141.5</v>
       </c>
-      <c r="X24" s="87"/>
-[...10 lines deleted...]
-      <c r="AP24" s="766"/>
+      <c r="X24" s="70"/>
+      <c r="AF24" s="492"/>
+      <c r="AG24" s="568"/>
+      <c r="AH24" s="573"/>
+      <c r="AI24" s="573"/>
+      <c r="AJ24" s="573"/>
+      <c r="AK24" s="573"/>
+      <c r="AL24" s="573"/>
+      <c r="AM24" s="573"/>
+      <c r="AN24" s="573"/>
+      <c r="AO24" s="573"/>
+      <c r="AP24" s="567"/>
     </row>
     <row r="25" spans="1:42" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="1156" t="s">
-[...41 lines deleted...]
-      <c r="AP25" s="766"/>
+      <c r="A25" s="1048" t="s">
+        <v>97</v>
+      </c>
+      <c r="B25" s="933"/>
+      <c r="C25" s="933"/>
+      <c r="D25" s="933"/>
+      <c r="E25" s="933"/>
+      <c r="F25" s="1047" t="s">
+        <v>98</v>
+      </c>
+      <c r="G25" s="1047"/>
+      <c r="H25" s="1047"/>
+      <c r="I25" s="1047"/>
+      <c r="J25" s="1044" t="s">
+        <v>99</v>
+      </c>
+      <c r="K25" s="1044"/>
+      <c r="L25" s="1044"/>
+      <c r="M25" s="7"/>
+      <c r="N25" s="569" t="s">
+        <v>29</v>
+      </c>
+      <c r="O25" s="527"/>
+      <c r="P25" s="525"/>
+      <c r="Q25" s="557"/>
+      <c r="R25" s="534"/>
+      <c r="S25" s="561"/>
+      <c r="T25" s="542"/>
+      <c r="U25" s="542"/>
+      <c r="V25" s="70"/>
+      <c r="W25" s="1023"/>
+      <c r="X25" s="77"/>
+      <c r="AF25" s="492"/>
+      <c r="AG25" s="568"/>
+      <c r="AH25" s="573"/>
+      <c r="AI25" s="573"/>
+      <c r="AJ25" s="573"/>
+      <c r="AK25" s="573"/>
+      <c r="AL25" s="573"/>
+      <c r="AM25" s="573"/>
+      <c r="AN25" s="573"/>
+      <c r="AO25" s="573"/>
+      <c r="AP25" s="567"/>
     </row>
     <row r="26" spans="1:42" ht="68.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A26" s="1157"/>
-[...15 lines deleted...]
-      <c r="N26" s="769">
+      <c r="A26" s="933"/>
+      <c r="B26" s="933"/>
+      <c r="C26" s="933"/>
+      <c r="D26" s="933"/>
+      <c r="E26" s="933"/>
+      <c r="F26" s="1047" t="s">
+        <v>103</v>
+      </c>
+      <c r="G26" s="1047"/>
+      <c r="H26" s="1047"/>
+      <c r="I26" s="1047"/>
+      <c r="J26" s="1044" t="s">
+        <v>104</v>
+      </c>
+      <c r="K26" s="1044"/>
+      <c r="L26" s="1044"/>
+      <c r="N26" s="570">
         <f>137+AH21+AH22</f>
         <v>155</v>
       </c>
-      <c r="O26" s="726"/>
-[...7 lines deleted...]
-      <c r="W26" s="771">
+      <c r="O26" s="527"/>
+      <c r="P26" s="525"/>
+      <c r="Q26" s="557"/>
+      <c r="R26" s="534"/>
+      <c r="S26" s="561"/>
+      <c r="T26" s="542"/>
+      <c r="U26" s="542"/>
+      <c r="V26" s="70"/>
+      <c r="W26" s="572">
         <f>15.5+AO26</f>
         <v>31.5</v>
       </c>
-      <c r="X26" s="87"/>
-[...7 lines deleted...]
-      <c r="AK26" s="772">
+      <c r="X26" s="70"/>
+      <c r="AF26" s="492"/>
+      <c r="AG26" s="568"/>
+      <c r="AH26" s="573"/>
+      <c r="AI26" s="573"/>
+      <c r="AJ26" s="573" t="s">
+        <v>376</v>
+      </c>
+      <c r="AK26" s="573">
         <v>18</v>
       </c>
-      <c r="AL26" s="772">
+      <c r="AL26" s="573">
         <v>16</v>
       </c>
-      <c r="AM26" s="772" t="s">
-[...5 lines deleted...]
-      <c r="AO26" s="772">
+      <c r="AM26" s="573" t="s">
+        <v>376</v>
+      </c>
+      <c r="AN26" s="573" t="s">
+        <v>376</v>
+      </c>
+      <c r="AO26" s="573">
         <v>16</v>
       </c>
-      <c r="AP26" s="766"/>
+      <c r="AP26" s="567"/>
     </row>
     <row r="27" spans="1:42" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="1148" t="s">
-[...44 lines deleted...]
-      <c r="AP27" s="766"/>
+      <c r="A27" s="1042" t="s">
+        <v>107</v>
+      </c>
+      <c r="B27" s="1043"/>
+      <c r="C27" s="1043"/>
+      <c r="D27" s="1043"/>
+      <c r="E27" s="1043"/>
+      <c r="F27" s="1043"/>
+      <c r="G27" s="1043"/>
+      <c r="H27" s="1043"/>
+      <c r="I27" s="1043"/>
+      <c r="J27" s="1044" t="s">
+        <v>77</v>
+      </c>
+      <c r="K27" s="1044"/>
+      <c r="L27" s="1044"/>
+      <c r="N27" s="571" t="s">
+        <v>387</v>
+      </c>
+      <c r="O27" s="532"/>
+      <c r="P27" s="526"/>
+      <c r="Q27" s="558"/>
+      <c r="R27" s="535"/>
+      <c r="S27" s="562"/>
+      <c r="T27" s="535"/>
+      <c r="U27" s="535"/>
+      <c r="V27" s="70"/>
+      <c r="W27" s="551"/>
+      <c r="X27" s="70"/>
+      <c r="AF27" s="492"/>
+      <c r="AG27" s="568"/>
+      <c r="AH27" s="573"/>
+      <c r="AI27" s="573"/>
+      <c r="AJ27" s="573" t="s">
+        <v>377</v>
+      </c>
+      <c r="AK27" s="573"/>
+      <c r="AL27" s="573"/>
+      <c r="AM27" s="573" t="s">
+        <v>377</v>
+      </c>
+      <c r="AN27" s="573" t="s">
+        <v>377</v>
+      </c>
+      <c r="AO27" s="573"/>
+      <c r="AP27" s="567"/>
     </row>
     <row r="28" spans="1:42" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="1150" t="s">
-[...40 lines deleted...]
-      <c r="AP28" s="766"/>
+      <c r="A28" s="1124" t="s">
+        <v>355</v>
+      </c>
+      <c r="B28" s="1125"/>
+      <c r="C28" s="1125"/>
+      <c r="D28" s="1125"/>
+      <c r="E28" s="1125"/>
+      <c r="F28" s="1125"/>
+      <c r="G28" s="1125"/>
+      <c r="H28" s="1125"/>
+      <c r="I28" s="1125"/>
+      <c r="J28" s="1125"/>
+      <c r="K28" s="1125"/>
+      <c r="L28" s="1006"/>
+      <c r="N28" s="1027"/>
+      <c r="O28" s="536"/>
+      <c r="P28" s="539"/>
+      <c r="Q28" s="559"/>
+      <c r="R28" s="531"/>
+      <c r="S28" s="563"/>
+      <c r="T28" s="547"/>
+      <c r="U28" s="547"/>
+      <c r="V28" s="548"/>
+      <c r="W28" s="565"/>
+      <c r="X28" s="24"/>
+      <c r="AF28" s="492"/>
+      <c r="AG28" s="568"/>
+      <c r="AH28" s="573"/>
+      <c r="AI28" s="573"/>
+      <c r="AJ28" s="573" t="s">
+        <v>378</v>
+      </c>
+      <c r="AK28" s="573"/>
+      <c r="AL28" s="573"/>
+      <c r="AM28" s="573" t="s">
+        <v>378</v>
+      </c>
+      <c r="AN28" s="573" t="s">
+        <v>378</v>
+      </c>
+      <c r="AO28" s="573"/>
+      <c r="AP28" s="567"/>
     </row>
     <row r="29" spans="1:42" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="1160" t="s">
-[...46 lines deleted...]
-      <c r="AP29" s="766"/>
+      <c r="A29" s="1045" t="s">
+        <v>88</v>
+      </c>
+      <c r="B29" s="1046"/>
+      <c r="C29" s="1046"/>
+      <c r="D29" s="1046"/>
+      <c r="E29" s="1046"/>
+      <c r="F29" s="1058"/>
+      <c r="G29" s="1058"/>
+      <c r="H29" s="1058"/>
+      <c r="I29" s="545" t="s">
+        <v>82</v>
+      </c>
+      <c r="J29" s="545" t="s">
+        <v>90</v>
+      </c>
+      <c r="K29" s="1044" t="s">
+        <v>86</v>
+      </c>
+      <c r="L29" s="1126"/>
+      <c r="N29" s="1028"/>
+      <c r="O29" s="552"/>
+      <c r="P29" s="553"/>
+      <c r="Q29" s="560"/>
+      <c r="R29" s="553"/>
+      <c r="S29" s="564"/>
+      <c r="T29" s="554"/>
+      <c r="U29" s="553"/>
+      <c r="V29" s="555"/>
+      <c r="W29" s="528"/>
+      <c r="X29" s="24"/>
+      <c r="AF29" s="492"/>
+      <c r="AG29" s="568"/>
+      <c r="AH29" s="573"/>
+      <c r="AI29" s="573"/>
+      <c r="AJ29" s="573" t="s">
+        <v>219</v>
+      </c>
+      <c r="AK29" s="573"/>
+      <c r="AL29" s="573"/>
+      <c r="AM29" s="573" t="s">
+        <v>219</v>
+      </c>
+      <c r="AN29" s="573" t="s">
+        <v>219</v>
+      </c>
+      <c r="AO29" s="573"/>
+      <c r="AP29" s="567"/>
     </row>
     <row r="30" spans="1:42" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="1160" t="s">
-[...42 lines deleted...]
-      <c r="AP30" s="766"/>
+      <c r="A30" s="1045" t="s">
+        <v>91</v>
+      </c>
+      <c r="B30" s="1058"/>
+      <c r="C30" s="1058"/>
+      <c r="D30" s="1058"/>
+      <c r="E30" s="1058"/>
+      <c r="F30" s="1058"/>
+      <c r="G30" s="1058"/>
+      <c r="H30" s="1058"/>
+      <c r="I30" s="1044" t="s">
+        <v>92</v>
+      </c>
+      <c r="J30" s="1044"/>
+      <c r="K30" s="1044"/>
+      <c r="L30" s="1126"/>
+      <c r="N30" s="530"/>
+      <c r="O30" s="531"/>
+      <c r="P30" s="531"/>
+      <c r="Q30" s="531"/>
+      <c r="R30" s="531"/>
+      <c r="S30" s="531"/>
+      <c r="T30" s="531"/>
+      <c r="U30" s="531"/>
+      <c r="V30" s="70"/>
+      <c r="W30" s="24"/>
+      <c r="X30" s="24"/>
+      <c r="AF30" s="492"/>
+      <c r="AG30" s="568"/>
+      <c r="AH30" s="573"/>
+      <c r="AI30" s="573"/>
+      <c r="AJ30" s="573" t="s">
+        <v>379</v>
+      </c>
+      <c r="AK30" s="573"/>
+      <c r="AL30" s="573"/>
+      <c r="AM30" s="573" t="s">
+        <v>379</v>
+      </c>
+      <c r="AN30" s="573" t="s">
+        <v>379</v>
+      </c>
+      <c r="AO30" s="573"/>
+      <c r="AP30" s="567"/>
     </row>
     <row r="31" spans="1:42" ht="48" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="1160" t="s">
-[...33 lines deleted...]
-      <c r="AP31" s="766"/>
+      <c r="A31" s="1045" t="s">
+        <v>93</v>
+      </c>
+      <c r="B31" s="1046"/>
+      <c r="C31" s="1046"/>
+      <c r="D31" s="1046"/>
+      <c r="E31" s="1046"/>
+      <c r="F31" s="1047" t="s">
+        <v>94</v>
+      </c>
+      <c r="G31" s="1047"/>
+      <c r="H31" s="1047"/>
+      <c r="I31" s="1044" t="s">
+        <v>95</v>
+      </c>
+      <c r="J31" s="1044"/>
+      <c r="K31" s="1044"/>
+      <c r="L31" s="1127"/>
+      <c r="AF31" s="492"/>
+      <c r="AG31" s="568"/>
+      <c r="AH31" s="573"/>
+      <c r="AI31" s="573"/>
+      <c r="AJ31" s="573" t="s">
+        <v>380</v>
+      </c>
+      <c r="AK31" s="573"/>
+      <c r="AL31" s="573"/>
+      <c r="AM31" s="573" t="s">
+        <v>380</v>
+      </c>
+      <c r="AN31" s="573" t="s">
+        <v>380</v>
+      </c>
+      <c r="AO31" s="573"/>
+      <c r="AP31" s="567"/>
     </row>
     <row r="32" spans="1:42" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="1161"/>
-[...31 lines deleted...]
-      <c r="AP32" s="766"/>
+      <c r="A32" s="1046"/>
+      <c r="B32" s="1046"/>
+      <c r="C32" s="1046"/>
+      <c r="D32" s="1046"/>
+      <c r="E32" s="1046"/>
+      <c r="F32" s="1047" t="s">
+        <v>96</v>
+      </c>
+      <c r="G32" s="1047"/>
+      <c r="H32" s="1047"/>
+      <c r="I32" s="1044" t="s">
+        <v>27</v>
+      </c>
+      <c r="J32" s="1044"/>
+      <c r="K32" s="1044"/>
+      <c r="L32" s="1127"/>
+      <c r="AF32" s="492"/>
+      <c r="AG32" s="568"/>
+      <c r="AH32" s="573"/>
+      <c r="AI32" s="573"/>
+      <c r="AJ32" s="573" t="s">
+        <v>381</v>
+      </c>
+      <c r="AK32" s="573"/>
+      <c r="AL32" s="573"/>
+      <c r="AM32" s="573" t="s">
+        <v>381</v>
+      </c>
+      <c r="AN32" s="573" t="s">
+        <v>381</v>
+      </c>
+      <c r="AO32" s="573"/>
+      <c r="AP32" s="567"/>
     </row>
     <row r="33" spans="1:42" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="1156" t="s">
-[...33 lines deleted...]
-      <c r="AP33" s="766"/>
+      <c r="A33" s="1048" t="s">
+        <v>100</v>
+      </c>
+      <c r="B33" s="933"/>
+      <c r="C33" s="933"/>
+      <c r="D33" s="933"/>
+      <c r="E33" s="933"/>
+      <c r="F33" s="1047" t="s">
+        <v>101</v>
+      </c>
+      <c r="G33" s="1047"/>
+      <c r="H33" s="1047"/>
+      <c r="I33" s="1044" t="s">
+        <v>102</v>
+      </c>
+      <c r="J33" s="1044"/>
+      <c r="K33" s="1044"/>
+      <c r="L33" s="1128"/>
+      <c r="AF33" s="492"/>
+      <c r="AG33" s="568"/>
+      <c r="AH33" s="573"/>
+      <c r="AI33" s="573"/>
+      <c r="AJ33" s="573" t="s">
+        <v>382</v>
+      </c>
+      <c r="AK33" s="573"/>
+      <c r="AL33" s="573"/>
+      <c r="AM33" s="573" t="s">
+        <v>382</v>
+      </c>
+      <c r="AN33" s="573" t="s">
+        <v>382</v>
+      </c>
+      <c r="AO33" s="573"/>
+      <c r="AP33" s="567"/>
     </row>
     <row r="34" spans="1:42" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="1157"/>
-[...31 lines deleted...]
-      <c r="AP34" s="766"/>
+      <c r="A34" s="933"/>
+      <c r="B34" s="933"/>
+      <c r="C34" s="933"/>
+      <c r="D34" s="933"/>
+      <c r="E34" s="933"/>
+      <c r="F34" s="1047" t="s">
+        <v>105</v>
+      </c>
+      <c r="G34" s="1047"/>
+      <c r="H34" s="1047"/>
+      <c r="I34" s="1044" t="s">
+        <v>106</v>
+      </c>
+      <c r="J34" s="1044"/>
+      <c r="K34" s="1044"/>
+      <c r="L34" s="1127"/>
+      <c r="AF34" s="492"/>
+      <c r="AG34" s="568"/>
+      <c r="AH34" s="573"/>
+      <c r="AI34" s="573"/>
+      <c r="AJ34" s="573" t="s">
+        <v>383</v>
+      </c>
+      <c r="AK34" s="573"/>
+      <c r="AL34" s="573"/>
+      <c r="AM34" s="573" t="s">
+        <v>383</v>
+      </c>
+      <c r="AN34" s="573" t="s">
+        <v>383</v>
+      </c>
+      <c r="AO34" s="573"/>
+      <c r="AP34" s="567"/>
     </row>
     <row r="35" spans="1:42" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="1148" t="s">
-[...31 lines deleted...]
-      <c r="AP35" s="766"/>
+      <c r="A35" s="1042" t="s">
+        <v>108</v>
+      </c>
+      <c r="B35" s="1043"/>
+      <c r="C35" s="1043"/>
+      <c r="D35" s="1043"/>
+      <c r="E35" s="1043"/>
+      <c r="F35" s="1043"/>
+      <c r="G35" s="1043"/>
+      <c r="H35" s="1043"/>
+      <c r="I35" s="1044" t="s">
+        <v>77</v>
+      </c>
+      <c r="J35" s="1044"/>
+      <c r="K35" s="1044"/>
+      <c r="L35" s="1127"/>
+      <c r="AF35" s="492"/>
+      <c r="AG35" s="568"/>
+      <c r="AH35" s="573"/>
+      <c r="AI35" s="573"/>
+      <c r="AJ35" s="573" t="s">
+        <v>243</v>
+      </c>
+      <c r="AK35" s="573"/>
+      <c r="AL35" s="573"/>
+      <c r="AM35" s="573" t="s">
+        <v>243</v>
+      </c>
+      <c r="AN35" s="573" t="s">
+        <v>243</v>
+      </c>
+      <c r="AO35" s="573"/>
+      <c r="AP35" s="567"/>
     </row>
     <row r="36" spans="1:42" ht="42" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="1148" t="s">
-[...31 lines deleted...]
-      <c r="AP36" s="766"/>
+      <c r="A36" s="1042" t="s">
+        <v>169</v>
+      </c>
+      <c r="B36" s="1123"/>
+      <c r="C36" s="1123"/>
+      <c r="D36" s="1123"/>
+      <c r="E36" s="1123"/>
+      <c r="F36" s="1123"/>
+      <c r="G36" s="1123"/>
+      <c r="H36" s="1123"/>
+      <c r="I36" s="1044" t="s">
+        <v>109</v>
+      </c>
+      <c r="J36" s="1126"/>
+      <c r="K36" s="1126"/>
+      <c r="L36" s="1127"/>
+      <c r="AF36" s="492"/>
+      <c r="AG36" s="568"/>
+      <c r="AH36" s="573"/>
+      <c r="AI36" s="573"/>
+      <c r="AJ36" s="573" t="s">
+        <v>384</v>
+      </c>
+      <c r="AK36" s="573"/>
+      <c r="AL36" s="573"/>
+      <c r="AM36" s="573" t="s">
+        <v>384</v>
+      </c>
+      <c r="AN36" s="573" t="s">
+        <v>384</v>
+      </c>
+      <c r="AO36" s="573"/>
+      <c r="AP36" s="567"/>
     </row>
     <row r="37" spans="1:42" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="1148" t="s">
-[...31 lines deleted...]
-      <c r="AP37" s="766"/>
+      <c r="A37" s="1042" t="s">
+        <v>110</v>
+      </c>
+      <c r="B37" s="1123"/>
+      <c r="C37" s="1123"/>
+      <c r="D37" s="1123"/>
+      <c r="E37" s="1123"/>
+      <c r="F37" s="1123"/>
+      <c r="G37" s="1123"/>
+      <c r="H37" s="1123"/>
+      <c r="I37" s="1044" t="s">
+        <v>47</v>
+      </c>
+      <c r="J37" s="1126"/>
+      <c r="K37" s="1126"/>
+      <c r="L37" s="1127"/>
+      <c r="AF37" s="492"/>
+      <c r="AG37" s="568"/>
+      <c r="AH37" s="573"/>
+      <c r="AI37" s="573"/>
+      <c r="AJ37" s="573" t="s">
+        <v>385</v>
+      </c>
+      <c r="AK37" s="573"/>
+      <c r="AL37" s="573"/>
+      <c r="AM37" s="573" t="s">
+        <v>385</v>
+      </c>
+      <c r="AN37" s="573" t="s">
+        <v>385</v>
+      </c>
+      <c r="AO37" s="573"/>
+      <c r="AP37" s="567"/>
     </row>
     <row r="38" spans="1:42" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="1148" t="s">
-[...69 lines deleted...]
-      <c r="AP40" s="766"/>
+      <c r="A38" s="1042" t="s">
+        <v>111</v>
+      </c>
+      <c r="B38" s="1123"/>
+      <c r="C38" s="1123"/>
+      <c r="D38" s="1123"/>
+      <c r="E38" s="1123"/>
+      <c r="F38" s="1123"/>
+      <c r="G38" s="1123"/>
+      <c r="H38" s="1123"/>
+      <c r="I38" s="1044" t="s">
+        <v>112</v>
+      </c>
+      <c r="J38" s="1126"/>
+      <c r="K38" s="1126"/>
+      <c r="L38" s="1127"/>
+      <c r="AF38" s="492"/>
+      <c r="AG38" s="568"/>
+      <c r="AH38" s="573"/>
+      <c r="AI38" s="573"/>
+      <c r="AJ38" s="573" t="s">
+        <v>386</v>
+      </c>
+      <c r="AK38" s="573"/>
+      <c r="AL38" s="573"/>
+      <c r="AM38" s="573" t="s">
+        <v>386</v>
+      </c>
+      <c r="AN38" s="573" t="s">
+        <v>386</v>
+      </c>
+      <c r="AO38" s="573"/>
+      <c r="AP38" s="567"/>
+    </row>
+    <row r="39" spans="1:42" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="AF39" s="492"/>
+      <c r="AG39" s="568"/>
+      <c r="AH39" s="573"/>
+      <c r="AI39" s="573"/>
+      <c r="AJ39" s="573" t="s">
+        <v>362</v>
+      </c>
+      <c r="AK39" s="573"/>
+      <c r="AL39" s="573"/>
+      <c r="AM39" s="573" t="s">
+        <v>362</v>
+      </c>
+      <c r="AN39" s="573" t="s">
+        <v>362</v>
+      </c>
+      <c r="AO39" s="573"/>
+      <c r="AP39" s="567"/>
+    </row>
+    <row r="40" spans="1:42" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A40" s="1018" t="s">
+        <v>466</v>
+      </c>
+      <c r="B40" s="1019"/>
+      <c r="C40" s="1019"/>
+      <c r="D40" s="1019"/>
+      <c r="E40" s="1019"/>
+      <c r="F40" s="1019"/>
+      <c r="G40" s="1019"/>
+      <c r="H40" s="1019"/>
+      <c r="I40" s="1020"/>
+      <c r="J40" s="1020"/>
+      <c r="K40" s="1020"/>
+      <c r="L40" s="1021"/>
+      <c r="AF40" s="492"/>
+      <c r="AG40" s="568"/>
+      <c r="AH40" s="573"/>
+      <c r="AI40" s="573"/>
+      <c r="AJ40" s="573" t="s">
+        <v>363</v>
+      </c>
+      <c r="AK40" s="573"/>
+      <c r="AL40" s="573"/>
+      <c r="AM40" s="573" t="s">
+        <v>363</v>
+      </c>
+      <c r="AN40" s="573" t="s">
+        <v>363</v>
+      </c>
+      <c r="AO40" s="573"/>
+      <c r="AP40" s="567"/>
     </row>
     <row r="41" spans="1:42" x14ac:dyDescent="0.2">
-      <c r="AF41" s="673"/>
-[...15 lines deleted...]
-      <c r="AP41" s="766"/>
+      <c r="AF41" s="492"/>
+      <c r="AG41" s="568"/>
+      <c r="AH41" s="573"/>
+      <c r="AI41" s="573"/>
+      <c r="AJ41" s="573" t="s">
+        <v>233</v>
+      </c>
+      <c r="AK41" s="573"/>
+      <c r="AL41" s="573"/>
+      <c r="AM41" s="573" t="s">
+        <v>233</v>
+      </c>
+      <c r="AN41" s="573" t="s">
+        <v>233</v>
+      </c>
+      <c r="AO41" s="573"/>
+      <c r="AP41" s="567"/>
     </row>
     <row r="42" spans="1:42" x14ac:dyDescent="0.2">
-      <c r="AF42" s="673"/>
-[...15 lines deleted...]
-      <c r="AP42" s="766"/>
+      <c r="AF42" s="492"/>
+      <c r="AG42" s="568"/>
+      <c r="AH42" s="573"/>
+      <c r="AI42" s="573"/>
+      <c r="AJ42" s="573" t="s">
+        <v>364</v>
+      </c>
+      <c r="AK42" s="573"/>
+      <c r="AL42" s="573"/>
+      <c r="AM42" s="573" t="s">
+        <v>364</v>
+      </c>
+      <c r="AN42" s="573" t="s">
+        <v>364</v>
+      </c>
+      <c r="AO42" s="573"/>
+      <c r="AP42" s="567"/>
     </row>
     <row r="43" spans="1:42" x14ac:dyDescent="0.2">
-      <c r="AF43" s="673"/>
-[...15 lines deleted...]
-      <c r="AP43" s="766"/>
+      <c r="AF43" s="492"/>
+      <c r="AG43" s="568"/>
+      <c r="AH43" s="573"/>
+      <c r="AI43" s="573"/>
+      <c r="AJ43" s="573" t="s">
+        <v>227</v>
+      </c>
+      <c r="AK43" s="573"/>
+      <c r="AL43" s="573"/>
+      <c r="AM43" s="573" t="s">
+        <v>227</v>
+      </c>
+      <c r="AN43" s="573" t="s">
+        <v>227</v>
+      </c>
+      <c r="AO43" s="573"/>
+      <c r="AP43" s="567"/>
     </row>
     <row r="44" spans="1:42" x14ac:dyDescent="0.2">
-      <c r="AF44" s="673"/>
-[...11 lines deleted...]
-      <c r="AP44" s="766"/>
+      <c r="AF44" s="492"/>
+      <c r="AG44" s="568"/>
+      <c r="AH44" s="573"/>
+      <c r="AI44" s="573"/>
+      <c r="AJ44" s="573" t="s">
+        <v>194</v>
+      </c>
+      <c r="AK44" s="573"/>
+      <c r="AL44" s="573"/>
+      <c r="AM44" s="573"/>
+      <c r="AN44" s="573"/>
+      <c r="AO44" s="573"/>
+      <c r="AP44" s="567"/>
     </row>
     <row r="45" spans="1:42" x14ac:dyDescent="0.2">
-      <c r="AF45" s="673"/>
-[...11 lines deleted...]
-      <c r="AP45" s="766"/>
+      <c r="AF45" s="492"/>
+      <c r="AG45" s="568"/>
+      <c r="AH45" s="573"/>
+      <c r="AI45" s="573"/>
+      <c r="AJ45" s="573" t="s">
+        <v>365</v>
+      </c>
+      <c r="AK45" s="573"/>
+      <c r="AL45" s="573"/>
+      <c r="AM45" s="573"/>
+      <c r="AN45" s="573"/>
+      <c r="AO45" s="573"/>
+      <c r="AP45" s="567"/>
     </row>
     <row r="46" spans="1:42" x14ac:dyDescent="0.2">
-      <c r="AF46" s="673"/>
-[...11 lines deleted...]
-      <c r="AP46" s="766"/>
+      <c r="AF46" s="492"/>
+      <c r="AG46" s="568"/>
+      <c r="AH46" s="573"/>
+      <c r="AI46" s="573"/>
+      <c r="AJ46" s="573" t="s">
+        <v>366</v>
+      </c>
+      <c r="AK46" s="573"/>
+      <c r="AL46" s="573"/>
+      <c r="AM46" s="573"/>
+      <c r="AN46" s="573"/>
+      <c r="AO46" s="573"/>
+      <c r="AP46" s="567"/>
     </row>
     <row r="47" spans="1:42" x14ac:dyDescent="0.2">
-      <c r="AF47" s="673"/>
-[...11 lines deleted...]
-      <c r="AP47" s="766"/>
+      <c r="AF47" s="492"/>
+      <c r="AG47" s="568"/>
+      <c r="AH47" s="573"/>
+      <c r="AI47" s="573"/>
+      <c r="AJ47" s="573" t="s">
+        <v>367</v>
+      </c>
+      <c r="AK47" s="573"/>
+      <c r="AL47" s="573"/>
+      <c r="AM47" s="573"/>
+      <c r="AN47" s="573"/>
+      <c r="AO47" s="573"/>
+      <c r="AP47" s="567"/>
     </row>
     <row r="48" spans="1:42" x14ac:dyDescent="0.2">
-      <c r="AF48" s="673"/>
-[...11 lines deleted...]
-      <c r="AP48" s="766"/>
+      <c r="AF48" s="492"/>
+      <c r="AG48" s="568"/>
+      <c r="AH48" s="573"/>
+      <c r="AI48" s="573"/>
+      <c r="AJ48" s="573" t="s">
+        <v>368</v>
+      </c>
+      <c r="AK48" s="573"/>
+      <c r="AL48" s="573"/>
+      <c r="AM48" s="573"/>
+      <c r="AN48" s="573"/>
+      <c r="AO48" s="573"/>
+      <c r="AP48" s="567"/>
     </row>
     <row r="49" spans="32:42" x14ac:dyDescent="0.2">
-      <c r="AF49" s="673"/>
-[...11 lines deleted...]
-      <c r="AP49" s="766"/>
+      <c r="AF49" s="492"/>
+      <c r="AG49" s="568"/>
+      <c r="AH49" s="573"/>
+      <c r="AI49" s="573"/>
+      <c r="AJ49" s="573" t="s">
+        <v>369</v>
+      </c>
+      <c r="AK49" s="573"/>
+      <c r="AL49" s="573"/>
+      <c r="AM49" s="573"/>
+      <c r="AN49" s="573"/>
+      <c r="AO49" s="573"/>
+      <c r="AP49" s="567"/>
     </row>
     <row r="50" spans="32:42" x14ac:dyDescent="0.2">
-      <c r="AF50" s="673"/>
-[...11 lines deleted...]
-      <c r="AP50" s="766"/>
+      <c r="AF50" s="492"/>
+      <c r="AG50" s="568"/>
+      <c r="AH50" s="573"/>
+      <c r="AI50" s="573"/>
+      <c r="AJ50" s="573" t="s">
+        <v>370</v>
+      </c>
+      <c r="AK50" s="573"/>
+      <c r="AL50" s="573"/>
+      <c r="AM50" s="573"/>
+      <c r="AN50" s="573"/>
+      <c r="AO50" s="573"/>
+      <c r="AP50" s="567"/>
     </row>
     <row r="51" spans="32:42" x14ac:dyDescent="0.2">
-      <c r="AF51" s="673"/>
-[...11 lines deleted...]
-      <c r="AP51" s="766"/>
+      <c r="AF51" s="492"/>
+      <c r="AG51" s="568"/>
+      <c r="AH51" s="573"/>
+      <c r="AI51" s="573"/>
+      <c r="AJ51" s="573" t="s">
+        <v>371</v>
+      </c>
+      <c r="AK51" s="573"/>
+      <c r="AL51" s="573"/>
+      <c r="AM51" s="573"/>
+      <c r="AN51" s="573"/>
+      <c r="AO51" s="573"/>
+      <c r="AP51" s="567"/>
     </row>
     <row r="52" spans="32:42" x14ac:dyDescent="0.2">
-      <c r="AF52" s="673"/>
-[...11 lines deleted...]
-      <c r="AP52" s="766"/>
+      <c r="AF52" s="492"/>
+      <c r="AG52" s="568"/>
+      <c r="AH52" s="573"/>
+      <c r="AI52" s="573"/>
+      <c r="AJ52" s="573" t="s">
+        <v>372</v>
+      </c>
+      <c r="AK52" s="573"/>
+      <c r="AL52" s="573"/>
+      <c r="AM52" s="573"/>
+      <c r="AN52" s="573"/>
+      <c r="AO52" s="573"/>
+      <c r="AP52" s="567"/>
     </row>
     <row r="53" spans="32:42" x14ac:dyDescent="0.2">
-      <c r="AF53" s="673"/>
-[...11 lines deleted...]
-      <c r="AP53" s="766"/>
+      <c r="AF53" s="492"/>
+      <c r="AG53" s="568"/>
+      <c r="AH53" s="573"/>
+      <c r="AI53" s="573"/>
+      <c r="AJ53" s="573" t="s">
+        <v>373</v>
+      </c>
+      <c r="AK53" s="573"/>
+      <c r="AL53" s="573"/>
+      <c r="AM53" s="573"/>
+      <c r="AN53" s="573"/>
+      <c r="AO53" s="573"/>
+      <c r="AP53" s="567"/>
     </row>
     <row r="54" spans="32:42" x14ac:dyDescent="0.2">
-      <c r="AF54" s="673"/>
-[...11 lines deleted...]
-      <c r="AP54" s="766"/>
+      <c r="AF54" s="492"/>
+      <c r="AG54" s="568"/>
+      <c r="AH54" s="573"/>
+      <c r="AI54" s="573"/>
+      <c r="AJ54" s="573" t="s">
+        <v>374</v>
+      </c>
+      <c r="AK54" s="573"/>
+      <c r="AL54" s="573"/>
+      <c r="AM54" s="573"/>
+      <c r="AN54" s="573"/>
+      <c r="AO54" s="573"/>
+      <c r="AP54" s="567"/>
     </row>
     <row r="55" spans="32:42" x14ac:dyDescent="0.2">
-      <c r="AF55" s="673"/>
-[...11 lines deleted...]
-      <c r="AP55" s="766"/>
+      <c r="AF55" s="492"/>
+      <c r="AG55" s="568"/>
+      <c r="AH55" s="573"/>
+      <c r="AI55" s="573"/>
+      <c r="AJ55" s="573" t="s">
+        <v>375</v>
+      </c>
+      <c r="AK55" s="573"/>
+      <c r="AL55" s="573"/>
+      <c r="AM55" s="573"/>
+      <c r="AN55" s="573"/>
+      <c r="AO55" s="573"/>
+      <c r="AP55" s="567"/>
     </row>
     <row r="56" spans="32:42" x14ac:dyDescent="0.2">
-      <c r="AF56" s="673"/>
-[...9 lines deleted...]
-      <c r="AP56" s="766"/>
+      <c r="AF56" s="492"/>
+      <c r="AG56" s="568"/>
+      <c r="AH56" s="573"/>
+      <c r="AI56" s="573"/>
+      <c r="AJ56" s="573"/>
+      <c r="AK56" s="573"/>
+      <c r="AL56" s="573"/>
+      <c r="AM56" s="573"/>
+      <c r="AN56" s="573"/>
+      <c r="AO56" s="573"/>
+      <c r="AP56" s="567"/>
     </row>
     <row r="57" spans="32:42" x14ac:dyDescent="0.2">
-      <c r="AF57" s="673"/>
-[...9 lines deleted...]
-      <c r="AP57" s="766"/>
+      <c r="AF57" s="492"/>
+      <c r="AG57" s="568"/>
+      <c r="AH57" s="573"/>
+      <c r="AI57" s="573"/>
+      <c r="AJ57" s="573"/>
+      <c r="AK57" s="573"/>
+      <c r="AL57" s="573"/>
+      <c r="AM57" s="573"/>
+      <c r="AN57" s="573"/>
+      <c r="AO57" s="573"/>
+      <c r="AP57" s="567"/>
     </row>
     <row r="58" spans="32:42" x14ac:dyDescent="0.2">
-      <c r="AF58" s="673"/>
-[...9 lines deleted...]
-      <c r="AP58" s="766"/>
+      <c r="AF58" s="492"/>
+      <c r="AG58" s="568"/>
+      <c r="AH58" s="573"/>
+      <c r="AI58" s="573"/>
+      <c r="AJ58" s="573"/>
+      <c r="AK58" s="573"/>
+      <c r="AL58" s="573"/>
+      <c r="AM58" s="573"/>
+      <c r="AN58" s="573"/>
+      <c r="AO58" s="573"/>
+      <c r="AP58" s="567"/>
     </row>
     <row r="59" spans="32:42" x14ac:dyDescent="0.2">
-      <c r="AH59" s="765"/>
-[...6 lines deleted...]
-      <c r="AO59" s="765"/>
+      <c r="AH59" s="566"/>
+      <c r="AI59" s="566"/>
+      <c r="AJ59" s="566"/>
+      <c r="AK59" s="566"/>
+      <c r="AL59" s="566"/>
+      <c r="AM59" s="566"/>
+      <c r="AN59" s="566"/>
+      <c r="AO59" s="566"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="bqG6apwNpueuC1/0j/O/jVsbgWwKBTiQWHAWuLqA5FvrAe2u12dfiWooFDB4GrwUWFad1ccF2PUolJY9qqFWRQ==" saltValue="uBZlaXYUt8OWtbgfS19R7Q==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <sheetProtection password="CF68" sheet="1" objects="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <protectedRanges>
     <protectedRange sqref="E12:G17" name="Диапазон1"/>
   </protectedRanges>
   <customSheetViews>
     <customSheetView guid="{A25B6F15-9B48-4230-9C30-183637D1319E}" scale="80" showGridLines="0" topLeftCell="A10">
       <selection activeCell="H14" sqref="H14"/>
       <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
       <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
       <headerFooter alignWithMargins="0"/>
     </customSheetView>
   </customSheetViews>
-  <mergeCells count="116">
-[...46 lines deleted...]
-    <mergeCell ref="A13:C13"/>
+  <mergeCells count="117">
+    <mergeCell ref="A37:H37"/>
+    <mergeCell ref="A38:H38"/>
+    <mergeCell ref="A28:L28"/>
+    <mergeCell ref="K29:L29"/>
+    <mergeCell ref="I30:L30"/>
+    <mergeCell ref="I31:L31"/>
+    <mergeCell ref="I32:L32"/>
+    <mergeCell ref="I33:L33"/>
+    <mergeCell ref="I34:L34"/>
+    <mergeCell ref="I35:L35"/>
+    <mergeCell ref="I36:L36"/>
+    <mergeCell ref="I37:L37"/>
+    <mergeCell ref="I38:L38"/>
+    <mergeCell ref="A33:E34"/>
+    <mergeCell ref="F33:H33"/>
+    <mergeCell ref="F34:H34"/>
+    <mergeCell ref="A35:H35"/>
+    <mergeCell ref="A36:H36"/>
+    <mergeCell ref="A29:H29"/>
+    <mergeCell ref="A30:H30"/>
+    <mergeCell ref="A31:E32"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="E9:F9"/>
+    <mergeCell ref="A8:C9"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="F31:H31"/>
+    <mergeCell ref="F32:H32"/>
+    <mergeCell ref="J12:O12"/>
+    <mergeCell ref="G3:I3"/>
+    <mergeCell ref="G4:I4"/>
+    <mergeCell ref="G5:I5"/>
+    <mergeCell ref="G6:I6"/>
+    <mergeCell ref="G7:I7"/>
+    <mergeCell ref="G8:I8"/>
+    <mergeCell ref="G9:I9"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="E5:F5"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="J22:L22"/>
+    <mergeCell ref="F23:I23"/>
+    <mergeCell ref="J23:L23"/>
+    <mergeCell ref="A20:L20"/>
+    <mergeCell ref="J11:O11"/>
+    <mergeCell ref="P11:U11"/>
     <mergeCell ref="A1:U1"/>
     <mergeCell ref="A10:U10"/>
     <mergeCell ref="N6:P7"/>
     <mergeCell ref="R6:S6"/>
     <mergeCell ref="T6:U6"/>
     <mergeCell ref="R7:S7"/>
     <mergeCell ref="T7:U7"/>
     <mergeCell ref="N8:P9"/>
     <mergeCell ref="R8:S8"/>
     <mergeCell ref="T8:U8"/>
     <mergeCell ref="N2:Q3"/>
     <mergeCell ref="R2:U2"/>
     <mergeCell ref="R3:S3"/>
     <mergeCell ref="T3:U3"/>
     <mergeCell ref="N4:P5"/>
     <mergeCell ref="R4:S4"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="A4:C5"/>
     <mergeCell ref="A2:D3"/>
     <mergeCell ref="E2:I2"/>
     <mergeCell ref="R9:S9"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="T9:U9"/>
     <mergeCell ref="T4:U4"/>
-    <mergeCell ref="R5:S5"/>
-[...43 lines deleted...]
-    <mergeCell ref="A31:E32"/>
+    <mergeCell ref="A6:C7"/>
+    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="J13:O13"/>
+    <mergeCell ref="P13:U13"/>
+    <mergeCell ref="J14:O14"/>
+    <mergeCell ref="P14:U14"/>
+    <mergeCell ref="N19:Q19"/>
+    <mergeCell ref="A19:L19"/>
+    <mergeCell ref="S21:U21"/>
+    <mergeCell ref="S20:W20"/>
+    <mergeCell ref="S19:W19"/>
+    <mergeCell ref="V21:W21"/>
+    <mergeCell ref="A11:C11"/>
+    <mergeCell ref="A12:C12"/>
+    <mergeCell ref="A13:C13"/>
+    <mergeCell ref="N23:N24"/>
+    <mergeCell ref="P12:U12"/>
+    <mergeCell ref="A21:I21"/>
+    <mergeCell ref="N21:O21"/>
+    <mergeCell ref="P21:Q21"/>
+    <mergeCell ref="A14:D14"/>
+    <mergeCell ref="A17:D17"/>
+    <mergeCell ref="J17:O17"/>
+    <mergeCell ref="P17:U17"/>
+    <mergeCell ref="A40:L40"/>
+    <mergeCell ref="W24:W25"/>
+    <mergeCell ref="S22:U22"/>
+    <mergeCell ref="N28:N29"/>
+    <mergeCell ref="J15:O15"/>
+    <mergeCell ref="P15:U15"/>
+    <mergeCell ref="J16:O16"/>
+    <mergeCell ref="A18:U18"/>
+    <mergeCell ref="A16:D16"/>
+    <mergeCell ref="A15:D15"/>
+    <mergeCell ref="A27:I27"/>
+    <mergeCell ref="J27:L27"/>
+    <mergeCell ref="P16:U16"/>
+    <mergeCell ref="A23:E24"/>
+    <mergeCell ref="F24:I24"/>
+    <mergeCell ref="J24:L24"/>
+    <mergeCell ref="A25:E26"/>
+    <mergeCell ref="F25:I25"/>
+    <mergeCell ref="J25:L25"/>
+    <mergeCell ref="F26:I26"/>
+    <mergeCell ref="J26:L26"/>
+    <mergeCell ref="N20:Q20"/>
+    <mergeCell ref="N22:O22"/>
+    <mergeCell ref="P22:Q22"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
-  <conditionalFormatting sqref="J12:O16">
-    <cfRule type="containsText" dxfId="100" priority="16" stopIfTrue="1" operator="containsText" text="Очень">
+  <conditionalFormatting sqref="J12:U17">
+    <cfRule type="containsText" dxfId="87" priority="1" operator="containsText" text="Уменьшите высоту фасада">
+      <formula>NOT(ISERROR(SEARCH("Уменьшите высоту фасада",J12)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="86" priority="2" operator="containsText" text="Увеличьте высоту фасада">
+      <formula>NOT(ISERROR(SEARCH("Увеличьте высоту фасада",J12)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="85" priority="5" stopIfTrue="1" operator="containsText" text="Очень">
       <formula>NOT(ISERROR(SEARCH("Очень",J12)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="P12:U16">
-[...61 lines deleted...]
-  </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="V1" location="Содержание!R1C1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-0C00-000000000000}"/>
+    <hyperlink ref="V1" location="Содержание!R1C1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-0B00-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="17439" r:id="rId5" name="Drop Down 31">
               <controlPr defaultSize="0" autoLine="0" autoPict="0" altText="">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>21</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>15</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>22</xdr:row>
                     <xdr:rowOff>57150</xdr:rowOff>
@@ -26908,19110 +31221,4123 @@
               <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>21</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>22</xdr:col>
                     <xdr:colOff>666750</xdr:colOff>
                     <xdr:row>22</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-  <dimension ref="H1:W53"/>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
+  <sheetPr codeName="Лист15">
+    <tabColor rgb="FF5F5F5F"/>
+  </sheetPr>
+  <dimension ref="A1:BF52"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="H22" zoomScaleNormal="100" workbookViewId="0">
-[...60 lines deleted...]
-    <sheetView showGridLines="0" zoomScale="86" zoomScaleNormal="86" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="AL1" sqref="AL1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.28515625" style="245" customWidth="1"/>
-[...31 lines deleted...]
-    <col min="58" max="16384" width="9.140625" style="245"/>
+    <col min="1" max="1" width="3.28515625" style="163" customWidth="1"/>
+    <col min="2" max="2" width="33" style="163" customWidth="1"/>
+    <col min="3" max="4" width="10.7109375" style="163" customWidth="1"/>
+    <col min="5" max="5" width="11.140625" style="163" customWidth="1"/>
+    <col min="6" max="7" width="2" style="163" customWidth="1"/>
+    <col min="8" max="8" width="28.5703125" style="163" customWidth="1"/>
+    <col min="9" max="10" width="2" style="163" customWidth="1"/>
+    <col min="11" max="11" width="4.7109375" style="163" customWidth="1"/>
+    <col min="12" max="12" width="4" style="163" customWidth="1"/>
+    <col min="13" max="30" width="2" style="163" customWidth="1"/>
+    <col min="31" max="31" width="3.140625" style="163" customWidth="1"/>
+    <col min="32" max="34" width="2" style="163" customWidth="1"/>
+    <col min="35" max="35" width="2.42578125" style="163" customWidth="1"/>
+    <col min="36" max="36" width="2" style="163" customWidth="1"/>
+    <col min="37" max="37" width="3.7109375" style="163" customWidth="1"/>
+    <col min="38" max="38" width="20.85546875" style="163" customWidth="1"/>
+    <col min="39" max="39" width="18.42578125" style="163" customWidth="1"/>
+    <col min="40" max="40" width="9.140625" style="163" customWidth="1"/>
+    <col min="41" max="41" width="21.140625" style="163" hidden="1" customWidth="1"/>
+    <col min="42" max="42" width="9.140625" style="163" hidden="1" customWidth="1"/>
+    <col min="43" max="43" width="19.42578125" style="163" hidden="1" customWidth="1"/>
+    <col min="44" max="44" width="10.42578125" style="163" hidden="1" customWidth="1"/>
+    <col min="45" max="45" width="20.28515625" style="163" hidden="1" customWidth="1"/>
+    <col min="46" max="46" width="24" style="163" hidden="1" customWidth="1"/>
+    <col min="47" max="47" width="11.42578125" style="163" hidden="1" customWidth="1"/>
+    <col min="48" max="48" width="11.28515625" style="163" hidden="1" customWidth="1"/>
+    <col min="49" max="49" width="10.28515625" style="163" hidden="1" customWidth="1"/>
+    <col min="50" max="50" width="9" style="163" hidden="1" customWidth="1"/>
+    <col min="51" max="52" width="9.140625" style="163" hidden="1" customWidth="1"/>
+    <col min="53" max="53" width="12.42578125" style="163" hidden="1" customWidth="1"/>
+    <col min="54" max="55" width="14.85546875" style="163" hidden="1" customWidth="1"/>
+    <col min="56" max="57" width="0" style="163" hidden="1" customWidth="1"/>
+    <col min="58" max="16384" width="9.140625" style="163"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:58" ht="52.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="1311" t="s">
-[...83 lines deleted...]
-        <v>456</v>
+      <c r="A1" s="1129" t="s">
+        <v>283</v>
+      </c>
+      <c r="B1" s="1130"/>
+      <c r="C1" s="1130"/>
+      <c r="D1" s="1130"/>
+      <c r="E1" s="1130"/>
+      <c r="F1" s="1131"/>
+      <c r="G1" s="1131"/>
+      <c r="H1" s="1131"/>
+      <c r="I1" s="1131"/>
+      <c r="J1" s="1131"/>
+      <c r="K1" s="1131"/>
+      <c r="L1" s="1131"/>
+      <c r="M1" s="1131"/>
+      <c r="N1" s="1131"/>
+      <c r="O1" s="1131"/>
+      <c r="P1" s="1131"/>
+      <c r="Q1" s="1131"/>
+      <c r="R1" s="1131"/>
+      <c r="S1" s="1131"/>
+      <c r="T1" s="1131"/>
+      <c r="U1" s="1131"/>
+      <c r="V1" s="1131"/>
+      <c r="W1" s="1131"/>
+      <c r="X1" s="1131"/>
+      <c r="Y1" s="1131"/>
+      <c r="Z1" s="1131"/>
+      <c r="AA1" s="1131"/>
+      <c r="AB1" s="1131"/>
+      <c r="AC1" s="1131"/>
+      <c r="AD1" s="1131"/>
+      <c r="AE1" s="1131"/>
+      <c r="AF1" s="1131"/>
+      <c r="AG1" s="1131"/>
+      <c r="AH1" s="1131"/>
+      <c r="AI1" s="1131"/>
+      <c r="AJ1" s="1131"/>
+      <c r="AK1" s="1132"/>
+      <c r="AL1" s="360" t="s">
+        <v>295</v>
+      </c>
+      <c r="AN1" s="228"/>
+      <c r="AO1" s="229" t="s">
+        <v>256</v>
+      </c>
+      <c r="AP1" s="216" t="s">
+        <v>255</v>
+      </c>
+      <c r="AQ1" s="216" t="s">
+        <v>197</v>
+      </c>
+      <c r="AR1" s="216" t="s">
+        <v>254</v>
+      </c>
+      <c r="AS1" s="223" t="s">
+        <v>253</v>
+      </c>
+      <c r="AT1" s="226" t="s">
+        <v>252</v>
+      </c>
+      <c r="AU1" s="1133" t="s">
+        <v>251</v>
+      </c>
+      <c r="AV1" s="1133"/>
+      <c r="AW1" s="1133"/>
+      <c r="AX1" s="1133"/>
+      <c r="AY1" s="1133"/>
+      <c r="AZ1" s="228" t="s">
+        <v>250</v>
+      </c>
+      <c r="BA1" s="227" t="s">
+        <v>249</v>
+      </c>
+      <c r="BB1" s="223" t="s">
+        <v>248</v>
+      </c>
+      <c r="BC1" s="223" t="s">
+        <v>247</v>
+      </c>
+      <c r="BD1" s="223" t="s">
+        <v>246</v>
+      </c>
+      <c r="BE1" s="223" t="s">
+        <v>222</v>
       </c>
     </row>
     <row r="2" spans="1:58" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="302"/>
-[...9 lines deleted...]
-      <c r="AP2" s="299">
+      <c r="A2" s="219"/>
+      <c r="B2" s="218"/>
+      <c r="C2" s="218"/>
+      <c r="D2" s="218"/>
+      <c r="E2" s="218"/>
+      <c r="AK2" s="217"/>
+      <c r="AN2" s="164"/>
+      <c r="AO2" s="216" t="s">
+        <v>245</v>
+      </c>
+      <c r="AP2" s="216">
         <v>270</v>
       </c>
-      <c r="AQ2" s="299" t="s">
-[...2 lines deleted...]
-      <c r="AR2" s="299">
+      <c r="AQ2" s="216" t="s">
+        <v>244</v>
+      </c>
+      <c r="AR2" s="216">
         <v>680</v>
       </c>
-      <c r="AS2" s="306" t="s">
-[...20 lines deleted...]
-      <c r="AZ2" s="245">
+      <c r="AS2" s="223" t="s">
+        <v>243</v>
+      </c>
+      <c r="AT2" s="226" t="s">
+        <v>242</v>
+      </c>
+      <c r="AU2" s="223" t="s">
+        <v>241</v>
+      </c>
+      <c r="AV2" s="223" t="s">
+        <v>240</v>
+      </c>
+      <c r="AW2" s="223" t="s">
+        <v>239</v>
+      </c>
+      <c r="AX2" s="223" t="s">
+        <v>238</v>
+      </c>
+      <c r="AY2" s="223" t="s">
+        <v>237</v>
+      </c>
+      <c r="AZ2" s="163">
         <f>IF(AE20&lt;0,0,IF(AE20&lt;2.51,1,IF(AE20&lt;5.01,2,IF(AE20&lt;7.51,3,IF(AE20&lt;10.01,4,IF(AE20&lt;12.51,5,IF(AE20&lt;15.01,6,IF(AE20&lt;17.51,7,IF(AE20&lt;20.01,8,IF(AE20&lt;22.51,9,IF(AE20&lt;25.01,10,IF(AE20&lt;27.51,11,IF(AE20&lt;30.01,12,IF(AE20&lt;32.51,13,IF(AE20&lt;35.01,14,IF(AE20&lt;37.51,15,IF(AE20&lt;40.01,16,IF(AE20&lt;42.51,17,IF(AE20&lt;45.01,18,IF(AE20&lt;47.51,19,IF(AE20&lt;50.01,20,IF(AE20&lt;52.51,21,IF(AE20&lt;55.01,22,IF(AE20&lt;57.51,23,IF(AE20&lt;60,24,25)))))))))))))))))))))))))</f>
         <v>3</v>
       </c>
-      <c r="BA2" s="306" t="s">
-[...2 lines deleted...]
-      <c r="BB2" s="306">
+      <c r="BA2" s="223" t="s">
+        <v>236</v>
+      </c>
+      <c r="BB2" s="223">
         <v>1.6890000000000001</v>
       </c>
-      <c r="BC2" s="306">
+      <c r="BC2" s="223">
         <v>1.829</v>
       </c>
-      <c r="BD2" s="306">
+      <c r="BD2" s="223">
         <f>63*(C19-38)/1000000</f>
         <v>3.5406E-2</v>
       </c>
-      <c r="BE2" s="306">
+      <c r="BE2" s="223">
         <f>(C18-10)*(C19-35)/1000000</f>
         <v>0.27684999999999998</v>
       </c>
     </row>
     <row r="3" spans="1:58" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="302"/>
-[...9 lines deleted...]
-      <c r="AP3" s="299">
+      <c r="A3" s="219"/>
+      <c r="B3" s="218"/>
+      <c r="C3" s="218"/>
+      <c r="D3" s="218"/>
+      <c r="E3" s="218"/>
+      <c r="AK3" s="217"/>
+      <c r="AN3" s="164"/>
+      <c r="AO3" s="216" t="s">
+        <v>235</v>
+      </c>
+      <c r="AP3" s="216">
         <v>300</v>
       </c>
-      <c r="AQ3" s="299" t="s">
-[...2 lines deleted...]
-      <c r="AR3" s="299">
+      <c r="AQ3" s="216" t="s">
+        <v>234</v>
+      </c>
+      <c r="AR3" s="216">
         <v>550</v>
       </c>
-      <c r="AS3" s="306" t="s">
-[...8 lines deleted...]
-      <c r="AV3" s="306">
+      <c r="AS3" s="223" t="s">
+        <v>233</v>
+      </c>
+      <c r="AT3" s="226" t="s">
+        <v>232</v>
+      </c>
+      <c r="AU3" s="223" t="s">
+        <v>231</v>
+      </c>
+      <c r="AV3" s="223">
         <v>1</v>
       </c>
-      <c r="AW3" s="306">
+      <c r="AW3" s="223">
         <f>IF(C18=AP6,BB9,BC9)</f>
         <v>1.829</v>
       </c>
-      <c r="AX3" s="306">
+      <c r="AX3" s="223">
         <v>1</v>
       </c>
-      <c r="AY3" s="306">
+      <c r="AY3" s="223">
         <f>AV3*AW3*AX3</f>
         <v>1.829</v>
       </c>
-      <c r="BA3" s="306" t="s">
-[...2 lines deleted...]
-      <c r="BB3" s="306">
+      <c r="BA3" s="223" t="s">
+        <v>230</v>
+      </c>
+      <c r="BB3" s="223">
         <v>1.417</v>
       </c>
-      <c r="BC3" s="306">
+      <c r="BC3" s="223">
         <v>1.53</v>
       </c>
-      <c r="BD3" s="306">
+      <c r="BD3" s="223">
         <f>39*(C19-38)/1000000</f>
         <v>2.1918E-2</v>
       </c>
-      <c r="BE3" s="306">
+      <c r="BE3" s="223">
         <f>(C18-10)*(C19-35)/1000000</f>
         <v>0.27684999999999998</v>
       </c>
     </row>
     <row r="4" spans="1:58" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="302"/>
-[...9 lines deleted...]
-      <c r="AP4" s="299">
+      <c r="A4" s="219"/>
+      <c r="B4" s="218"/>
+      <c r="C4" s="218"/>
+      <c r="D4" s="218"/>
+      <c r="E4" s="218"/>
+      <c r="AK4" s="217"/>
+      <c r="AN4" s="164"/>
+      <c r="AO4" s="216" t="s">
+        <v>229</v>
+      </c>
+      <c r="AP4" s="216">
         <v>350</v>
       </c>
-      <c r="AQ4" s="299" t="s">
-[...2 lines deleted...]
-      <c r="AR4" s="299">
+      <c r="AQ4" s="216" t="s">
+        <v>228</v>
+      </c>
+      <c r="AR4" s="216">
         <v>750</v>
       </c>
-      <c r="AS4" s="306" t="s">
-[...5 lines deleted...]
-      <c r="AV4" s="306">
+      <c r="AS4" s="223" t="s">
+        <v>227</v>
+      </c>
+      <c r="AU4" s="223" t="s">
+        <v>226</v>
+      </c>
+      <c r="AV4" s="223">
         <f>BD9</f>
         <v>3.5406E-2</v>
       </c>
-      <c r="AW4" s="306">
+      <c r="AW4" s="223">
         <f>AR2</f>
         <v>680</v>
       </c>
-      <c r="AX4" s="306">
+      <c r="AX4" s="223">
         <v>16</v>
       </c>
-      <c r="AY4" s="306">
+      <c r="AY4" s="223">
         <f>AV4*AW4*AX4/1000</f>
         <v>0.38521728</v>
       </c>
-      <c r="BA4" s="306" t="s">
-[...2 lines deleted...]
-      <c r="BB4" s="306">
+      <c r="BA4" s="223" t="s">
+        <v>225</v>
+      </c>
+      <c r="BB4" s="223">
         <v>2.17</v>
       </c>
-      <c r="BC4" s="306">
+      <c r="BC4" s="223">
         <v>2.3359999999999999</v>
       </c>
-      <c r="BD4" s="306">
+      <c r="BD4" s="223">
         <f>101*(C19-38)/1000000</f>
         <v>5.6762E-2</v>
       </c>
-      <c r="BE4" s="306">
+      <c r="BE4" s="223">
         <f>(C18-10)*(C19-35)/1000000</f>
         <v>0.27684999999999998</v>
       </c>
     </row>
     <row r="5" spans="1:58" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="302"/>
-[...9 lines deleted...]
-      <c r="AP5" s="299">
+      <c r="A5" s="219"/>
+      <c r="B5" s="218"/>
+      <c r="C5" s="218"/>
+      <c r="D5" s="218"/>
+      <c r="E5" s="218"/>
+      <c r="AK5" s="217"/>
+      <c r="AN5" s="164"/>
+      <c r="AO5" s="216" t="s">
+        <v>224</v>
+      </c>
+      <c r="AP5" s="216">
         <v>400</v>
       </c>
-      <c r="AQ5" s="299" t="s">
-[...2 lines deleted...]
-      <c r="AR5" s="299">
+      <c r="AQ5" s="216" t="s">
+        <v>223</v>
+      </c>
+      <c r="AR5" s="216">
         <v>690</v>
       </c>
-      <c r="AS5" s="306" t="s">
-[...5 lines deleted...]
-      <c r="AV5" s="306">
+      <c r="AS5" s="223" t="s">
+        <v>194</v>
+      </c>
+      <c r="AU5" s="223" t="s">
+        <v>222</v>
+      </c>
+      <c r="AV5" s="223">
         <f>BE9</f>
         <v>0.27684999999999998</v>
       </c>
-      <c r="AW5" s="306">
+      <c r="AW5" s="223">
         <f>AR2</f>
         <v>680</v>
       </c>
-      <c r="AX5" s="306">
+      <c r="AX5" s="223">
         <v>16</v>
       </c>
-      <c r="AY5" s="306">
+      <c r="AY5" s="223">
         <f>AV5*AW5*AX5/1000</f>
         <v>3.0121279999999997</v>
       </c>
-      <c r="BA5" s="306" t="s">
-[...2 lines deleted...]
-      <c r="BB5" s="306">
+      <c r="BA5" s="223" t="s">
+        <v>221</v>
+      </c>
+      <c r="BB5" s="223">
         <v>2.6259999999999999</v>
       </c>
-      <c r="BC5" s="306">
+      <c r="BC5" s="223">
         <v>2.871</v>
       </c>
-      <c r="BD5" s="306">
+      <c r="BD5" s="223">
         <f>148*(C19-38)/1000000</f>
         <v>8.3176E-2</v>
       </c>
-      <c r="BE5" s="306">
+      <c r="BE5" s="223">
         <f>(C18-10)*(C19-35)/1000000</f>
         <v>0.27684999999999998</v>
       </c>
     </row>
     <row r="6" spans="1:58" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="302"/>
-[...39 lines deleted...]
-      <c r="AP6" s="299">
+      <c r="A6" s="219"/>
+      <c r="B6" s="218"/>
+      <c r="C6" s="218"/>
+      <c r="D6" s="218"/>
+      <c r="E6" s="218"/>
+      <c r="H6" s="220"/>
+      <c r="I6" s="220"/>
+      <c r="J6" s="220"/>
+      <c r="K6" s="220"/>
+      <c r="L6" s="220"/>
+      <c r="M6" s="220"/>
+      <c r="N6" s="220"/>
+      <c r="O6" s="220"/>
+      <c r="P6" s="220"/>
+      <c r="Q6" s="220"/>
+      <c r="R6" s="220"/>
+      <c r="S6" s="220"/>
+      <c r="T6" s="220"/>
+      <c r="U6" s="220"/>
+      <c r="V6" s="220"/>
+      <c r="W6" s="220"/>
+      <c r="X6" s="220"/>
+      <c r="Y6" s="220"/>
+      <c r="Z6" s="220"/>
+      <c r="AA6" s="220"/>
+      <c r="AB6" s="220"/>
+      <c r="AC6" s="220"/>
+      <c r="AD6" s="220"/>
+      <c r="AE6" s="220"/>
+      <c r="AF6" s="220"/>
+      <c r="AG6" s="220"/>
+      <c r="AH6" s="220"/>
+      <c r="AI6" s="220"/>
+      <c r="AJ6" s="220"/>
+      <c r="AK6" s="221"/>
+      <c r="AL6" s="220"/>
+      <c r="AN6" s="164"/>
+      <c r="AO6" s="216" t="s">
+        <v>220</v>
+      </c>
+      <c r="AP6" s="216">
         <v>450</v>
       </c>
-      <c r="AQ6" s="299" t="s">
-[...2 lines deleted...]
-      <c r="AR6" s="299">
+      <c r="AQ6" s="216" t="s">
+        <v>195</v>
+      </c>
+      <c r="AR6" s="216">
         <v>760</v>
       </c>
-      <c r="AS6" s="306" t="s">
-[...5 lines deleted...]
-      <c r="AV6" s="306">
+      <c r="AS6" s="223" t="s">
+        <v>219</v>
+      </c>
+      <c r="AU6" s="223" t="s">
+        <v>218</v>
+      </c>
+      <c r="AV6" s="223">
         <f>C23*C24/1000000</f>
         <v>0</v>
       </c>
-      <c r="AW6" s="306">
+      <c r="AW6" s="223">
         <f>IF(C22=AQ2,AR2,IF(C22=AQ3,AR3,IF(C22=AQ4,AR4,IF(C22=AQ5,AR5,IF(C22=AQ6,AR6,IF(C22=AQ7,AR7,0))))))</f>
         <v>760</v>
       </c>
-      <c r="AX6" s="306">
+      <c r="AX6" s="223">
         <f>IF(D22=AS2,10,IF(D22=AS3,16,IF(D22=AS4,18,IF(D22=AS5,19,IF(D22=AS6,4,0)))))</f>
         <v>19</v>
       </c>
-      <c r="AY6" s="306">
+      <c r="AY6" s="223">
         <f>AV6*AW6*AX6/1000</f>
         <v>0</v>
       </c>
-      <c r="BA6" s="306" t="s">
-[...2 lines deleted...]
-      <c r="BB6" s="306">
+      <c r="BA6" s="223" t="s">
+        <v>217</v>
+      </c>
+      <c r="BB6" s="223">
         <v>3.411</v>
       </c>
-      <c r="BC6" s="306">
+      <c r="BC6" s="223">
         <v>3.673</v>
       </c>
-      <c r="BD6" s="306">
+      <c r="BD6" s="223">
         <f>212*(C19-38)/1000000</f>
         <v>0.119144</v>
       </c>
-      <c r="BE6" s="306">
+      <c r="BE6" s="223">
         <f>(C18-10)*(C19-35)/1000000</f>
         <v>0.27684999999999998</v>
       </c>
     </row>
     <row r="7" spans="1:58" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="302"/>
-[...38 lines deleted...]
-      <c r="AP7" s="299">
+      <c r="A7" s="219"/>
+      <c r="B7" s="218"/>
+      <c r="C7" s="218"/>
+      <c r="D7" s="218"/>
+      <c r="E7" s="218"/>
+      <c r="H7" s="220"/>
+      <c r="I7" s="220"/>
+      <c r="J7" s="220"/>
+      <c r="K7" s="220"/>
+      <c r="L7" s="220"/>
+      <c r="M7" s="220"/>
+      <c r="N7" s="220"/>
+      <c r="O7" s="220"/>
+      <c r="P7" s="220"/>
+      <c r="Q7" s="220"/>
+      <c r="R7" s="220"/>
+      <c r="S7" s="220"/>
+      <c r="T7" s="220"/>
+      <c r="U7" s="220"/>
+      <c r="V7" s="220"/>
+      <c r="W7" s="220"/>
+      <c r="X7" s="220"/>
+      <c r="Y7" s="225"/>
+      <c r="Z7" s="220"/>
+      <c r="AA7" s="220"/>
+      <c r="AB7" s="220"/>
+      <c r="AC7" s="220"/>
+      <c r="AD7" s="220"/>
+      <c r="AE7" s="220"/>
+      <c r="AF7" s="220"/>
+      <c r="AG7" s="220"/>
+      <c r="AH7" s="220"/>
+      <c r="AI7" s="220"/>
+      <c r="AJ7" s="220"/>
+      <c r="AK7" s="221"/>
+      <c r="AL7" s="220"/>
+      <c r="AO7" s="216" t="s">
+        <v>216</v>
+      </c>
+      <c r="AP7" s="216">
         <v>500</v>
       </c>
-      <c r="AQ7" s="299" t="s">
-[...2 lines deleted...]
-      <c r="AR7" s="299">
+      <c r="AQ7" s="216" t="s">
+        <v>215</v>
+      </c>
+      <c r="AR7" s="216">
         <v>900</v>
       </c>
-      <c r="AS7" s="306"/>
-      <c r="AY7" s="305">
+      <c r="AS7" s="223"/>
+      <c r="AY7" s="222">
         <f>SUM(AY3:AY6)</f>
         <v>5.2263452799999994</v>
       </c>
-      <c r="BA7" s="306" t="s">
-[...2 lines deleted...]
-      <c r="BB7" s="306">
+      <c r="BA7" s="223" t="s">
+        <v>214</v>
+      </c>
+      <c r="BB7" s="223">
         <f>2.027+(0.796/1043*(C19-126))</f>
         <v>2.3887488015340366</v>
       </c>
-      <c r="BC7" s="306">
+      <c r="BC7" s="223">
         <f>2.167+(0.796/1043*(C19-126))</f>
         <v>2.5287488015340363</v>
       </c>
-      <c r="BD7" s="306">
+      <c r="BD7" s="223">
         <f>63*(C19-38)/1000000</f>
         <v>3.5406E-2</v>
       </c>
-      <c r="BE7" s="306">
+      <c r="BE7" s="223">
         <f>(C18-10)*(C19-35)/1000000</f>
         <v>0.27684999999999998</v>
       </c>
     </row>
     <row r="8" spans="1:58" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="302"/>
-[...38 lines deleted...]
-      <c r="AP8" s="299">
+      <c r="A8" s="219"/>
+      <c r="B8" s="218"/>
+      <c r="C8" s="218"/>
+      <c r="D8" s="218"/>
+      <c r="E8" s="218"/>
+      <c r="H8" s="220"/>
+      <c r="I8" s="220"/>
+      <c r="J8" s="220"/>
+      <c r="K8" s="220"/>
+      <c r="L8" s="220"/>
+      <c r="M8" s="220"/>
+      <c r="N8" s="220"/>
+      <c r="O8" s="220"/>
+      <c r="P8" s="220"/>
+      <c r="Q8" s="220"/>
+      <c r="R8" s="220"/>
+      <c r="S8" s="220"/>
+      <c r="T8" s="220"/>
+      <c r="U8" s="220"/>
+      <c r="V8" s="220"/>
+      <c r="W8" s="220"/>
+      <c r="X8" s="220"/>
+      <c r="Y8" s="220"/>
+      <c r="Z8" s="220"/>
+      <c r="AA8" s="220"/>
+      <c r="AB8" s="220"/>
+      <c r="AC8" s="220"/>
+      <c r="AD8" s="220"/>
+      <c r="AE8" s="220"/>
+      <c r="AF8" s="220"/>
+      <c r="AG8" s="220"/>
+      <c r="AH8" s="220"/>
+      <c r="AI8" s="220"/>
+      <c r="AJ8" s="220"/>
+      <c r="AK8" s="221"/>
+      <c r="AL8" s="220"/>
+      <c r="AO8" s="216" t="s">
+        <v>213</v>
+      </c>
+      <c r="AP8" s="216">
         <v>550</v>
       </c>
-      <c r="AQ8" s="247"/>
-[...5 lines deleted...]
-      <c r="BB8" s="306">
+      <c r="AQ8" s="164"/>
+      <c r="AR8" s="164"/>
+      <c r="AY8" s="224"/>
+      <c r="BA8" s="223" t="s">
+        <v>212</v>
+      </c>
+      <c r="BB8" s="223">
         <f>3.102+(0.796/1043*(C19-126))+(0.344/1080*(C19-90))</f>
         <v>3.6261932459784809</v>
       </c>
-      <c r="BC8" s="306">
+      <c r="BC8" s="223">
         <f>3.347+(0.796/1043*(C19-126))+(0.344/1080*(C19-90))</f>
         <v>3.871193245978481</v>
       </c>
-      <c r="BD8" s="306">
+      <c r="BD8" s="223">
         <f>148*(C19-38)/1000000</f>
         <v>8.3176E-2</v>
       </c>
-      <c r="BE8" s="306">
+      <c r="BE8" s="223">
         <f>(C18-10)*(C19-35)/1000000</f>
         <v>0.27684999999999998</v>
       </c>
     </row>
     <row r="9" spans="1:58" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="302"/>
-[...35 lines deleted...]
-      <c r="AP9" s="299">
+      <c r="A9" s="219"/>
+      <c r="B9" s="218"/>
+      <c r="C9" s="218"/>
+      <c r="D9" s="218"/>
+      <c r="E9" s="218"/>
+      <c r="H9" s="220"/>
+      <c r="I9" s="220"/>
+      <c r="J9" s="220"/>
+      <c r="K9" s="220"/>
+      <c r="L9" s="220"/>
+      <c r="M9" s="220"/>
+      <c r="N9" s="220"/>
+      <c r="O9" s="220"/>
+      <c r="P9" s="220"/>
+      <c r="Q9" s="220"/>
+      <c r="R9" s="220"/>
+      <c r="S9" s="220"/>
+      <c r="T9" s="220"/>
+      <c r="U9" s="220"/>
+      <c r="V9" s="220"/>
+      <c r="W9" s="220"/>
+      <c r="X9" s="220"/>
+      <c r="Y9" s="220"/>
+      <c r="Z9" s="220"/>
+      <c r="AA9" s="220"/>
+      <c r="AB9" s="220"/>
+      <c r="AC9" s="220"/>
+      <c r="AD9" s="220"/>
+      <c r="AE9" s="220"/>
+      <c r="AF9" s="220"/>
+      <c r="AG9" s="220"/>
+      <c r="AH9" s="220"/>
+      <c r="AI9" s="220"/>
+      <c r="AJ9" s="220"/>
+      <c r="AK9" s="221"/>
+      <c r="AL9" s="220"/>
+      <c r="AP9" s="216">
         <v>600</v>
       </c>
-      <c r="AQ9" s="247"/>
-[...4 lines deleted...]
-      <c r="BB9" s="305">
+      <c r="AQ9" s="164"/>
+      <c r="AR9" s="164"/>
+      <c r="BA9" s="223" t="s">
+        <v>211</v>
+      </c>
+      <c r="BB9" s="222">
         <f>IF(C17=AO2,BB3,IF(C17=AO3,BB2,IF(C17=AO4,BB4,IF(C17=AO5,BB5,IF(C17=AO6,BB6,IF(C17=AO7,BB7,IF(C17=AO8,BB8,0)))))))</f>
         <v>1.6890000000000001</v>
       </c>
-      <c r="BC9" s="305">
+      <c r="BC9" s="222">
         <f>IF(C17=AO2,BC3,IF(C17=AO3,BC2,IF(C17=AO4,BC4,IF(C17=AO5,BC5,IF(C17=AO6,BC6,IF(C17=AO7,BC7,IF(C17=AO8,BC8,0)))))))</f>
         <v>1.829</v>
       </c>
-      <c r="BD9" s="305">
+      <c r="BD9" s="222">
         <f>IF(C17=AO2,BD3,IF(C17=AO3,BD2,IF(C17=AO4,BD4,IF(C17=AO5,BD5,IF(C17=AO6,BD6,IF(C17=AO7,BD7,IF(C17=AO8,BD8,0)))))))</f>
         <v>3.5406E-2</v>
       </c>
-      <c r="BE9" s="305">
+      <c r="BE9" s="222">
         <f>(C18-10)*(C19-35)/1000000</f>
         <v>0.27684999999999998</v>
       </c>
     </row>
     <row r="10" spans="1:58" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="302"/>
-[...35 lines deleted...]
-      <c r="AP10" s="299">
+      <c r="A10" s="219"/>
+      <c r="B10" s="218"/>
+      <c r="C10" s="218"/>
+      <c r="D10" s="218"/>
+      <c r="E10" s="218"/>
+      <c r="H10" s="220"/>
+      <c r="I10" s="220"/>
+      <c r="J10" s="220"/>
+      <c r="K10" s="220"/>
+      <c r="L10" s="220"/>
+      <c r="M10" s="220"/>
+      <c r="N10" s="220"/>
+      <c r="O10" s="220"/>
+      <c r="P10" s="220"/>
+      <c r="Q10" s="220"/>
+      <c r="R10" s="220"/>
+      <c r="S10" s="220"/>
+      <c r="T10" s="220"/>
+      <c r="U10" s="220"/>
+      <c r="V10" s="220"/>
+      <c r="W10" s="220"/>
+      <c r="X10" s="220"/>
+      <c r="Y10" s="220"/>
+      <c r="Z10" s="220"/>
+      <c r="AA10" s="220"/>
+      <c r="AB10" s="220"/>
+      <c r="AC10" s="220"/>
+      <c r="AD10" s="220"/>
+      <c r="AE10" s="220"/>
+      <c r="AF10" s="220"/>
+      <c r="AG10" s="220"/>
+      <c r="AH10" s="220"/>
+      <c r="AI10" s="220"/>
+      <c r="AJ10" s="220"/>
+      <c r="AK10" s="221"/>
+      <c r="AL10" s="220"/>
+      <c r="AP10" s="216">
         <v>650</v>
       </c>
-      <c r="AQ10" s="247"/>
-      <c r="AR10" s="247"/>
+      <c r="AQ10" s="164"/>
+      <c r="AR10" s="164"/>
     </row>
     <row r="11" spans="1:58" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="302"/>
-[...5 lines deleted...]
-      <c r="AP11" s="299">
+      <c r="A11" s="219"/>
+      <c r="B11" s="218"/>
+      <c r="C11" s="218"/>
+      <c r="D11" s="218"/>
+      <c r="E11" s="218"/>
+      <c r="AK11" s="217"/>
+      <c r="AP11" s="216">
         <v>700</v>
       </c>
-      <c r="AQ11" s="247"/>
-[...1 lines deleted...]
-      <c r="BF11" s="90"/>
+      <c r="AQ11" s="164"/>
+      <c r="AR11" s="164"/>
+      <c r="BF11" s="73"/>
     </row>
     <row r="12" spans="1:58" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="1316" t="s">
-[...38 lines deleted...]
-      <c r="AP12" s="299">
+      <c r="A12" s="1134" t="s">
+        <v>210</v>
+      </c>
+      <c r="B12" s="1135"/>
+      <c r="C12" s="1135"/>
+      <c r="D12" s="1135"/>
+      <c r="E12" s="1135"/>
+      <c r="F12" s="1135"/>
+      <c r="G12" s="1135"/>
+      <c r="H12" s="1135"/>
+      <c r="I12" s="1135"/>
+      <c r="J12" s="1135"/>
+      <c r="K12" s="1135"/>
+      <c r="L12" s="1135"/>
+      <c r="M12" s="1135"/>
+      <c r="N12" s="1135"/>
+      <c r="O12" s="1135"/>
+      <c r="P12" s="1135"/>
+      <c r="Q12" s="1135"/>
+      <c r="R12" s="1135"/>
+      <c r="S12" s="1135"/>
+      <c r="T12" s="1135"/>
+      <c r="U12" s="1135"/>
+      <c r="V12" s="1135"/>
+      <c r="W12" s="1135"/>
+      <c r="X12" s="1135"/>
+      <c r="Y12" s="1135"/>
+      <c r="Z12" s="1135"/>
+      <c r="AA12" s="1135"/>
+      <c r="AB12" s="1135"/>
+      <c r="AC12" s="1135"/>
+      <c r="AD12" s="1135"/>
+      <c r="AE12" s="1135"/>
+      <c r="AF12" s="1135"/>
+      <c r="AG12" s="1135"/>
+      <c r="AH12" s="1135"/>
+      <c r="AI12" s="1135"/>
+      <c r="AJ12" s="1135"/>
+      <c r="AK12" s="1136"/>
+      <c r="AP12" s="216">
         <v>750</v>
       </c>
-      <c r="AQ12" s="247"/>
-      <c r="AR12" s="247"/>
+      <c r="AQ12" s="164"/>
+      <c r="AR12" s="164"/>
     </row>
     <row r="13" spans="1:58" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="298" t="s">
-[...40 lines deleted...]
-      <c r="AR13" s="247"/>
+      <c r="A13" s="215" t="s">
+        <v>209</v>
+      </c>
+      <c r="B13" s="212"/>
+      <c r="C13" s="212"/>
+      <c r="D13" s="212"/>
+      <c r="E13" s="212"/>
+      <c r="F13" s="214"/>
+      <c r="G13" s="210"/>
+      <c r="H13" s="210"/>
+      <c r="I13" s="210"/>
+      <c r="J13" s="210"/>
+      <c r="K13" s="210"/>
+      <c r="L13" s="210"/>
+      <c r="M13" s="210"/>
+      <c r="N13" s="210"/>
+      <c r="O13" s="210"/>
+      <c r="P13" s="210"/>
+      <c r="Q13" s="210"/>
+      <c r="R13" s="210"/>
+      <c r="S13" s="210"/>
+      <c r="T13" s="210"/>
+      <c r="U13" s="210"/>
+      <c r="V13" s="210"/>
+      <c r="W13" s="210"/>
+      <c r="X13" s="210"/>
+      <c r="Y13" s="210"/>
+      <c r="Z13" s="210"/>
+      <c r="AA13" s="210"/>
+      <c r="AB13" s="210"/>
+      <c r="AC13" s="210"/>
+      <c r="AD13" s="210"/>
+      <c r="AE13" s="210"/>
+      <c r="AF13" s="210"/>
+      <c r="AG13" s="210"/>
+      <c r="AH13" s="210"/>
+      <c r="AI13" s="210"/>
+      <c r="AJ13" s="210"/>
+      <c r="AK13" s="209"/>
+      <c r="AP13" s="164"/>
+      <c r="AQ13" s="164"/>
+      <c r="AR13" s="164"/>
     </row>
     <row r="14" spans="1:58" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="296" t="s">
-[...40 lines deleted...]
-      <c r="AR14" s="247"/>
+      <c r="A14" s="213" t="s">
+        <v>208</v>
+      </c>
+      <c r="B14" s="212"/>
+      <c r="C14" s="212"/>
+      <c r="D14" s="212"/>
+      <c r="E14" s="212"/>
+      <c r="F14" s="211"/>
+      <c r="G14" s="210"/>
+      <c r="H14" s="210"/>
+      <c r="I14" s="210"/>
+      <c r="J14" s="210"/>
+      <c r="K14" s="210"/>
+      <c r="L14" s="210"/>
+      <c r="M14" s="210"/>
+      <c r="N14" s="210"/>
+      <c r="O14" s="210"/>
+      <c r="P14" s="210"/>
+      <c r="Q14" s="210"/>
+      <c r="R14" s="210"/>
+      <c r="S14" s="210"/>
+      <c r="T14" s="210"/>
+      <c r="U14" s="210"/>
+      <c r="V14" s="210"/>
+      <c r="W14" s="210"/>
+      <c r="X14" s="210"/>
+      <c r="Y14" s="210"/>
+      <c r="Z14" s="210"/>
+      <c r="AA14" s="210"/>
+      <c r="AB14" s="210"/>
+      <c r="AC14" s="210"/>
+      <c r="AD14" s="210"/>
+      <c r="AE14" s="210"/>
+      <c r="AF14" s="210"/>
+      <c r="AG14" s="210"/>
+      <c r="AH14" s="210"/>
+      <c r="AI14" s="210"/>
+      <c r="AJ14" s="210"/>
+      <c r="AK14" s="209"/>
+      <c r="AP14" s="164"/>
+      <c r="AQ14" s="164"/>
+      <c r="AR14" s="164"/>
     </row>
     <row r="15" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="369"/>
-[...42 lines deleted...]
-      <c r="AR15" s="247"/>
+      <c r="A15" s="283"/>
+      <c r="B15" s="1137" t="s">
+        <v>207</v>
+      </c>
+      <c r="C15" s="1137"/>
+      <c r="D15" s="1137"/>
+      <c r="E15" s="201"/>
+      <c r="F15" s="201"/>
+      <c r="G15" s="201"/>
+      <c r="H15" s="201"/>
+      <c r="I15" s="201"/>
+      <c r="J15" s="201"/>
+      <c r="K15" s="201"/>
+      <c r="L15" s="208"/>
+      <c r="M15" s="1138" t="s">
+        <v>206</v>
+      </c>
+      <c r="N15" s="1138"/>
+      <c r="O15" s="1138"/>
+      <c r="P15" s="1138"/>
+      <c r="Q15" s="1138"/>
+      <c r="R15" s="1138"/>
+      <c r="S15" s="1138"/>
+      <c r="T15" s="1138"/>
+      <c r="U15" s="1138"/>
+      <c r="V15" s="1138"/>
+      <c r="W15" s="1138"/>
+      <c r="X15" s="1138"/>
+      <c r="Y15" s="1138"/>
+      <c r="Z15" s="1138"/>
+      <c r="AA15" s="1138"/>
+      <c r="AB15" s="1138"/>
+      <c r="AC15" s="1138"/>
+      <c r="AD15" s="1138"/>
+      <c r="AE15" s="1138"/>
+      <c r="AF15" s="1138"/>
+      <c r="AG15" s="1138"/>
+      <c r="AH15" s="1138"/>
+      <c r="AI15" s="1138"/>
+      <c r="AJ15" s="1138"/>
+      <c r="AK15" s="173"/>
+      <c r="AP15" s="164"/>
+      <c r="AQ15" s="164"/>
+      <c r="AR15" s="164"/>
     </row>
     <row r="16" spans="1:58" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="369"/>
-[...38 lines deleted...]
-      <c r="AR16" s="247"/>
+      <c r="A16" s="283"/>
+      <c r="B16" s="1137"/>
+      <c r="C16" s="1137"/>
+      <c r="D16" s="1137"/>
+      <c r="E16" s="201"/>
+      <c r="F16" s="165"/>
+      <c r="G16" s="196"/>
+      <c r="H16" s="195"/>
+      <c r="I16" s="290"/>
+      <c r="J16" s="201"/>
+      <c r="K16" s="201"/>
+      <c r="L16" s="208"/>
+      <c r="M16" s="1138"/>
+      <c r="N16" s="1138"/>
+      <c r="O16" s="1138"/>
+      <c r="P16" s="1138"/>
+      <c r="Q16" s="1138"/>
+      <c r="R16" s="1138"/>
+      <c r="S16" s="1138"/>
+      <c r="T16" s="1138"/>
+      <c r="U16" s="1138"/>
+      <c r="V16" s="1138"/>
+      <c r="W16" s="1138"/>
+      <c r="X16" s="1138"/>
+      <c r="Y16" s="1138"/>
+      <c r="Z16" s="1138"/>
+      <c r="AA16" s="1138"/>
+      <c r="AB16" s="1138"/>
+      <c r="AC16" s="1138"/>
+      <c r="AD16" s="1138"/>
+      <c r="AE16" s="1138"/>
+      <c r="AF16" s="1138"/>
+      <c r="AG16" s="1138"/>
+      <c r="AH16" s="1138"/>
+      <c r="AI16" s="1138"/>
+      <c r="AJ16" s="1138"/>
+      <c r="AK16" s="173"/>
+      <c r="AP16" s="164"/>
+      <c r="AQ16" s="164"/>
+      <c r="AR16" s="164"/>
     </row>
     <row r="17" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="369"/>
-[...42 lines deleted...]
-      <c r="AR17" s="247"/>
+      <c r="A17" s="283"/>
+      <c r="B17" s="194" t="s">
+        <v>205</v>
+      </c>
+      <c r="C17" s="1139" t="s">
+        <v>281</v>
+      </c>
+      <c r="D17" s="1139"/>
+      <c r="E17" s="174"/>
+      <c r="F17" s="166"/>
+      <c r="G17" s="196"/>
+      <c r="H17" s="170"/>
+      <c r="I17" s="290"/>
+      <c r="J17" s="174"/>
+      <c r="K17" s="174"/>
+      <c r="L17" s="208"/>
+      <c r="M17" s="1138"/>
+      <c r="N17" s="1138"/>
+      <c r="O17" s="1138"/>
+      <c r="P17" s="1138"/>
+      <c r="Q17" s="1138"/>
+      <c r="R17" s="1138"/>
+      <c r="S17" s="1138"/>
+      <c r="T17" s="1138"/>
+      <c r="U17" s="1138"/>
+      <c r="V17" s="1138"/>
+      <c r="W17" s="1138"/>
+      <c r="X17" s="1138"/>
+      <c r="Y17" s="1138"/>
+      <c r="Z17" s="1138"/>
+      <c r="AA17" s="1138"/>
+      <c r="AB17" s="1138"/>
+      <c r="AC17" s="1138"/>
+      <c r="AD17" s="1138"/>
+      <c r="AE17" s="1138"/>
+      <c r="AF17" s="1138"/>
+      <c r="AG17" s="1138"/>
+      <c r="AH17" s="1138"/>
+      <c r="AI17" s="1138"/>
+      <c r="AJ17" s="1138"/>
+      <c r="AK17" s="173"/>
+      <c r="AP17" s="164"/>
+      <c r="AQ17" s="164"/>
+      <c r="AR17" s="164"/>
     </row>
     <row r="18" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="369"/>
-[...3 lines deleted...]
-      <c r="C18" s="1291">
+      <c r="A18" s="283"/>
+      <c r="B18" s="207" t="s">
+        <v>204</v>
+      </c>
+      <c r="C18" s="1164">
         <v>500</v>
       </c>
-      <c r="D18" s="1291"/>
-[...43 lines deleted...]
-      <c r="AR18" s="247"/>
+      <c r="D18" s="1164"/>
+      <c r="E18" s="289"/>
+      <c r="F18" s="206"/>
+      <c r="G18" s="196"/>
+      <c r="H18" s="170"/>
+      <c r="I18" s="290"/>
+      <c r="J18" s="174"/>
+      <c r="K18" s="174"/>
+      <c r="L18" s="201"/>
+      <c r="M18" s="1146" t="s">
+        <v>203</v>
+      </c>
+      <c r="N18" s="1147"/>
+      <c r="O18" s="1147"/>
+      <c r="P18" s="1147"/>
+      <c r="Q18" s="1147"/>
+      <c r="R18" s="1148"/>
+      <c r="S18" s="1146" t="s">
+        <v>202</v>
+      </c>
+      <c r="T18" s="1147"/>
+      <c r="U18" s="1147"/>
+      <c r="V18" s="1147"/>
+      <c r="W18" s="1147"/>
+      <c r="X18" s="1147"/>
+      <c r="Y18" s="1170" t="s">
+        <v>201</v>
+      </c>
+      <c r="Z18" s="1171"/>
+      <c r="AA18" s="1171"/>
+      <c r="AB18" s="1171"/>
+      <c r="AC18" s="1171"/>
+      <c r="AD18" s="1172"/>
+      <c r="AE18" s="1176" t="s">
+        <v>200</v>
+      </c>
+      <c r="AF18" s="1176"/>
+      <c r="AG18" s="1176"/>
+      <c r="AH18" s="1176"/>
+      <c r="AI18" s="1176"/>
+      <c r="AJ18" s="1176"/>
+      <c r="AK18" s="173"/>
+      <c r="AP18" s="164"/>
+      <c r="AQ18" s="164"/>
+      <c r="AR18" s="164"/>
     </row>
     <row r="19" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="369"/>
-[...3 lines deleted...]
-      <c r="C19" s="1292">
+      <c r="A19" s="283"/>
+      <c r="B19" s="205" t="s">
+        <v>199</v>
+      </c>
+      <c r="C19" s="1165">
         <v>600</v>
       </c>
-      <c r="D19" s="1292"/>
-[...35 lines deleted...]
-      <c r="AR19" s="247"/>
+      <c r="D19" s="1165"/>
+      <c r="E19" s="174"/>
+      <c r="F19" s="166"/>
+      <c r="G19" s="196"/>
+      <c r="H19" s="170"/>
+      <c r="I19" s="290"/>
+      <c r="J19" s="174"/>
+      <c r="K19" s="174"/>
+      <c r="L19" s="201"/>
+      <c r="M19" s="1149"/>
+      <c r="N19" s="1150"/>
+      <c r="O19" s="1150"/>
+      <c r="P19" s="1150"/>
+      <c r="Q19" s="1150"/>
+      <c r="R19" s="1151"/>
+      <c r="S19" s="1149"/>
+      <c r="T19" s="1150"/>
+      <c r="U19" s="1150"/>
+      <c r="V19" s="1150"/>
+      <c r="W19" s="1150"/>
+      <c r="X19" s="1150"/>
+      <c r="Y19" s="1173"/>
+      <c r="Z19" s="1174"/>
+      <c r="AA19" s="1174"/>
+      <c r="AB19" s="1174"/>
+      <c r="AC19" s="1174"/>
+      <c r="AD19" s="1175"/>
+      <c r="AE19" s="1176"/>
+      <c r="AF19" s="1176"/>
+      <c r="AG19" s="1176"/>
+      <c r="AH19" s="1176"/>
+      <c r="AI19" s="1176"/>
+      <c r="AJ19" s="1176"/>
+      <c r="AK19" s="173"/>
+      <c r="AP19" s="164"/>
+      <c r="AQ19" s="164"/>
+      <c r="AR19" s="164"/>
     </row>
     <row r="20" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="369"/>
-[...13 lines deleted...]
-      <c r="M20" s="1303">
+      <c r="A20" s="283"/>
+      <c r="B20" s="1152" t="s">
+        <v>198</v>
+      </c>
+      <c r="C20" s="1153"/>
+      <c r="D20" s="1154"/>
+      <c r="E20" s="174"/>
+      <c r="F20" s="166"/>
+      <c r="G20" s="196"/>
+      <c r="H20" s="170"/>
+      <c r="I20" s="290"/>
+      <c r="J20" s="174"/>
+      <c r="K20" s="174"/>
+      <c r="L20" s="201"/>
+      <c r="M20" s="1140">
         <f>AY7</f>
         <v>5.2263452799999994</v>
       </c>
-      <c r="N20" s="1304"/>
-[...4 lines deleted...]
-      <c r="S20" s="1306">
+      <c r="N20" s="1141"/>
+      <c r="O20" s="1141"/>
+      <c r="P20" s="1141"/>
+      <c r="Q20" s="1141"/>
+      <c r="R20" s="1142"/>
+      <c r="S20" s="1143">
         <f>C26/1000</f>
         <v>0</v>
       </c>
-      <c r="T20" s="1307"/>
-[...4 lines deleted...]
-      <c r="Y20" s="1303">
+      <c r="T20" s="1144"/>
+      <c r="U20" s="1144"/>
+      <c r="V20" s="1144"/>
+      <c r="W20" s="1144"/>
+      <c r="X20" s="1144"/>
+      <c r="Y20" s="1140">
         <f>C27</f>
         <v>0</v>
       </c>
-      <c r="Z20" s="1304"/>
-[...4 lines deleted...]
-      <c r="AE20" s="1308">
+      <c r="Z20" s="1141"/>
+      <c r="AA20" s="1141"/>
+      <c r="AB20" s="1141"/>
+      <c r="AC20" s="1141"/>
+      <c r="AD20" s="1142"/>
+      <c r="AE20" s="1145">
         <f>M20+S20+Y20</f>
         <v>5.2263452799999994</v>
       </c>
-      <c r="AF20" s="1308"/>
-[...7 lines deleted...]
-      <c r="AR20" s="247"/>
+      <c r="AF20" s="1145"/>
+      <c r="AG20" s="1145"/>
+      <c r="AH20" s="1145"/>
+      <c r="AI20" s="1145"/>
+      <c r="AJ20" s="1145"/>
+      <c r="AK20" s="173"/>
+      <c r="AP20" s="164"/>
+      <c r="AQ20" s="164"/>
+      <c r="AR20" s="164"/>
     </row>
     <row r="21" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="369"/>
-[...42 lines deleted...]
-      <c r="AR21" s="247"/>
+      <c r="A21" s="283"/>
+      <c r="B21" s="204"/>
+      <c r="C21" s="203" t="s">
+        <v>197</v>
+      </c>
+      <c r="D21" s="202" t="s">
+        <v>196</v>
+      </c>
+      <c r="E21" s="174"/>
+      <c r="F21" s="166"/>
+      <c r="G21" s="196"/>
+      <c r="H21" s="170"/>
+      <c r="I21" s="290"/>
+      <c r="J21" s="174"/>
+      <c r="K21" s="174"/>
+      <c r="L21" s="201"/>
+      <c r="M21" s="200"/>
+      <c r="N21" s="200"/>
+      <c r="O21" s="200"/>
+      <c r="P21" s="200"/>
+      <c r="Q21" s="200"/>
+      <c r="R21" s="200"/>
+      <c r="S21" s="200"/>
+      <c r="T21" s="200"/>
+      <c r="U21" s="200"/>
+      <c r="V21" s="200"/>
+      <c r="W21" s="200"/>
+      <c r="X21" s="200"/>
+      <c r="Y21" s="200"/>
+      <c r="Z21" s="200"/>
+      <c r="AA21" s="200"/>
+      <c r="AB21" s="200"/>
+      <c r="AC21" s="200"/>
+      <c r="AD21" s="200"/>
+      <c r="AE21" s="199"/>
+      <c r="AF21" s="199"/>
+      <c r="AG21" s="199"/>
+      <c r="AH21" s="199"/>
+      <c r="AI21" s="199"/>
+      <c r="AJ21" s="199"/>
+      <c r="AK21" s="173"/>
+      <c r="AP21" s="164"/>
+      <c r="AQ21" s="164"/>
+      <c r="AR21" s="164"/>
     </row>
     <row r="22" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="369"/>
-[...44 lines deleted...]
-      <c r="AR22" s="247"/>
+      <c r="A22" s="283"/>
+      <c r="B22" s="198" t="s">
+        <v>125</v>
+      </c>
+      <c r="C22" s="197" t="s">
+        <v>195</v>
+      </c>
+      <c r="D22" s="197" t="s">
+        <v>194</v>
+      </c>
+      <c r="E22" s="174"/>
+      <c r="F22" s="166"/>
+      <c r="G22" s="196"/>
+      <c r="H22" s="170"/>
+      <c r="I22" s="290"/>
+      <c r="J22" s="174"/>
+      <c r="K22" s="174"/>
+      <c r="L22" s="1187"/>
+      <c r="M22" s="1187"/>
+      <c r="N22" s="1187"/>
+      <c r="O22" s="1187"/>
+      <c r="P22" s="1187"/>
+      <c r="Q22" s="1187"/>
+      <c r="R22" s="1187"/>
+      <c r="S22" s="1187"/>
+      <c r="T22" s="1187"/>
+      <c r="U22" s="1187"/>
+      <c r="V22" s="1187"/>
+      <c r="W22" s="1187"/>
+      <c r="X22" s="1187"/>
+      <c r="Y22" s="1187"/>
+      <c r="Z22" s="1187"/>
+      <c r="AA22" s="1187"/>
+      <c r="AB22" s="1187"/>
+      <c r="AC22" s="1187"/>
+      <c r="AD22" s="1187"/>
+      <c r="AE22" s="1187"/>
+      <c r="AF22" s="1187"/>
+      <c r="AG22" s="1187"/>
+      <c r="AH22" s="1187"/>
+      <c r="AI22" s="1187"/>
+      <c r="AJ22" s="1187"/>
+      <c r="AK22" s="173"/>
+      <c r="AP22" s="164"/>
+      <c r="AQ22" s="164"/>
+      <c r="AR22" s="164"/>
     </row>
     <row r="23" spans="1:44" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A23" s="369"/>
-[...3 lines deleted...]
-      <c r="C23" s="1264">
+      <c r="A23" s="283"/>
+      <c r="B23" s="194" t="s">
+        <v>51</v>
+      </c>
+      <c r="C23" s="1180">
         <v>0</v>
       </c>
-      <c r="D23" s="1264"/>
-[...35 lines deleted...]
-      <c r="AR23" s="247"/>
+      <c r="D23" s="1180"/>
+      <c r="E23" s="174"/>
+      <c r="F23" s="166"/>
+      <c r="G23" s="196"/>
+      <c r="H23" s="195"/>
+      <c r="I23" s="290"/>
+      <c r="J23" s="174"/>
+      <c r="K23" s="174"/>
+      <c r="L23" s="1187"/>
+      <c r="M23" s="1187"/>
+      <c r="N23" s="1187"/>
+      <c r="O23" s="1187"/>
+      <c r="P23" s="1187"/>
+      <c r="Q23" s="1187"/>
+      <c r="R23" s="1187"/>
+      <c r="S23" s="1187"/>
+      <c r="T23" s="1187"/>
+      <c r="U23" s="1187"/>
+      <c r="V23" s="1187"/>
+      <c r="W23" s="1187"/>
+      <c r="X23" s="1187"/>
+      <c r="Y23" s="1187"/>
+      <c r="Z23" s="1187"/>
+      <c r="AA23" s="1187"/>
+      <c r="AB23" s="1187"/>
+      <c r="AC23" s="1187"/>
+      <c r="AD23" s="1187"/>
+      <c r="AE23" s="1187"/>
+      <c r="AF23" s="1187"/>
+      <c r="AG23" s="1187"/>
+      <c r="AH23" s="1187"/>
+      <c r="AI23" s="1187"/>
+      <c r="AJ23" s="1187"/>
+      <c r="AK23" s="173"/>
+      <c r="AP23" s="164"/>
+      <c r="AQ23" s="164"/>
+      <c r="AR23" s="164"/>
     </row>
     <row r="24" spans="1:44" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A24" s="369"/>
-[...3 lines deleted...]
-      <c r="C24" s="1264">
+      <c r="A24" s="283"/>
+      <c r="B24" s="194" t="s">
+        <v>193</v>
+      </c>
+      <c r="C24" s="1180">
         <v>0</v>
       </c>
-      <c r="D24" s="1264"/>
-[...49 lines deleted...]
-      <c r="AR24" s="247"/>
+      <c r="D24" s="1180"/>
+      <c r="E24" s="174"/>
+      <c r="F24" s="193"/>
+      <c r="G24" s="193"/>
+      <c r="H24" s="193"/>
+      <c r="I24" s="291"/>
+      <c r="J24" s="291"/>
+      <c r="K24" s="1185" t="s">
+        <v>192</v>
+      </c>
+      <c r="L24" s="1186"/>
+      <c r="M24" s="1166" t="s">
+        <v>191</v>
+      </c>
+      <c r="N24" s="1166"/>
+      <c r="O24" s="1166"/>
+      <c r="P24" s="1166"/>
+      <c r="Q24" s="1166" t="s">
+        <v>190</v>
+      </c>
+      <c r="R24" s="1166"/>
+      <c r="S24" s="1166"/>
+      <c r="T24" s="1166"/>
+      <c r="U24" s="1166" t="s">
+        <v>189</v>
+      </c>
+      <c r="V24" s="1166"/>
+      <c r="W24" s="1166"/>
+      <c r="X24" s="1166"/>
+      <c r="Y24" s="1166" t="s">
+        <v>188</v>
+      </c>
+      <c r="Z24" s="1166"/>
+      <c r="AA24" s="1166"/>
+      <c r="AB24" s="1166"/>
+      <c r="AC24" s="1166" t="s">
+        <v>187</v>
+      </c>
+      <c r="AD24" s="1166"/>
+      <c r="AE24" s="1166"/>
+      <c r="AF24" s="1166"/>
+      <c r="AG24" s="1166" t="s">
+        <v>186</v>
+      </c>
+      <c r="AH24" s="1166"/>
+      <c r="AI24" s="1166"/>
+      <c r="AJ24" s="1166"/>
+      <c r="AK24" s="173"/>
+      <c r="AP24" s="164"/>
+      <c r="AQ24" s="164"/>
+      <c r="AR24" s="164"/>
     </row>
     <row r="25" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="369"/>
-[...44 lines deleted...]
-      <c r="AR25" s="247"/>
+      <c r="A25" s="283"/>
+      <c r="B25" s="1137" t="s">
+        <v>185</v>
+      </c>
+      <c r="C25" s="1137"/>
+      <c r="D25" s="1157"/>
+      <c r="E25" s="1181"/>
+      <c r="F25" s="1181"/>
+      <c r="G25" s="1181"/>
+      <c r="H25" s="1181"/>
+      <c r="I25" s="174"/>
+      <c r="J25" s="174"/>
+      <c r="K25" s="1183" t="s">
+        <v>184</v>
+      </c>
+      <c r="L25" s="181" t="s">
+        <v>183</v>
+      </c>
+      <c r="M25" s="192"/>
+      <c r="N25" s="190"/>
+      <c r="O25" s="191"/>
+      <c r="P25" s="191"/>
+      <c r="Q25" s="191"/>
+      <c r="R25" s="191"/>
+      <c r="S25" s="190"/>
+      <c r="T25" s="189"/>
+      <c r="U25" s="188"/>
+      <c r="V25" s="188"/>
+      <c r="W25" s="188"/>
+      <c r="X25" s="188"/>
+      <c r="Y25" s="188"/>
+      <c r="Z25" s="188"/>
+      <c r="AA25" s="188"/>
+      <c r="AB25" s="188"/>
+      <c r="AC25" s="188"/>
+      <c r="AD25" s="188"/>
+      <c r="AE25" s="187"/>
+      <c r="AF25" s="187"/>
+      <c r="AG25" s="187"/>
+      <c r="AH25" s="187"/>
+      <c r="AI25" s="187"/>
+      <c r="AJ25" s="186"/>
+      <c r="AK25" s="173"/>
+      <c r="AP25" s="164"/>
+      <c r="AQ25" s="164"/>
+      <c r="AR25" s="164"/>
     </row>
     <row r="26" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="369"/>
-[...3 lines deleted...]
-      <c r="C26" s="1273">
+      <c r="A26" s="283"/>
+      <c r="B26" s="185" t="s">
+        <v>182</v>
+      </c>
+      <c r="C26" s="1156">
         <v>0</v>
       </c>
-      <c r="D26" s="1272"/>
-[...39 lines deleted...]
-      <c r="AR26" s="247"/>
+      <c r="D26" s="1157"/>
+      <c r="E26" s="1158" t="s">
+        <v>181</v>
+      </c>
+      <c r="F26" s="1159"/>
+      <c r="G26" s="1159"/>
+      <c r="H26" s="1159"/>
+      <c r="I26" s="174"/>
+      <c r="J26" s="174"/>
+      <c r="K26" s="1184"/>
+      <c r="L26" s="181" t="s">
+        <v>180</v>
+      </c>
+      <c r="M26" s="184"/>
+      <c r="N26" s="183"/>
+      <c r="O26" s="177"/>
+      <c r="P26" s="176"/>
+      <c r="Q26" s="176"/>
+      <c r="R26" s="176"/>
+      <c r="S26" s="176"/>
+      <c r="T26" s="176"/>
+      <c r="U26" s="176"/>
+      <c r="V26" s="176"/>
+      <c r="W26" s="176"/>
+      <c r="X26" s="176"/>
+      <c r="Y26" s="176"/>
+      <c r="Z26" s="176"/>
+      <c r="AA26" s="176"/>
+      <c r="AB26" s="175"/>
+      <c r="AC26" s="183"/>
+      <c r="AD26" s="183"/>
+      <c r="AE26" s="183"/>
+      <c r="AF26" s="183"/>
+      <c r="AG26" s="183"/>
+      <c r="AH26" s="183"/>
+      <c r="AI26" s="183"/>
+      <c r="AJ26" s="182"/>
+      <c r="AK26" s="173"/>
+      <c r="AP26" s="164"/>
+      <c r="AQ26" s="164"/>
+      <c r="AR26" s="164"/>
     </row>
     <row r="27" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="369"/>
-[...3 lines deleted...]
-      <c r="C27" s="1273">
+      <c r="A27" s="283"/>
+      <c r="B27" s="1162" t="s">
+        <v>179</v>
+      </c>
+      <c r="C27" s="1156">
         <v>0</v>
       </c>
-      <c r="D27" s="1272"/>
-[...37 lines deleted...]
-      <c r="AR27" s="247"/>
+      <c r="D27" s="1157"/>
+      <c r="E27" s="1160"/>
+      <c r="F27" s="1161"/>
+      <c r="G27" s="1161"/>
+      <c r="H27" s="1161"/>
+      <c r="I27" s="174"/>
+      <c r="J27" s="174"/>
+      <c r="K27" s="1184"/>
+      <c r="L27" s="181" t="s">
+        <v>178</v>
+      </c>
+      <c r="M27" s="180"/>
+      <c r="N27" s="179"/>
+      <c r="O27" s="179"/>
+      <c r="P27" s="179"/>
+      <c r="Q27" s="179"/>
+      <c r="R27" s="179"/>
+      <c r="S27" s="179"/>
+      <c r="T27" s="179"/>
+      <c r="U27" s="178"/>
+      <c r="V27" s="178"/>
+      <c r="W27" s="177"/>
+      <c r="X27" s="176"/>
+      <c r="Y27" s="176"/>
+      <c r="Z27" s="176"/>
+      <c r="AA27" s="176"/>
+      <c r="AB27" s="176"/>
+      <c r="AC27" s="176"/>
+      <c r="AD27" s="176"/>
+      <c r="AE27" s="176"/>
+      <c r="AF27" s="176"/>
+      <c r="AG27" s="176"/>
+      <c r="AH27" s="176"/>
+      <c r="AI27" s="176"/>
+      <c r="AJ27" s="175"/>
+      <c r="AK27" s="173"/>
+      <c r="AP27" s="164"/>
+      <c r="AQ27" s="164"/>
+      <c r="AR27" s="164"/>
     </row>
     <row r="28" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="369"/>
-[...10 lines deleted...]
-      <c r="L28" s="1294" t="str">
+      <c r="A28" s="283"/>
+      <c r="B28" s="1163"/>
+      <c r="C28" s="1156"/>
+      <c r="D28" s="1157"/>
+      <c r="E28" s="1160"/>
+      <c r="F28" s="1161"/>
+      <c r="G28" s="1161"/>
+      <c r="H28" s="1161"/>
+      <c r="I28" s="174"/>
+      <c r="J28" s="174"/>
+      <c r="K28" s="174"/>
+      <c r="L28" s="1168" t="str">
         <f>IF(AND(C18&lt;350,AE20&gt;20),IF((M20+S20)&lt;20,"Уменьшите вес загрузки ящика","Слищком тяжелый ящик, уменьшите размер"),IF(AE20&gt;60,IF((M20+S20)&lt;60,"Уменьшите вес загрузки ящика","Слишком тяжелый ящик, уменьшите размер"),""))</f>
         <v/>
       </c>
-      <c r="M28" s="1294"/>
-[...26 lines deleted...]
-      <c r="AR28" s="247"/>
+      <c r="M28" s="1168"/>
+      <c r="N28" s="1168"/>
+      <c r="O28" s="1168"/>
+      <c r="P28" s="1168"/>
+      <c r="Q28" s="1168"/>
+      <c r="R28" s="1168"/>
+      <c r="S28" s="1168"/>
+      <c r="T28" s="1168"/>
+      <c r="U28" s="1168"/>
+      <c r="V28" s="1168"/>
+      <c r="W28" s="1168"/>
+      <c r="X28" s="1168"/>
+      <c r="Y28" s="1168"/>
+      <c r="Z28" s="1168"/>
+      <c r="AA28" s="1168"/>
+      <c r="AB28" s="1168"/>
+      <c r="AC28" s="1168"/>
+      <c r="AD28" s="1168"/>
+      <c r="AE28" s="1168"/>
+      <c r="AF28" s="1168"/>
+      <c r="AG28" s="1168"/>
+      <c r="AH28" s="1168"/>
+      <c r="AI28" s="1168"/>
+      <c r="AJ28" s="1168"/>
+      <c r="AK28" s="173"/>
+      <c r="AP28" s="164"/>
+      <c r="AQ28" s="164"/>
+      <c r="AR28" s="164"/>
     </row>
     <row r="29" spans="1:44" ht="18.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="369"/>
-[...38 lines deleted...]
-      <c r="AR29" s="247"/>
+      <c r="A29" s="283"/>
+      <c r="B29" s="172"/>
+      <c r="C29" s="171"/>
+      <c r="D29" s="170"/>
+      <c r="E29" s="1182"/>
+      <c r="F29" s="1182"/>
+      <c r="G29" s="1182"/>
+      <c r="H29" s="1182"/>
+      <c r="I29" s="166"/>
+      <c r="J29" s="166"/>
+      <c r="K29" s="174"/>
+      <c r="L29" s="1169"/>
+      <c r="M29" s="1169"/>
+      <c r="N29" s="1169"/>
+      <c r="O29" s="1169"/>
+      <c r="P29" s="1169"/>
+      <c r="Q29" s="1169"/>
+      <c r="R29" s="1169"/>
+      <c r="S29" s="1169"/>
+      <c r="T29" s="1169"/>
+      <c r="U29" s="1169"/>
+      <c r="V29" s="1169"/>
+      <c r="W29" s="1169"/>
+      <c r="X29" s="1169"/>
+      <c r="Y29" s="1169"/>
+      <c r="Z29" s="1169"/>
+      <c r="AA29" s="1169"/>
+      <c r="AB29" s="1169"/>
+      <c r="AC29" s="1169"/>
+      <c r="AD29" s="1169"/>
+      <c r="AE29" s="1169"/>
+      <c r="AF29" s="1169"/>
+      <c r="AG29" s="1169"/>
+      <c r="AH29" s="1169"/>
+      <c r="AI29" s="1169"/>
+      <c r="AJ29" s="1169"/>
+      <c r="AK29" s="173"/>
+      <c r="AP29" s="164"/>
+      <c r="AQ29" s="164"/>
+      <c r="AR29" s="164"/>
     </row>
     <row r="30" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="370"/>
-[...31 lines deleted...]
-      <c r="AE30" s="251">
+      <c r="A30" s="284"/>
+      <c r="B30" s="285"/>
+      <c r="C30" s="286"/>
+      <c r="D30" s="287"/>
+      <c r="E30" s="1155"/>
+      <c r="F30" s="1155"/>
+      <c r="G30" s="1155"/>
+      <c r="H30" s="1155"/>
+      <c r="I30" s="288"/>
+      <c r="J30" s="288"/>
+      <c r="K30" s="169"/>
+      <c r="L30" s="1167" t="s">
+        <v>177</v>
+      </c>
+      <c r="M30" s="1167"/>
+      <c r="N30" s="1167"/>
+      <c r="O30" s="1167"/>
+      <c r="P30" s="1167"/>
+      <c r="Q30" s="1167"/>
+      <c r="R30" s="1167"/>
+      <c r="S30" s="1167"/>
+      <c r="T30" s="1167"/>
+      <c r="U30" s="1167"/>
+      <c r="V30" s="1167"/>
+      <c r="W30" s="1167"/>
+      <c r="X30" s="1167"/>
+      <c r="Y30" s="1167"/>
+      <c r="Z30" s="1167"/>
+      <c r="AA30" s="1167"/>
+      <c r="AB30" s="1167"/>
+      <c r="AC30" s="1167"/>
+      <c r="AD30" s="1167"/>
+      <c r="AE30" s="168">
         <f>FLOOR(1125/(C19-247),1)</f>
         <v>3</v>
       </c>
-      <c r="AF30" s="1276" t="str">
+      <c r="AF30" s="1188" t="str">
         <f>IF(AE30&lt;2,"ящик",IF(AE30&lt;5,"ящика","ящиков"))</f>
         <v>ящика</v>
       </c>
-      <c r="AG30" s="1276"/>
-[...48 lines deleted...]
-      <c r="AR31" s="247"/>
+      <c r="AG30" s="1188"/>
+      <c r="AH30" s="1188"/>
+      <c r="AI30" s="1188"/>
+      <c r="AJ30" s="281"/>
+      <c r="AK30" s="167"/>
+      <c r="AP30" s="164"/>
+      <c r="AQ30" s="164"/>
+      <c r="AR30" s="164"/>
+    </row>
+    <row r="31" spans="1:44" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A31" s="1177"/>
+      <c r="B31" s="1178"/>
+      <c r="C31" s="1178"/>
+      <c r="D31" s="1178"/>
+      <c r="E31" s="1179"/>
+      <c r="F31" s="1179"/>
+      <c r="G31" s="1179"/>
+      <c r="H31" s="1179"/>
+      <c r="I31" s="1179"/>
+      <c r="J31" s="1179"/>
+      <c r="K31" s="1179"/>
+      <c r="L31" s="165"/>
+      <c r="M31" s="166"/>
+      <c r="N31" s="166"/>
+      <c r="O31" s="166"/>
+      <c r="P31" s="166"/>
+      <c r="Q31" s="166"/>
+      <c r="R31" s="166"/>
+      <c r="S31" s="166"/>
+      <c r="T31" s="166"/>
+      <c r="U31" s="166"/>
+      <c r="V31" s="166"/>
+      <c r="W31" s="166"/>
+      <c r="X31" s="166"/>
+      <c r="Y31" s="166"/>
+      <c r="Z31" s="166"/>
+      <c r="AA31" s="166"/>
+      <c r="AB31" s="166"/>
+      <c r="AC31" s="166"/>
+      <c r="AD31" s="166"/>
+      <c r="AE31" s="166"/>
+      <c r="AF31" s="166"/>
+      <c r="AG31" s="166"/>
+      <c r="AH31" s="166"/>
+      <c r="AI31" s="166"/>
+      <c r="AJ31" s="166"/>
+      <c r="AK31" s="165"/>
+      <c r="AP31" s="164"/>
+      <c r="AQ31" s="164"/>
+      <c r="AR31" s="164"/>
     </row>
     <row r="32" spans="1:44" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="248"/>
-[...143 lines deleted...]
-      <c r="J46" s="1322"/>
+      <c r="A32" s="1189" t="s">
+        <v>294</v>
+      </c>
+      <c r="B32" s="1190"/>
+      <c r="C32" s="1190"/>
+      <c r="D32" s="1190"/>
+      <c r="E32" s="1190"/>
+      <c r="F32" s="1190"/>
+      <c r="G32" s="1190"/>
+      <c r="H32" s="1190"/>
+      <c r="I32" s="1190"/>
+      <c r="J32" s="1190"/>
+      <c r="K32" s="1190"/>
+      <c r="L32" s="1190"/>
+      <c r="M32" s="1190"/>
+      <c r="N32" s="1190"/>
+      <c r="O32" s="1190"/>
+      <c r="P32" s="1190"/>
+      <c r="Q32" s="1190"/>
+      <c r="R32" s="1190"/>
+      <c r="S32" s="1190"/>
+      <c r="T32" s="1190"/>
+      <c r="U32" s="1190"/>
+      <c r="V32" s="1190"/>
+      <c r="W32" s="1190"/>
+      <c r="X32" s="1190"/>
+      <c r="Y32" s="1190"/>
+      <c r="Z32" s="1190"/>
+      <c r="AA32" s="1190"/>
+      <c r="AB32" s="1190"/>
+      <c r="AC32" s="1190"/>
+      <c r="AD32" s="1190"/>
+      <c r="AE32" s="1190"/>
+      <c r="AF32" s="1190"/>
+      <c r="AG32" s="1190"/>
+      <c r="AH32" s="1190"/>
+      <c r="AI32" s="1190"/>
+      <c r="AJ32" s="1190"/>
+      <c r="AK32" s="1191"/>
+      <c r="AP32" s="164"/>
+      <c r="AQ32" s="164"/>
+      <c r="AR32" s="164"/>
+    </row>
+    <row r="33" spans="1:37" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="1192"/>
+      <c r="B33" s="1193"/>
+      <c r="C33" s="1193"/>
+      <c r="D33" s="1193"/>
+      <c r="E33" s="1193"/>
+      <c r="F33" s="1193"/>
+      <c r="G33" s="1193"/>
+      <c r="H33" s="1193"/>
+      <c r="I33" s="1193"/>
+      <c r="J33" s="1193"/>
+      <c r="K33" s="1193"/>
+      <c r="L33" s="1193"/>
+      <c r="M33" s="1193"/>
+      <c r="N33" s="1193"/>
+      <c r="O33" s="1193"/>
+      <c r="P33" s="1193"/>
+      <c r="Q33" s="1193"/>
+      <c r="R33" s="1193"/>
+      <c r="S33" s="1193"/>
+      <c r="T33" s="1193"/>
+      <c r="U33" s="1193"/>
+      <c r="V33" s="1193"/>
+      <c r="W33" s="1193"/>
+      <c r="X33" s="1193"/>
+      <c r="Y33" s="1193"/>
+      <c r="Z33" s="1193"/>
+      <c r="AA33" s="1193"/>
+      <c r="AB33" s="1193"/>
+      <c r="AC33" s="1193"/>
+      <c r="AD33" s="1193"/>
+      <c r="AE33" s="1193"/>
+      <c r="AF33" s="1193"/>
+      <c r="AG33" s="1193"/>
+      <c r="AH33" s="1193"/>
+      <c r="AI33" s="1193"/>
+      <c r="AJ33" s="1193"/>
+      <c r="AK33" s="1194"/>
+    </row>
+    <row r="34" spans="1:37" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E34" s="1200"/>
+      <c r="F34" s="1201"/>
+      <c r="G34" s="1201"/>
+      <c r="H34" s="1201"/>
+      <c r="I34" s="1201"/>
+      <c r="J34" s="1201"/>
+    </row>
+    <row r="35" spans="1:37" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E35" s="1201"/>
+      <c r="F35" s="1201"/>
+      <c r="G35" s="1201"/>
+      <c r="H35" s="1201"/>
+      <c r="I35" s="1201"/>
+      <c r="J35" s="1201"/>
+    </row>
+    <row r="36" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E36" s="1202"/>
+      <c r="F36" s="1203"/>
+      <c r="G36" s="1203"/>
+      <c r="H36" s="1203"/>
+      <c r="I36" s="1203"/>
+      <c r="J36" s="1203"/>
+    </row>
+    <row r="37" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E37" s="1204"/>
+      <c r="F37" s="1204"/>
+      <c r="G37" s="1204"/>
+      <c r="H37" s="1204"/>
+      <c r="I37" s="1204"/>
+      <c r="J37" s="1204"/>
+    </row>
+    <row r="38" spans="1:37" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E38" s="1202"/>
+      <c r="F38" s="1202"/>
+      <c r="G38" s="1202"/>
+      <c r="H38" s="1202"/>
+      <c r="I38" s="1202"/>
+      <c r="J38" s="1202"/>
+    </row>
+    <row r="39" spans="1:37" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E39" s="1202"/>
+      <c r="F39" s="1202"/>
+      <c r="G39" s="1202"/>
+      <c r="H39" s="1202"/>
+      <c r="I39" s="1202"/>
+      <c r="J39" s="1202"/>
+    </row>
+    <row r="40" spans="1:37" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E40" s="1202"/>
+      <c r="F40" s="1202"/>
+      <c r="G40" s="1202"/>
+      <c r="H40" s="1202"/>
+      <c r="I40" s="1202"/>
+      <c r="J40" s="1202"/>
+    </row>
+    <row r="41" spans="1:37" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E41" s="1205"/>
+      <c r="F41" s="1205"/>
+      <c r="G41" s="1205"/>
+      <c r="H41" s="1205"/>
+      <c r="I41" s="1205"/>
+      <c r="J41" s="1205"/>
+    </row>
+    <row r="42" spans="1:37" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E42" s="1205"/>
+      <c r="F42" s="1205"/>
+      <c r="G42" s="1205"/>
+      <c r="H42" s="1205"/>
+      <c r="I42" s="1205"/>
+      <c r="J42" s="1205"/>
+    </row>
+    <row r="44" spans="1:37" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E44" s="1195" t="s">
+        <v>176</v>
+      </c>
+      <c r="F44" s="1196"/>
+      <c r="G44" s="1196"/>
+      <c r="H44" s="1196"/>
+      <c r="I44" s="1196"/>
+      <c r="J44" s="1196"/>
+      <c r="K44" s="1127"/>
+    </row>
+    <row r="45" spans="1:37" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E45" s="1197"/>
+      <c r="F45" s="1197"/>
+      <c r="G45" s="1197"/>
+      <c r="H45" s="1197"/>
+      <c r="I45" s="1197"/>
+      <c r="J45" s="1197"/>
+      <c r="K45" s="1127"/>
+    </row>
+    <row r="46" spans="1:37" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E46" s="1198" t="s">
+        <v>175</v>
+      </c>
+      <c r="F46" s="1199"/>
+      <c r="G46" s="1199"/>
+      <c r="H46" s="1199"/>
+      <c r="I46" s="1199"/>
+      <c r="J46" s="1199"/>
+      <c r="K46" s="1128"/>
+    </row>
+    <row r="47" spans="1:37" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E47" s="1199"/>
+      <c r="F47" s="1199"/>
+      <c r="G47" s="1199"/>
+      <c r="H47" s="1199"/>
+      <c r="I47" s="1199"/>
+      <c r="J47" s="1199"/>
+      <c r="K47" s="1128"/>
+    </row>
+    <row r="48" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E48" s="1195" t="s">
+        <v>174</v>
+      </c>
+      <c r="F48" s="1196"/>
+      <c r="G48" s="1196"/>
+      <c r="H48" s="1196"/>
+      <c r="I48" s="1196"/>
+      <c r="J48" s="1196"/>
+      <c r="K48" s="1128"/>
+    </row>
+    <row r="49" spans="5:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E49" s="1197"/>
+      <c r="F49" s="1197"/>
+      <c r="G49" s="1197"/>
+      <c r="H49" s="1197"/>
+      <c r="I49" s="1197"/>
+      <c r="J49" s="1197"/>
+      <c r="K49" s="1128"/>
+    </row>
+    <row r="50" spans="5:11" x14ac:dyDescent="0.25">
+      <c r="E50" s="1195" t="s">
+        <v>173</v>
+      </c>
+      <c r="F50" s="1196"/>
+      <c r="G50" s="1196"/>
+      <c r="H50" s="1196"/>
+      <c r="I50" s="1196"/>
+      <c r="J50" s="1196"/>
+      <c r="K50" s="1128"/>
+    </row>
+    <row r="51" spans="5:11" x14ac:dyDescent="0.25">
+      <c r="E51" s="1197"/>
+      <c r="F51" s="1197"/>
+      <c r="G51" s="1197"/>
+      <c r="H51" s="1197"/>
+      <c r="I51" s="1197"/>
+      <c r="J51" s="1197"/>
+      <c r="K51" s="1128"/>
+    </row>
+    <row r="52" spans="5:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E52" s="1197"/>
+      <c r="F52" s="1197"/>
+      <c r="G52" s="1197"/>
+      <c r="H52" s="1197"/>
+      <c r="I52" s="1197"/>
+      <c r="J52" s="1197"/>
+      <c r="K52" s="1128"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="pb8147ou7I5HTveYjU2ORw6WFOeET7/F8+7AL+I6SNu91V8FljXRXZqhRijbxLOO3kcqwOJ32Rxzv4eOMILncw==" saltValue="yVmKGOLt7oCODUP8Gwy/pw==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <sheetProtection password="CF68" sheet="1" objects="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <dataConsolidate/>
   <customSheetViews>
     <customSheetView guid="{A25B6F15-9B48-4230-9C30-183637D1319E}" showGridLines="0" showRowCol="0" hiddenRows="1" hiddenColumns="1" topLeftCell="A34">
       <selection activeCell="AN19" sqref="AN19"/>
       <pageMargins left="0.70866141732283461" right="0.70866141732283461" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
       <pageSetup paperSize="9" scale="52" orientation="landscape" r:id="rId1"/>
     </customSheetView>
   </customSheetViews>
-  <mergeCells count="49">
-[...3 lines deleted...]
-    <mergeCell ref="E32:J33"/>
+  <mergeCells count="50">
+    <mergeCell ref="A32:AK33"/>
+    <mergeCell ref="E44:K45"/>
+    <mergeCell ref="E46:K47"/>
+    <mergeCell ref="E48:K49"/>
+    <mergeCell ref="E50:K52"/>
     <mergeCell ref="E34:J35"/>
     <mergeCell ref="E36:J37"/>
     <mergeCell ref="E38:J40"/>
     <mergeCell ref="E42:J42"/>
     <mergeCell ref="E41:J41"/>
-    <mergeCell ref="A1:AK1"/>
-[...9 lines deleted...]
-    <mergeCell ref="M18:R19"/>
+    <mergeCell ref="A31:K31"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="E25:H25"/>
+    <mergeCell ref="E29:H29"/>
+    <mergeCell ref="K25:K27"/>
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="L22:AJ23"/>
+    <mergeCell ref="Y24:AB24"/>
+    <mergeCell ref="AF30:AI30"/>
+    <mergeCell ref="AG24:AJ24"/>
     <mergeCell ref="B20:D20"/>
     <mergeCell ref="S18:X19"/>
     <mergeCell ref="E30:H30"/>
     <mergeCell ref="C27:D28"/>
     <mergeCell ref="E26:H28"/>
     <mergeCell ref="B27:B28"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="Q24:T24"/>
     <mergeCell ref="U24:X24"/>
     <mergeCell ref="L30:AD30"/>
     <mergeCell ref="L28:AJ29"/>
     <mergeCell ref="AC24:AF24"/>
     <mergeCell ref="M24:P24"/>
     <mergeCell ref="Y18:AD19"/>
     <mergeCell ref="AE18:AJ19"/>
-    <mergeCell ref="A31:K31"/>
-[...11 lines deleted...]
-    <mergeCell ref="AG24:AJ24"/>
+    <mergeCell ref="M20:R20"/>
+    <mergeCell ref="S20:X20"/>
+    <mergeCell ref="Y20:AD20"/>
+    <mergeCell ref="AE20:AJ20"/>
+    <mergeCell ref="M18:R19"/>
+    <mergeCell ref="A1:AK1"/>
+    <mergeCell ref="AU1:AY1"/>
+    <mergeCell ref="A12:AK12"/>
+    <mergeCell ref="B15:D16"/>
+    <mergeCell ref="M15:AJ17"/>
+    <mergeCell ref="C17:D17"/>
   </mergeCells>
   <conditionalFormatting sqref="H23">
     <cfRule type="expression" dxfId="84" priority="25">
       <formula>$C$22=$AT$3</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="L25">
+    <cfRule type="expression" dxfId="83" priority="26">
+      <formula>AND(#REF!&gt;349,$AE$20&lt;20.01)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L26">
+    <cfRule type="expression" dxfId="82" priority="27">
+      <formula>AND(#REF!&gt;349,$AE$20&gt;4.99,$AE$20&lt;40.01)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L27">
+    <cfRule type="expression" dxfId="81" priority="28">
+      <formula>AND(#REF!&gt;349,$AE$20&gt;24.99,$AE$20&lt;60)</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="M25:M27">
-    <cfRule type="expression" dxfId="83" priority="24">
+    <cfRule type="expression" dxfId="80" priority="24">
       <formula>$AZ$2=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N25:N27">
-    <cfRule type="expression" dxfId="82" priority="23">
+    <cfRule type="expression" dxfId="79" priority="23">
       <formula>$AZ$2=2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O25:O27">
-    <cfRule type="expression" dxfId="81" priority="22">
+    <cfRule type="expression" dxfId="78" priority="22">
       <formula>$AZ$2=3</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P25:P27">
-    <cfRule type="expression" dxfId="80" priority="21">
+    <cfRule type="expression" dxfId="77" priority="21">
       <formula>$AZ$2=4</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Q25:Q27">
-    <cfRule type="expression" dxfId="79" priority="20">
+    <cfRule type="expression" dxfId="76" priority="20">
       <formula>$AZ$2=5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="R25:R27">
-    <cfRule type="expression" dxfId="78" priority="19">
+    <cfRule type="expression" dxfId="75" priority="19">
       <formula>$AZ$2=6</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="S25:S27">
-    <cfRule type="expression" dxfId="77" priority="18">
+    <cfRule type="expression" dxfId="74" priority="18">
       <formula>$AZ$2=7</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="T25:T27">
-    <cfRule type="expression" dxfId="76" priority="17">
+    <cfRule type="expression" dxfId="73" priority="17">
       <formula>$AZ$2=8</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U25:U27">
-    <cfRule type="expression" dxfId="75" priority="16">
+    <cfRule type="expression" dxfId="72" priority="16">
       <formula>$AZ$2=9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V25:V27">
-    <cfRule type="expression" dxfId="74" priority="15">
+    <cfRule type="expression" dxfId="71" priority="15">
       <formula>$AZ$2=10</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="W25:W27">
-    <cfRule type="expression" dxfId="73" priority="14">
+    <cfRule type="expression" dxfId="70" priority="14">
       <formula>$AZ$2=11</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="X25:X27">
-    <cfRule type="expression" dxfId="72" priority="13">
+    <cfRule type="expression" dxfId="69" priority="13">
       <formula>$AZ$2=12</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Y25:Y27">
-    <cfRule type="expression" dxfId="71" priority="12">
+    <cfRule type="expression" dxfId="68" priority="12">
       <formula>$AZ$2=13</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Z25:Z27">
-    <cfRule type="expression" dxfId="70" priority="11">
+    <cfRule type="expression" dxfId="67" priority="11">
       <formula>$AZ$2=14</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AA25:AA27">
-    <cfRule type="expression" dxfId="69" priority="10">
+    <cfRule type="expression" dxfId="66" priority="10">
       <formula>$AZ$2=15</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AB25:AB27">
-    <cfRule type="expression" dxfId="68" priority="9">
+    <cfRule type="expression" dxfId="65" priority="9">
       <formula>$AZ$2=16</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AC25:AC27">
-    <cfRule type="expression" dxfId="67" priority="8">
+    <cfRule type="expression" dxfId="64" priority="8">
       <formula>$AZ$2=17</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD25:AD27">
-    <cfRule type="expression" dxfId="66" priority="7">
+    <cfRule type="expression" dxfId="63" priority="7">
       <formula>$AZ$2=18</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE25:AE27">
-    <cfRule type="expression" dxfId="65" priority="6">
+    <cfRule type="expression" dxfId="62" priority="6">
       <formula>$AZ$2=19</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AF25:AF27">
-    <cfRule type="expression" dxfId="64" priority="5">
+    <cfRule type="expression" dxfId="61" priority="5">
       <formula>$AZ$2=20</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AG25:AG27">
-    <cfRule type="expression" dxfId="63" priority="4">
+    <cfRule type="expression" dxfId="60" priority="4">
       <formula>$AZ$2=21</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH25:AH27">
-    <cfRule type="expression" dxfId="62" priority="3">
+    <cfRule type="expression" dxfId="59" priority="3">
       <formula>$AZ$2=22</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AI25:AI27">
-    <cfRule type="expression" dxfId="61" priority="2">
+    <cfRule type="expression" dxfId="58" priority="2">
       <formula>$AZ$2=23</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AJ25:AJ27">
-    <cfRule type="expression" dxfId="60" priority="1">
+    <cfRule type="expression" dxfId="57" priority="1">
       <formula>$AZ$2=24</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="L25">
-[...13 lines deleted...]
-  </conditionalFormatting>
   <dataValidations count="5">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D22" xr:uid="{00000000-0002-0000-0E00-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D22" xr:uid="{00000000-0002-0000-0C00-000000000000}">
       <formula1>$AS$3:$AS$5</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C22" xr:uid="{00000000-0002-0000-0E00-000001000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C22" xr:uid="{00000000-0002-0000-0C00-000001000000}">
       <formula1>$AQ$2:$AQ$6</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C18:D18" xr:uid="{00000000-0002-0000-0E00-000002000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C18:D18" xr:uid="{00000000-0002-0000-0C00-000002000000}">
       <formula1>$AP$6:$AP$7</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AM9" xr:uid="{00000000-0002-0000-0E00-000003000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AM9" xr:uid="{00000000-0002-0000-0C00-000003000000}">
       <formula1>$AM$2:$AM$6</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C17:D17" xr:uid="{00000000-0002-0000-0E00-000004000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C17:D17" xr:uid="{00000000-0002-0000-0C00-000004000000}">
       <formula1>$AO$2:$AO$8</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="AL1" location="Содержание!A1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-0E00-000000000000}"/>
+    <hyperlink ref="AL1" location="Содержание!A1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-0C00-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283461" right="0.70866141732283461" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="52" orientation="landscape" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
-[...2030 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <sheetPr codeName="Лист17">
+    <tabColor theme="0" tint="-0.499984740745262"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AZ46"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A10" zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="55" workbookViewId="0">
-      <selection activeCell="D38" sqref="D38:J39"/>
+    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="55" workbookViewId="0">
+      <selection activeCell="AO20" sqref="AO20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.85546875" style="245" customWidth="1"/>
-[...48 lines deleted...]
-    <col min="55" max="16384" width="9.140625" style="245"/>
+    <col min="1" max="1" width="3.85546875" style="163" customWidth="1"/>
+    <col min="2" max="2" width="43.28515625" style="163" customWidth="1"/>
+    <col min="3" max="3" width="14.28515625" style="163" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" style="163" customWidth="1"/>
+    <col min="5" max="5" width="9.42578125" style="163" customWidth="1"/>
+    <col min="6" max="6" width="2" style="163" customWidth="1"/>
+    <col min="7" max="7" width="2.28515625" style="163" customWidth="1"/>
+    <col min="8" max="8" width="28.5703125" style="163" customWidth="1"/>
+    <col min="9" max="10" width="2.42578125" style="163" customWidth="1"/>
+    <col min="11" max="12" width="5.28515625" style="163" customWidth="1"/>
+    <col min="13" max="13" width="2" style="163" customWidth="1"/>
+    <col min="14" max="14" width="2.28515625" style="163" customWidth="1"/>
+    <col min="15" max="15" width="2" style="163" customWidth="1"/>
+    <col min="16" max="16" width="2.85546875" style="163" customWidth="1"/>
+    <col min="17" max="17" width="2.7109375" style="163" customWidth="1"/>
+    <col min="18" max="18" width="2.85546875" style="163" customWidth="1"/>
+    <col min="19" max="19" width="2.28515625" style="163" customWidth="1"/>
+    <col min="20" max="20" width="2.7109375" style="163" customWidth="1"/>
+    <col min="21" max="21" width="2.140625" style="163" customWidth="1"/>
+    <col min="22" max="22" width="2.7109375" style="163" customWidth="1"/>
+    <col min="23" max="23" width="1.7109375" style="163" customWidth="1"/>
+    <col min="24" max="24" width="2.42578125" style="163" customWidth="1"/>
+    <col min="25" max="25" width="2" style="163" customWidth="1"/>
+    <col min="26" max="26" width="1.7109375" style="163" customWidth="1"/>
+    <col min="27" max="27" width="2.42578125" style="163" customWidth="1"/>
+    <col min="28" max="28" width="2.7109375" style="163" customWidth="1"/>
+    <col min="29" max="29" width="2.42578125" style="163" customWidth="1"/>
+    <col min="30" max="30" width="2.5703125" style="163" customWidth="1"/>
+    <col min="31" max="31" width="3.42578125" style="163" customWidth="1"/>
+    <col min="32" max="32" width="2.140625" style="163" customWidth="1"/>
+    <col min="33" max="33" width="2" style="163" customWidth="1"/>
+    <col min="34" max="34" width="2.5703125" style="163" customWidth="1"/>
+    <col min="35" max="35" width="2.85546875" style="163" customWidth="1"/>
+    <col min="36" max="36" width="2" style="163" customWidth="1"/>
+    <col min="37" max="37" width="2.85546875" style="163" customWidth="1"/>
+    <col min="38" max="38" width="6" style="163" customWidth="1"/>
+    <col min="39" max="39" width="20.7109375" style="163" customWidth="1"/>
+    <col min="40" max="41" width="9.140625" style="163" customWidth="1"/>
+    <col min="42" max="42" width="9.140625" style="163" hidden="1" customWidth="1"/>
+    <col min="43" max="43" width="19.42578125" style="163" hidden="1" customWidth="1"/>
+    <col min="44" max="44" width="10.42578125" style="163" hidden="1" customWidth="1"/>
+    <col min="45" max="45" width="20.28515625" style="163" hidden="1" customWidth="1"/>
+    <col min="46" max="46" width="24" style="163" hidden="1" customWidth="1"/>
+    <col min="47" max="47" width="11.42578125" style="163" hidden="1" customWidth="1"/>
+    <col min="48" max="48" width="11.28515625" style="163" hidden="1" customWidth="1"/>
+    <col min="49" max="49" width="10.28515625" style="163" hidden="1" customWidth="1"/>
+    <col min="50" max="50" width="9" style="163" hidden="1" customWidth="1"/>
+    <col min="51" max="52" width="9.140625" style="163" hidden="1" customWidth="1"/>
+    <col min="53" max="54" width="9.140625" style="163" customWidth="1"/>
+    <col min="55" max="16384" width="9.140625" style="163"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="1340"/>
-[...63 lines deleted...]
-        <v>484</v>
+      <c r="A1" s="1246"/>
+      <c r="B1" s="1247"/>
+      <c r="C1" s="1247"/>
+      <c r="D1" s="1247"/>
+      <c r="E1" s="1247"/>
+      <c r="F1" s="1248"/>
+      <c r="G1" s="1248"/>
+      <c r="H1" s="1248"/>
+      <c r="I1" s="1248"/>
+      <c r="J1" s="1248"/>
+      <c r="K1" s="1248"/>
+      <c r="L1" s="1248"/>
+      <c r="M1" s="1248"/>
+      <c r="N1" s="1248"/>
+      <c r="O1" s="1248"/>
+      <c r="P1" s="1248"/>
+      <c r="Q1" s="1248"/>
+      <c r="R1" s="1248"/>
+      <c r="S1" s="1248"/>
+      <c r="T1" s="1248"/>
+      <c r="U1" s="1248"/>
+      <c r="V1" s="1248"/>
+      <c r="W1" s="1248"/>
+      <c r="X1" s="1248"/>
+      <c r="Y1" s="1248"/>
+      <c r="Z1" s="1248"/>
+      <c r="AA1" s="1248"/>
+      <c r="AB1" s="1248"/>
+      <c r="AC1" s="1248"/>
+      <c r="AD1" s="1248"/>
+      <c r="AE1" s="1248"/>
+      <c r="AF1" s="1248"/>
+      <c r="AG1" s="1248"/>
+      <c r="AH1" s="1248"/>
+      <c r="AI1" s="1248"/>
+      <c r="AJ1" s="1248"/>
+      <c r="AK1" s="1248"/>
+      <c r="AL1" s="292"/>
+      <c r="AM1" s="338" t="s">
+        <v>295</v>
+      </c>
+      <c r="AP1" s="216" t="s">
+        <v>255</v>
+      </c>
+      <c r="AQ1" s="216" t="s">
+        <v>197</v>
+      </c>
+      <c r="AR1" s="216" t="s">
+        <v>254</v>
+      </c>
+      <c r="AS1" s="223" t="s">
+        <v>253</v>
+      </c>
+      <c r="AT1" s="226" t="s">
+        <v>252</v>
+      </c>
+      <c r="AU1" s="1133" t="s">
+        <v>251</v>
+      </c>
+      <c r="AV1" s="1133"/>
+      <c r="AW1" s="1133"/>
+      <c r="AX1" s="1133"/>
+      <c r="AY1" s="1133"/>
+      <c r="AZ1" s="228" t="s">
+        <v>250</v>
       </c>
     </row>
     <row r="2" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="379"/>
-[...6 lines deleted...]
-      <c r="AP2" s="299">
+      <c r="A2" s="293"/>
+      <c r="B2" s="274"/>
+      <c r="C2" s="274"/>
+      <c r="D2" s="274"/>
+      <c r="E2" s="274"/>
+      <c r="AL2" s="231"/>
+      <c r="AN2" s="275"/>
+      <c r="AP2" s="216">
         <v>270</v>
       </c>
-      <c r="AQ2" s="299" t="s">
-[...2 lines deleted...]
-      <c r="AR2" s="299">
+      <c r="AQ2" s="216" t="s">
+        <v>244</v>
+      </c>
+      <c r="AR2" s="216">
         <v>680</v>
       </c>
-      <c r="AS2" s="306" t="s">
-[...20 lines deleted...]
-      <c r="AZ2" s="245">
+      <c r="AS2" s="223" t="s">
+        <v>243</v>
+      </c>
+      <c r="AT2" s="226" t="s">
+        <v>242</v>
+      </c>
+      <c r="AU2" s="223" t="s">
+        <v>241</v>
+      </c>
+      <c r="AV2" s="223" t="s">
+        <v>240</v>
+      </c>
+      <c r="AW2" s="223" t="s">
+        <v>239</v>
+      </c>
+      <c r="AX2" s="223" t="s">
+        <v>238</v>
+      </c>
+      <c r="AY2" s="223" t="s">
+        <v>237</v>
+      </c>
+      <c r="AZ2" s="163">
         <f>IF(AE20&lt;0,0,IF(AE20&lt;2.51,1,IF(AE20&lt;5.01,2,IF(AE20&lt;7.51,3,IF(AE20&lt;10.01,4,IF(AE20&lt;12.51,5,IF(AE20&lt;15.01,6,IF(AE20&lt;17.51,7,IF(AE20&lt;20.01,8,IF(AE20&lt;22.51,9,IF(AE20&lt;25.01,10,IF(AE20&lt;27.51,11,IF(AE20&lt;30.01,12,IF(AE20&lt;32.51,13,IF(AE20&lt;35.01,14,IF(AE20&lt;37.51,15,IF(AE20&lt;40.01,16,IF(AE20&lt;42.51,17,IF(AE20&lt;45.01,18,IF(AE20&lt;47.51,19,IF(AE20&lt;50.01,20,IF(AE20&lt;52.51,21,IF(AE20&lt;55.01,22,IF(AE20&lt;57.51,23,IF(AE20&lt;60,24,25)))))))))))))))))))))))))</f>
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="379"/>
-[...5 lines deleted...]
-      <c r="AP3" s="299">
+      <c r="A3" s="293"/>
+      <c r="B3" s="274"/>
+      <c r="C3" s="274"/>
+      <c r="D3" s="274"/>
+      <c r="E3" s="274"/>
+      <c r="AL3" s="231"/>
+      <c r="AP3" s="216">
         <v>300</v>
       </c>
-      <c r="AQ3" s="299" t="s">
-[...2 lines deleted...]
-      <c r="AR3" s="299">
+      <c r="AQ3" s="216" t="s">
+        <v>234</v>
+      </c>
+      <c r="AR3" s="216">
         <v>550</v>
       </c>
-      <c r="AS3" s="306" t="s">
-[...8 lines deleted...]
-      <c r="AV3" s="306">
+      <c r="AS3" s="223" t="s">
+        <v>233</v>
+      </c>
+      <c r="AT3" s="226" t="s">
+        <v>232</v>
+      </c>
+      <c r="AU3" s="223" t="s">
+        <v>280</v>
+      </c>
+      <c r="AV3" s="223">
         <f>(C25-10)*C27/1000000</f>
         <v>9.8000000000000004E-2</v>
       </c>
-      <c r="AW3" s="306">
+      <c r="AW3" s="223">
         <f>IF(C18=AQ2,AR2,IF(C18=AQ3,AR3,IF(C18=AQ4,AR4,IF(C18=AQ5,AR5,IF(C18=AQ6,AR6,IF(C18=AQ7,AR7,0))))))</f>
         <v>680</v>
       </c>
-      <c r="AX3" s="306">
+      <c r="AX3" s="223">
         <f>IF(D18=AS2,10,IF(D18=AS3,16,IF(D18=AS4,18,IF(D18=AS5,19,IF(D18=AS6,4,0)))))</f>
         <v>16</v>
       </c>
-      <c r="AY3" s="306">
+      <c r="AY3" s="223">
         <f t="shared" ref="AY3:AY8" si="0">AV3*AW3*AX3/1000</f>
         <v>1.0662400000000001</v>
       </c>
     </row>
     <row r="4" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="379"/>
-[...5 lines deleted...]
-      <c r="AP4" s="299">
+      <c r="A4" s="293"/>
+      <c r="B4" s="274"/>
+      <c r="C4" s="274"/>
+      <c r="D4" s="274"/>
+      <c r="E4" s="274"/>
+      <c r="AL4" s="231"/>
+      <c r="AP4" s="216">
         <v>350</v>
       </c>
-      <c r="AQ4" s="299" t="s">
-[...2 lines deleted...]
-      <c r="AR4" s="299">
+      <c r="AQ4" s="216" t="s">
+        <v>228</v>
+      </c>
+      <c r="AR4" s="216">
         <v>750</v>
       </c>
-      <c r="AS4" s="306" t="s">
-[...5 lines deleted...]
-      <c r="AV4" s="306">
+      <c r="AS4" s="223" t="s">
+        <v>227</v>
+      </c>
+      <c r="AU4" s="223" t="s">
+        <v>279</v>
+      </c>
+      <c r="AV4" s="223">
         <f>(C25-10)*C27/1000000</f>
         <v>9.8000000000000004E-2</v>
       </c>
-      <c r="AW4" s="306">
+      <c r="AW4" s="223">
         <f>IF(C18=AQ2,AR2,IF(C18=AQ3,AR3,IF(C18=AQ4,AR4,IF(C18=AQ5,AR5,IF(C18=AQ6,AR6,IF(C18=AQ7,AR7,0))))))</f>
         <v>680</v>
       </c>
-      <c r="AX4" s="306">
+      <c r="AX4" s="223">
         <f>IF(D18=AS2,10,IF(D18=AS3,16,IF(D18=AS4,18,IF(D18=AS5,19,IF(D18=AS6,4,0)))))</f>
         <v>16</v>
       </c>
-      <c r="AY4" s="306">
+      <c r="AY4" s="223">
         <f t="shared" si="0"/>
         <v>1.0662400000000001</v>
       </c>
     </row>
     <row r="5" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="379"/>
-[...5 lines deleted...]
-      <c r="AP5" s="299">
+      <c r="A5" s="293"/>
+      <c r="B5" s="274"/>
+      <c r="C5" s="274"/>
+      <c r="D5" s="274"/>
+      <c r="E5" s="274"/>
+      <c r="AL5" s="231"/>
+      <c r="AP5" s="216">
         <v>400</v>
       </c>
-      <c r="AQ5" s="299" t="s">
-[...2 lines deleted...]
-      <c r="AR5" s="299">
+      <c r="AQ5" s="216" t="s">
+        <v>223</v>
+      </c>
+      <c r="AR5" s="216">
         <v>690</v>
       </c>
-      <c r="AS5" s="306" t="s">
-[...5 lines deleted...]
-      <c r="AV5" s="306">
+      <c r="AS5" s="223" t="s">
+        <v>194</v>
+      </c>
+      <c r="AU5" s="223" t="s">
+        <v>278</v>
+      </c>
+      <c r="AV5" s="223">
         <f>(C26-42)*C27/1000000</f>
         <v>0.1116</v>
       </c>
-      <c r="AW5" s="306">
+      <c r="AW5" s="223">
         <f>IF(C18=AQ2,AR2,IF(C18=AQ3,AR3,IF(C18=AQ4,AR4,IF(C18=AQ5,AR5,IF(C18=AQ6,AR6,IF(C18=AQ7,AR7,0))))))</f>
         <v>680</v>
       </c>
-      <c r="AX5" s="306">
+      <c r="AX5" s="223">
         <f>IF(D18=AS2,10,IF(D18=AS3,16,IF(D18=AS4,18,IF(D18=AS5,19,IF(D18=AS6,4,0)))))</f>
         <v>16</v>
       </c>
-      <c r="AY5" s="306">
+      <c r="AY5" s="223">
         <f t="shared" si="0"/>
         <v>1.2142080000000002</v>
       </c>
     </row>
     <row r="6" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="379"/>
-[...5 lines deleted...]
-      <c r="AP6" s="299">
+      <c r="A6" s="293"/>
+      <c r="B6" s="274"/>
+      <c r="C6" s="274"/>
+      <c r="D6" s="274"/>
+      <c r="E6" s="274"/>
+      <c r="AL6" s="231"/>
+      <c r="AP6" s="216">
         <v>450</v>
       </c>
-      <c r="AQ6" s="299" t="s">
-[...2 lines deleted...]
-      <c r="AR6" s="299">
+      <c r="AQ6" s="216" t="s">
+        <v>195</v>
+      </c>
+      <c r="AR6" s="216">
         <v>760</v>
       </c>
-      <c r="AS6" s="306" t="s">
-[...5 lines deleted...]
-      <c r="AV6" s="306">
+      <c r="AS6" s="223" t="s">
+        <v>219</v>
+      </c>
+      <c r="AU6" s="223" t="s">
+        <v>277</v>
+      </c>
+      <c r="AV6" s="223">
         <f>IF(C22=AT2,(C26-42)*C27/1000000,0)</f>
         <v>0.1116</v>
       </c>
-      <c r="AW6" s="306">
+      <c r="AW6" s="223">
         <f>IF(C18=AQ2,AR2,IF(C18=AQ3,AR3,IF(C18=AQ4,AR4,IF(C18=AQ5,AR5,IF(C18=AQ6,AR6,IF(C18=AQ7,AR7,0))))))</f>
         <v>680</v>
       </c>
-      <c r="AX6" s="306">
+      <c r="AX6" s="223">
         <f>IF(D18=AS2,10,IF(D18=AS3,16,IF(D18=AS4,18,IF(D18=AS5,19,IF(D18=AS6,4,0)))))</f>
         <v>16</v>
       </c>
-      <c r="AY6" s="306">
+      <c r="AY6" s="223">
         <f t="shared" si="0"/>
         <v>1.2142080000000002</v>
       </c>
     </row>
     <row r="7" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="379"/>
-[...5 lines deleted...]
-      <c r="AP7" s="299">
+      <c r="A7" s="293"/>
+      <c r="B7" s="274"/>
+      <c r="C7" s="274"/>
+      <c r="D7" s="274"/>
+      <c r="E7" s="274"/>
+      <c r="AL7" s="231"/>
+      <c r="AP7" s="216">
         <v>500</v>
       </c>
-      <c r="AQ7" s="299" t="s">
-[...2 lines deleted...]
-      <c r="AR7" s="299">
+      <c r="AQ7" s="216" t="s">
+        <v>215</v>
+      </c>
+      <c r="AR7" s="216">
         <v>900</v>
       </c>
-      <c r="AS7" s="306"/>
-[...3 lines deleted...]
-      <c r="AV7" s="306">
+      <c r="AS7" s="223"/>
+      <c r="AU7" s="223" t="s">
+        <v>276</v>
+      </c>
+      <c r="AV7" s="223">
         <f>IF(C22=AT2,(C26-42)*(C25-10-(AX5*2))/1000000,(C26-42)*(C25-10-AX5)/1000000)</f>
         <v>0.25556400000000001</v>
       </c>
-      <c r="AW7" s="306">
+      <c r="AW7" s="223">
         <f>IF(C19=AQ2,AR2,IF(C19=AQ3,AR3,IF(C19=AQ4,AR4,IF(C19=AQ5,AR5,IF(C19=AQ6,AR6,IF(C19=AQ7,AR7,0))))))</f>
         <v>680</v>
       </c>
-      <c r="AX7" s="306">
+      <c r="AX7" s="223">
         <f>IF(D19=AS2,10,IF(D19=AS3,16,IF(D19=AS4,18,IF(D19=AS5,19,IF(D19=AS6,4,0)))))</f>
         <v>16</v>
       </c>
-      <c r="AY7" s="306">
+      <c r="AY7" s="223">
         <f t="shared" si="0"/>
         <v>2.78053632</v>
       </c>
     </row>
     <row r="8" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="379"/>
-[...5 lines deleted...]
-      <c r="AP8" s="299">
+      <c r="A8" s="293"/>
+      <c r="B8" s="274"/>
+      <c r="C8" s="274"/>
+      <c r="D8" s="274"/>
+      <c r="E8" s="274"/>
+      <c r="AL8" s="231"/>
+      <c r="AP8" s="216">
         <v>550</v>
       </c>
-      <c r="AQ8" s="247"/>
-[...4 lines deleted...]
-      <c r="AV8" s="306">
+      <c r="AQ8" s="164"/>
+      <c r="AR8" s="164"/>
+      <c r="AU8" s="223" t="s">
+        <v>275</v>
+      </c>
+      <c r="AV8" s="223">
         <f>C28*C29/1000000</f>
         <v>0.21</v>
       </c>
-      <c r="AW8" s="306">
+      <c r="AW8" s="223">
         <f>IF(C20=AQ2,AR2,IF(C20=AQ3,AR3,IF(C20=AQ4,AR4,IF(C20=AQ5,AR5,IF(C20=AQ6,AR6,IF(C20=AQ7,AR7,0))))))</f>
         <v>760</v>
       </c>
-      <c r="AX8" s="306">
+      <c r="AX8" s="223">
         <f>IF(D20=AS2,10,IF(D20=AS3,16,IF(D20=AS4,18,IF(D20=AS5,19,IF(D20=AS6,4,0)))))</f>
         <v>19</v>
       </c>
-      <c r="AY8" s="306">
+      <c r="AY8" s="223">
         <f t="shared" si="0"/>
         <v>3.0324</v>
       </c>
     </row>
     <row r="9" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="379"/>
-[...5 lines deleted...]
-      <c r="AP9" s="299">
+      <c r="A9" s="293"/>
+      <c r="B9" s="274"/>
+      <c r="C9" s="274"/>
+      <c r="D9" s="274"/>
+      <c r="E9" s="274"/>
+      <c r="AL9" s="231"/>
+      <c r="AP9" s="216">
         <v>600</v>
       </c>
-      <c r="AQ9" s="247"/>
-[...1 lines deleted...]
-      <c r="AY9" s="305">
+      <c r="AQ9" s="164"/>
+      <c r="AR9" s="164"/>
+      <c r="AY9" s="222">
         <f>SUM(AY3:AY8)</f>
         <v>10.373832320000002</v>
       </c>
     </row>
     <row r="10" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="379"/>
-[...5 lines deleted...]
-      <c r="AP10" s="299">
+      <c r="A10" s="293"/>
+      <c r="B10" s="274"/>
+      <c r="C10" s="274"/>
+      <c r="D10" s="274"/>
+      <c r="E10" s="274"/>
+      <c r="AL10" s="231"/>
+      <c r="AP10" s="216">
         <v>650</v>
       </c>
-      <c r="AQ10" s="247"/>
-[...1 lines deleted...]
-      <c r="AY10" s="307"/>
+      <c r="AQ10" s="164"/>
+      <c r="AR10" s="164"/>
+      <c r="AY10" s="224"/>
     </row>
     <row r="11" spans="1:52" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="379"/>
-[...5 lines deleted...]
-      <c r="AP11" s="299">
+      <c r="A11" s="293"/>
+      <c r="B11" s="274"/>
+      <c r="C11" s="274"/>
+      <c r="D11" s="274"/>
+      <c r="E11" s="274"/>
+      <c r="AL11" s="231"/>
+      <c r="AP11" s="216">
         <v>700</v>
       </c>
-      <c r="AQ11" s="247"/>
-      <c r="AR11" s="247"/>
+      <c r="AQ11" s="164"/>
+      <c r="AR11" s="164"/>
     </row>
     <row r="12" spans="1:52" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="1343" t="s">
-[...39 lines deleted...]
-      <c r="AP12" s="299">
+      <c r="A12" s="1249" t="s">
+        <v>210</v>
+      </c>
+      <c r="B12" s="1250"/>
+      <c r="C12" s="1250"/>
+      <c r="D12" s="1250"/>
+      <c r="E12" s="1250"/>
+      <c r="F12" s="1250"/>
+      <c r="G12" s="1250"/>
+      <c r="H12" s="1250"/>
+      <c r="I12" s="1250"/>
+      <c r="J12" s="1250"/>
+      <c r="K12" s="1251"/>
+      <c r="L12" s="1251"/>
+      <c r="M12" s="1251"/>
+      <c r="N12" s="1251"/>
+      <c r="O12" s="1251"/>
+      <c r="P12" s="1251"/>
+      <c r="Q12" s="1251"/>
+      <c r="R12" s="1251"/>
+      <c r="S12" s="1251"/>
+      <c r="T12" s="1251"/>
+      <c r="U12" s="1251"/>
+      <c r="V12" s="1251"/>
+      <c r="W12" s="1251"/>
+      <c r="X12" s="1251"/>
+      <c r="Y12" s="1251"/>
+      <c r="Z12" s="1251"/>
+      <c r="AA12" s="1251"/>
+      <c r="AB12" s="1251"/>
+      <c r="AC12" s="1251"/>
+      <c r="AD12" s="1251"/>
+      <c r="AE12" s="1251"/>
+      <c r="AF12" s="1251"/>
+      <c r="AG12" s="1251"/>
+      <c r="AH12" s="1251"/>
+      <c r="AI12" s="1251"/>
+      <c r="AJ12" s="1251"/>
+      <c r="AK12" s="1251"/>
+      <c r="AL12" s="231"/>
+      <c r="AP12" s="216">
         <v>750</v>
       </c>
-      <c r="AQ12" s="247"/>
-      <c r="AR12" s="247"/>
+      <c r="AQ12" s="164"/>
+      <c r="AR12" s="164"/>
     </row>
     <row r="13" spans="1:52" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="381" t="s">
-[...41 lines deleted...]
-      <c r="AR13" s="247"/>
+      <c r="A13" s="295" t="s">
+        <v>285</v>
+      </c>
+      <c r="B13" s="296"/>
+      <c r="C13" s="296"/>
+      <c r="D13" s="296"/>
+      <c r="E13" s="296"/>
+      <c r="F13" s="297"/>
+      <c r="G13" s="296"/>
+      <c r="H13" s="296"/>
+      <c r="I13" s="298"/>
+      <c r="J13" s="296"/>
+      <c r="K13" s="296"/>
+      <c r="L13" s="296"/>
+      <c r="M13" s="296"/>
+      <c r="N13" s="296"/>
+      <c r="O13" s="296"/>
+      <c r="P13" s="296"/>
+      <c r="Q13" s="296"/>
+      <c r="R13" s="296"/>
+      <c r="S13" s="296"/>
+      <c r="T13" s="296"/>
+      <c r="U13" s="296"/>
+      <c r="V13" s="296"/>
+      <c r="W13" s="296"/>
+      <c r="X13" s="296"/>
+      <c r="Y13" s="296"/>
+      <c r="Z13" s="296"/>
+      <c r="AA13" s="296"/>
+      <c r="AB13" s="296"/>
+      <c r="AC13" s="296"/>
+      <c r="AD13" s="296"/>
+      <c r="AE13" s="296"/>
+      <c r="AF13" s="296"/>
+      <c r="AG13" s="296"/>
+      <c r="AH13" s="296"/>
+      <c r="AI13" s="296"/>
+      <c r="AJ13" s="296"/>
+      <c r="AK13" s="296"/>
+      <c r="AL13" s="231"/>
+      <c r="AP13" s="164"/>
+      <c r="AQ13" s="164"/>
+      <c r="AR13" s="164"/>
     </row>
     <row r="14" spans="1:52" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="385" t="s">
-[...41 lines deleted...]
-      <c r="AR14" s="247"/>
+      <c r="A14" s="299" t="s">
+        <v>286</v>
+      </c>
+      <c r="B14" s="296"/>
+      <c r="C14" s="296"/>
+      <c r="D14" s="296"/>
+      <c r="E14" s="296"/>
+      <c r="F14" s="300"/>
+      <c r="G14" s="296"/>
+      <c r="H14" s="296"/>
+      <c r="I14" s="298"/>
+      <c r="J14" s="296"/>
+      <c r="K14" s="296"/>
+      <c r="L14" s="296"/>
+      <c r="M14" s="296"/>
+      <c r="N14" s="296"/>
+      <c r="O14" s="296"/>
+      <c r="P14" s="296"/>
+      <c r="Q14" s="296"/>
+      <c r="R14" s="296"/>
+      <c r="S14" s="296"/>
+      <c r="T14" s="296"/>
+      <c r="U14" s="296"/>
+      <c r="V14" s="296"/>
+      <c r="W14" s="296"/>
+      <c r="X14" s="296"/>
+      <c r="Y14" s="296"/>
+      <c r="Z14" s="296"/>
+      <c r="AA14" s="296"/>
+      <c r="AB14" s="296"/>
+      <c r="AC14" s="296"/>
+      <c r="AD14" s="296"/>
+      <c r="AE14" s="296"/>
+      <c r="AF14" s="296"/>
+      <c r="AG14" s="296"/>
+      <c r="AH14" s="296"/>
+      <c r="AI14" s="296"/>
+      <c r="AJ14" s="296"/>
+      <c r="AK14" s="296"/>
+      <c r="AL14" s="230"/>
+      <c r="AP14" s="164"/>
+      <c r="AQ14" s="164"/>
+      <c r="AR14" s="164"/>
     </row>
     <row r="15" spans="1:52" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="355"/>
-[...43 lines deleted...]
-      <c r="AR15" s="247"/>
+      <c r="A15" s="269"/>
+      <c r="B15" s="1152" t="s">
+        <v>274</v>
+      </c>
+      <c r="C15" s="1153"/>
+      <c r="D15" s="1154"/>
+      <c r="E15" s="165"/>
+      <c r="F15" s="165"/>
+      <c r="G15" s="165"/>
+      <c r="H15" s="165"/>
+      <c r="I15" s="165"/>
+      <c r="J15" s="165"/>
+      <c r="K15" s="273"/>
+      <c r="L15" s="272"/>
+      <c r="M15" s="1230" t="s">
+        <v>287</v>
+      </c>
+      <c r="N15" s="1230"/>
+      <c r="O15" s="1230"/>
+      <c r="P15" s="1230"/>
+      <c r="Q15" s="1230"/>
+      <c r="R15" s="1230"/>
+      <c r="S15" s="1230"/>
+      <c r="T15" s="1230"/>
+      <c r="U15" s="1230"/>
+      <c r="V15" s="1230"/>
+      <c r="W15" s="1230"/>
+      <c r="X15" s="1230"/>
+      <c r="Y15" s="1230"/>
+      <c r="Z15" s="1230"/>
+      <c r="AA15" s="1230"/>
+      <c r="AB15" s="1230"/>
+      <c r="AC15" s="1230"/>
+      <c r="AD15" s="1230"/>
+      <c r="AE15" s="1230"/>
+      <c r="AF15" s="1230"/>
+      <c r="AG15" s="1230"/>
+      <c r="AH15" s="1230"/>
+      <c r="AI15" s="1230"/>
+      <c r="AJ15" s="1230"/>
+      <c r="AK15" s="271"/>
+      <c r="AL15" s="244"/>
+      <c r="AP15" s="164"/>
+      <c r="AQ15" s="164"/>
+      <c r="AR15" s="164"/>
     </row>
     <row r="16" spans="1:52" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="355"/>
-[...5 lines deleted...]
-      <c r="G16" s="1352" t="str">
+      <c r="A16" s="269"/>
+      <c r="B16" s="1252"/>
+      <c r="C16" s="1253"/>
+      <c r="D16" s="1254"/>
+      <c r="E16" s="165"/>
+      <c r="F16" s="165"/>
+      <c r="G16" s="1258" t="str">
         <f>D18</f>
         <v>16 мм</v>
       </c>
-      <c r="H16" s="356" t="str">
+      <c r="H16" s="270" t="str">
         <f>D18</f>
         <v>16 мм</v>
       </c>
-      <c r="I16" s="1376" t="str">
+      <c r="I16" s="1235" t="str">
         <f>D18</f>
         <v>16 мм</v>
       </c>
-      <c r="J16" s="248"/>
-[...30 lines deleted...]
-      <c r="AR16" s="247"/>
+      <c r="J16" s="165"/>
+      <c r="K16" s="269"/>
+      <c r="L16" s="208"/>
+      <c r="M16" s="1231"/>
+      <c r="N16" s="1231"/>
+      <c r="O16" s="1231"/>
+      <c r="P16" s="1231"/>
+      <c r="Q16" s="1231"/>
+      <c r="R16" s="1231"/>
+      <c r="S16" s="1231"/>
+      <c r="T16" s="1231"/>
+      <c r="U16" s="1231"/>
+      <c r="V16" s="1231"/>
+      <c r="W16" s="1231"/>
+      <c r="X16" s="1231"/>
+      <c r="Y16" s="1231"/>
+      <c r="Z16" s="1231"/>
+      <c r="AA16" s="1231"/>
+      <c r="AB16" s="1231"/>
+      <c r="AC16" s="1231"/>
+      <c r="AD16" s="1231"/>
+      <c r="AE16" s="1231"/>
+      <c r="AF16" s="1231"/>
+      <c r="AG16" s="1231"/>
+      <c r="AH16" s="1231"/>
+      <c r="AI16" s="1231"/>
+      <c r="AJ16" s="1231"/>
+      <c r="AK16" s="201"/>
+      <c r="AL16" s="244"/>
+      <c r="AP16" s="164"/>
+      <c r="AQ16" s="164"/>
+      <c r="AR16" s="164"/>
     </row>
     <row r="17" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="355"/>
-[...10 lines deleted...]
-      <c r="H17" s="1349" t="str">
+      <c r="A17" s="269"/>
+      <c r="B17" s="204"/>
+      <c r="C17" s="268" t="s">
+        <v>197</v>
+      </c>
+      <c r="D17" s="268" t="s">
+        <v>196</v>
+      </c>
+      <c r="E17" s="166"/>
+      <c r="F17" s="166"/>
+      <c r="G17" s="1259"/>
+      <c r="H17" s="1255" t="str">
         <f>D19</f>
         <v>16 мм</v>
       </c>
-      <c r="I17" s="1377"/>
-[...31 lines deleted...]
-      <c r="AR17" s="247"/>
+      <c r="I17" s="1236"/>
+      <c r="J17" s="166"/>
+      <c r="K17" s="245"/>
+      <c r="L17" s="208"/>
+      <c r="M17" s="1231"/>
+      <c r="N17" s="1231"/>
+      <c r="O17" s="1231"/>
+      <c r="P17" s="1231"/>
+      <c r="Q17" s="1231"/>
+      <c r="R17" s="1231"/>
+      <c r="S17" s="1231"/>
+      <c r="T17" s="1231"/>
+      <c r="U17" s="1231"/>
+      <c r="V17" s="1231"/>
+      <c r="W17" s="1231"/>
+      <c r="X17" s="1231"/>
+      <c r="Y17" s="1231"/>
+      <c r="Z17" s="1231"/>
+      <c r="AA17" s="1231"/>
+      <c r="AB17" s="1231"/>
+      <c r="AC17" s="1231"/>
+      <c r="AD17" s="1231"/>
+      <c r="AE17" s="1231"/>
+      <c r="AF17" s="1231"/>
+      <c r="AG17" s="1231"/>
+      <c r="AH17" s="1231"/>
+      <c r="AI17" s="1231"/>
+      <c r="AJ17" s="1231"/>
+      <c r="AK17" s="201"/>
+      <c r="AL17" s="244"/>
+      <c r="AP17" s="164"/>
+      <c r="AQ17" s="164"/>
+      <c r="AR17" s="164"/>
     </row>
     <row r="18" spans="1:44" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="355"/>
-[...9 lines deleted...]
-      <c r="E18" s="1383" t="str">
+      <c r="A18" s="269"/>
+      <c r="B18" s="267" t="s">
+        <v>273</v>
+      </c>
+      <c r="C18" s="280" t="s">
+        <v>244</v>
+      </c>
+      <c r="D18" s="280" t="s">
+        <v>233</v>
+      </c>
+      <c r="E18" s="1239" t="str">
         <f>IF(AX3&gt;16,"Требуется доп. фрезеровка","")</f>
         <v/>
       </c>
-      <c r="F18" s="1383"/>
-[...42 lines deleted...]
-      <c r="AR18" s="247"/>
+      <c r="F18" s="1239"/>
+      <c r="G18" s="1259"/>
+      <c r="H18" s="1255"/>
+      <c r="I18" s="1236"/>
+      <c r="J18" s="166"/>
+      <c r="K18" s="245"/>
+      <c r="L18" s="201"/>
+      <c r="M18" s="1220" t="s">
+        <v>203</v>
+      </c>
+      <c r="N18" s="1221"/>
+      <c r="O18" s="1221"/>
+      <c r="P18" s="1221"/>
+      <c r="Q18" s="1221"/>
+      <c r="R18" s="1222"/>
+      <c r="S18" s="1220" t="s">
+        <v>202</v>
+      </c>
+      <c r="T18" s="1221"/>
+      <c r="U18" s="1221"/>
+      <c r="V18" s="1221"/>
+      <c r="W18" s="1221"/>
+      <c r="X18" s="1222"/>
+      <c r="Y18" s="1220" t="s">
+        <v>201</v>
+      </c>
+      <c r="Z18" s="1221"/>
+      <c r="AA18" s="1221"/>
+      <c r="AB18" s="1221"/>
+      <c r="AC18" s="1221"/>
+      <c r="AD18" s="1222"/>
+      <c r="AE18" s="1220" t="s">
+        <v>200</v>
+      </c>
+      <c r="AF18" s="1221"/>
+      <c r="AG18" s="1221"/>
+      <c r="AH18" s="1221"/>
+      <c r="AI18" s="1221"/>
+      <c r="AJ18" s="1222"/>
+      <c r="AK18" s="201"/>
+      <c r="AL18" s="244"/>
+      <c r="AP18" s="164"/>
+      <c r="AQ18" s="164"/>
+      <c r="AR18" s="164"/>
     </row>
     <row r="19" spans="1:44" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="355"/>
-[...45 lines deleted...]
-      <c r="AR19" s="247"/>
+      <c r="A19" s="269"/>
+      <c r="B19" s="267" t="s">
+        <v>272</v>
+      </c>
+      <c r="C19" s="280" t="s">
+        <v>244</v>
+      </c>
+      <c r="D19" s="280" t="s">
+        <v>233</v>
+      </c>
+      <c r="E19" s="166"/>
+      <c r="F19" s="166"/>
+      <c r="G19" s="1259"/>
+      <c r="H19" s="1255"/>
+      <c r="I19" s="1236"/>
+      <c r="J19" s="166"/>
+      <c r="K19" s="245"/>
+      <c r="L19" s="201"/>
+      <c r="M19" s="1223"/>
+      <c r="N19" s="1224"/>
+      <c r="O19" s="1224"/>
+      <c r="P19" s="1224"/>
+      <c r="Q19" s="1224"/>
+      <c r="R19" s="1225"/>
+      <c r="S19" s="1223"/>
+      <c r="T19" s="1224"/>
+      <c r="U19" s="1224"/>
+      <c r="V19" s="1224"/>
+      <c r="W19" s="1224"/>
+      <c r="X19" s="1225"/>
+      <c r="Y19" s="1223"/>
+      <c r="Z19" s="1224"/>
+      <c r="AA19" s="1224"/>
+      <c r="AB19" s="1224"/>
+      <c r="AC19" s="1224"/>
+      <c r="AD19" s="1225"/>
+      <c r="AE19" s="1223"/>
+      <c r="AF19" s="1224"/>
+      <c r="AG19" s="1224"/>
+      <c r="AH19" s="1224"/>
+      <c r="AI19" s="1224"/>
+      <c r="AJ19" s="1225"/>
+      <c r="AK19" s="201"/>
+      <c r="AL19" s="244"/>
+      <c r="AP19" s="164"/>
+      <c r="AQ19" s="164"/>
+      <c r="AR19" s="164"/>
     </row>
     <row r="20" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="355"/>
-[...17 lines deleted...]
-      <c r="M20" s="1365">
+      <c r="A20" s="269"/>
+      <c r="B20" s="267" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" s="280" t="s">
+        <v>195</v>
+      </c>
+      <c r="D20" s="280" t="s">
+        <v>194</v>
+      </c>
+      <c r="E20" s="166"/>
+      <c r="F20" s="166"/>
+      <c r="G20" s="1259"/>
+      <c r="H20" s="1255"/>
+      <c r="I20" s="1236"/>
+      <c r="J20" s="166"/>
+      <c r="K20" s="245"/>
+      <c r="L20" s="201"/>
+      <c r="M20" s="1226">
         <f>AY9</f>
         <v>10.373832320000002</v>
       </c>
-      <c r="N20" s="1366"/>
-[...4 lines deleted...]
-      <c r="S20" s="1373">
+      <c r="N20" s="1227"/>
+      <c r="O20" s="1227"/>
+      <c r="P20" s="1227"/>
+      <c r="Q20" s="1227"/>
+      <c r="R20" s="1228"/>
+      <c r="S20" s="1232">
         <f>C31/1000</f>
         <v>0</v>
       </c>
-      <c r="T20" s="1374"/>
-[...4 lines deleted...]
-      <c r="Y20" s="1365">
+      <c r="T20" s="1233"/>
+      <c r="U20" s="1233"/>
+      <c r="V20" s="1233"/>
+      <c r="W20" s="1233"/>
+      <c r="X20" s="1234"/>
+      <c r="Y20" s="1226">
         <f>C32</f>
-        <v>20</v>
-[...6 lines deleted...]
-      <c r="AE20" s="1365">
+        <v>40</v>
+      </c>
+      <c r="Z20" s="1227"/>
+      <c r="AA20" s="1227"/>
+      <c r="AB20" s="1227"/>
+      <c r="AC20" s="1227"/>
+      <c r="AD20" s="1228"/>
+      <c r="AE20" s="1226">
         <f>M20+S20+Y20</f>
-        <v>30.373832320000002</v>
-[...10 lines deleted...]
-      <c r="AR20" s="247"/>
+        <v>50.373832320000005</v>
+      </c>
+      <c r="AF20" s="1227"/>
+      <c r="AG20" s="1227"/>
+      <c r="AH20" s="1227"/>
+      <c r="AI20" s="1227"/>
+      <c r="AJ20" s="1228"/>
+      <c r="AK20" s="201"/>
+      <c r="AL20" s="244"/>
+      <c r="AP20" s="164"/>
+      <c r="AQ20" s="164"/>
+      <c r="AR20" s="164"/>
     </row>
     <row r="21" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="355"/>
-[...41 lines deleted...]
-      <c r="AR21" s="247"/>
+      <c r="A21" s="269"/>
+      <c r="B21" s="1137" t="s">
+        <v>271</v>
+      </c>
+      <c r="C21" s="1137"/>
+      <c r="D21" s="1137"/>
+      <c r="E21" s="166"/>
+      <c r="F21" s="166"/>
+      <c r="G21" s="1259"/>
+      <c r="H21" s="1255"/>
+      <c r="I21" s="1236"/>
+      <c r="J21" s="166"/>
+      <c r="K21" s="245"/>
+      <c r="L21" s="201"/>
+      <c r="M21" s="266"/>
+      <c r="N21" s="266"/>
+      <c r="O21" s="266"/>
+      <c r="P21" s="266"/>
+      <c r="Q21" s="266"/>
+      <c r="R21" s="266"/>
+      <c r="S21" s="266"/>
+      <c r="T21" s="266"/>
+      <c r="U21" s="266"/>
+      <c r="V21" s="266"/>
+      <c r="W21" s="266"/>
+      <c r="X21" s="266"/>
+      <c r="Y21" s="266"/>
+      <c r="Z21" s="266"/>
+      <c r="AA21" s="266"/>
+      <c r="AB21" s="266"/>
+      <c r="AC21" s="266"/>
+      <c r="AD21" s="266"/>
+      <c r="AE21" s="199"/>
+      <c r="AF21" s="199"/>
+      <c r="AG21" s="199"/>
+      <c r="AH21" s="199"/>
+      <c r="AI21" s="199"/>
+      <c r="AJ21" s="199"/>
+      <c r="AK21" s="201"/>
+      <c r="AL21" s="244"/>
+      <c r="AP21" s="164"/>
+      <c r="AQ21" s="164"/>
+      <c r="AR21" s="164"/>
     </row>
     <row r="22" spans="1:44" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="355"/>
-[...45 lines deleted...]
-      <c r="AR22" s="247"/>
+      <c r="A22" s="269"/>
+      <c r="B22" s="236" t="s">
+        <v>270</v>
+      </c>
+      <c r="C22" s="1229" t="s">
+        <v>242</v>
+      </c>
+      <c r="D22" s="1229"/>
+      <c r="E22" s="166"/>
+      <c r="F22" s="166"/>
+      <c r="G22" s="1259"/>
+      <c r="H22" s="1255"/>
+      <c r="I22" s="1236"/>
+      <c r="J22" s="166"/>
+      <c r="K22" s="245"/>
+      <c r="L22" s="1240" t="s">
+        <v>269</v>
+      </c>
+      <c r="M22" s="1240"/>
+      <c r="N22" s="1240"/>
+      <c r="O22" s="1240"/>
+      <c r="P22" s="1240"/>
+      <c r="Q22" s="1240"/>
+      <c r="R22" s="1240"/>
+      <c r="S22" s="1240"/>
+      <c r="T22" s="1240"/>
+      <c r="U22" s="1240"/>
+      <c r="V22" s="1240"/>
+      <c r="W22" s="1240"/>
+      <c r="X22" s="1240"/>
+      <c r="Y22" s="1240"/>
+      <c r="Z22" s="1240"/>
+      <c r="AA22" s="1240"/>
+      <c r="AB22" s="1240"/>
+      <c r="AC22" s="1240"/>
+      <c r="AD22" s="1240"/>
+      <c r="AE22" s="1240"/>
+      <c r="AF22" s="1240"/>
+      <c r="AG22" s="1240"/>
+      <c r="AH22" s="1240"/>
+      <c r="AI22" s="1240"/>
+      <c r="AJ22" s="1240"/>
+      <c r="AK22" s="201"/>
+      <c r="AL22" s="244"/>
+      <c r="AP22" s="164"/>
+      <c r="AQ22" s="164"/>
+      <c r="AR22" s="164"/>
     </row>
     <row r="23" spans="1:44" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="355"/>
-[...8 lines deleted...]
-      <c r="H23" s="351" t="str">
+      <c r="A23" s="269"/>
+      <c r="B23" s="1152" t="s">
+        <v>207</v>
+      </c>
+      <c r="C23" s="1154"/>
+      <c r="D23" s="264"/>
+      <c r="E23" s="166"/>
+      <c r="F23" s="166"/>
+      <c r="G23" s="1259"/>
+      <c r="H23" s="265" t="str">
         <f>D18</f>
         <v>16 мм</v>
       </c>
-      <c r="I23" s="1377"/>
-[...31 lines deleted...]
-      <c r="AR23" s="247"/>
+      <c r="I23" s="1236"/>
+      <c r="J23" s="166"/>
+      <c r="K23" s="245"/>
+      <c r="L23" s="1240"/>
+      <c r="M23" s="1240"/>
+      <c r="N23" s="1240"/>
+      <c r="O23" s="1240"/>
+      <c r="P23" s="1240"/>
+      <c r="Q23" s="1240"/>
+      <c r="R23" s="1240"/>
+      <c r="S23" s="1240"/>
+      <c r="T23" s="1240"/>
+      <c r="U23" s="1240"/>
+      <c r="V23" s="1240"/>
+      <c r="W23" s="1240"/>
+      <c r="X23" s="1240"/>
+      <c r="Y23" s="1240"/>
+      <c r="Z23" s="1240"/>
+      <c r="AA23" s="1240"/>
+      <c r="AB23" s="1240"/>
+      <c r="AC23" s="1240"/>
+      <c r="AD23" s="1240"/>
+      <c r="AE23" s="1240"/>
+      <c r="AF23" s="1240"/>
+      <c r="AG23" s="1240"/>
+      <c r="AH23" s="1240"/>
+      <c r="AI23" s="1240"/>
+      <c r="AJ23" s="1240"/>
+      <c r="AK23" s="201"/>
+      <c r="AL23" s="244"/>
+      <c r="AP23" s="164"/>
+      <c r="AQ23" s="164"/>
+      <c r="AR23" s="164"/>
     </row>
     <row r="24" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="355"/>
-[...4 lines deleted...]
-      <c r="F24" s="1350" t="str">
+      <c r="A24" s="269"/>
+      <c r="B24" s="1237"/>
+      <c r="C24" s="1238"/>
+      <c r="D24" s="264"/>
+      <c r="E24" s="166"/>
+      <c r="F24" s="1256" t="str">
         <f>D20</f>
         <v>19 мм</v>
       </c>
-      <c r="G24" s="1351"/>
-[...47 lines deleted...]
-      <c r="AR24" s="247"/>
+      <c r="G24" s="1257"/>
+      <c r="H24" s="1257"/>
+      <c r="I24" s="1257"/>
+      <c r="J24" s="1257"/>
+      <c r="K24" s="1216" t="s">
+        <v>268</v>
+      </c>
+      <c r="L24" s="1217"/>
+      <c r="M24" s="1210" t="s">
+        <v>191</v>
+      </c>
+      <c r="N24" s="1211"/>
+      <c r="O24" s="1211"/>
+      <c r="P24" s="1212"/>
+      <c r="Q24" s="1210" t="s">
+        <v>190</v>
+      </c>
+      <c r="R24" s="1211"/>
+      <c r="S24" s="1211"/>
+      <c r="T24" s="1212"/>
+      <c r="U24" s="1210" t="s">
+        <v>189</v>
+      </c>
+      <c r="V24" s="1211"/>
+      <c r="W24" s="1211"/>
+      <c r="X24" s="1212"/>
+      <c r="Y24" s="1210" t="s">
+        <v>188</v>
+      </c>
+      <c r="Z24" s="1211"/>
+      <c r="AA24" s="1211"/>
+      <c r="AB24" s="1212"/>
+      <c r="AC24" s="1210" t="s">
+        <v>187</v>
+      </c>
+      <c r="AD24" s="1211"/>
+      <c r="AE24" s="1211"/>
+      <c r="AF24" s="1212"/>
+      <c r="AG24" s="1210" t="s">
+        <v>186</v>
+      </c>
+      <c r="AH24" s="1211"/>
+      <c r="AI24" s="1211"/>
+      <c r="AJ24" s="1212"/>
+      <c r="AK24" s="201"/>
+      <c r="AL24" s="244"/>
+      <c r="AP24" s="164"/>
+      <c r="AQ24" s="164"/>
+      <c r="AR24" s="164"/>
     </row>
     <row r="25" spans="1:44" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="355"/>
-[...3 lines deleted...]
-      <c r="C25" s="349">
+      <c r="A25" s="269"/>
+      <c r="B25" s="236" t="s">
+        <v>204</v>
+      </c>
+      <c r="C25" s="263">
         <v>500</v>
       </c>
-      <c r="D25" s="321"/>
-[...40 lines deleted...]
-      <c r="AR25" s="247"/>
+      <c r="D25" s="235"/>
+      <c r="E25" s="262"/>
+      <c r="F25" s="261"/>
+      <c r="G25" s="261"/>
+      <c r="H25" s="261"/>
+      <c r="I25" s="166"/>
+      <c r="J25" s="166"/>
+      <c r="K25" s="1214" t="s">
+        <v>267</v>
+      </c>
+      <c r="L25" s="250" t="s">
+        <v>266</v>
+      </c>
+      <c r="M25" s="256"/>
+      <c r="N25" s="255"/>
+      <c r="O25" s="255"/>
+      <c r="P25" s="255"/>
+      <c r="Q25" s="255"/>
+      <c r="R25" s="255"/>
+      <c r="S25" s="255"/>
+      <c r="T25" s="260"/>
+      <c r="U25" s="259"/>
+      <c r="V25" s="259"/>
+      <c r="W25" s="259"/>
+      <c r="X25" s="259"/>
+      <c r="Y25" s="259"/>
+      <c r="Z25" s="259"/>
+      <c r="AA25" s="259"/>
+      <c r="AB25" s="259"/>
+      <c r="AC25" s="259"/>
+      <c r="AD25" s="259"/>
+      <c r="AE25" s="258"/>
+      <c r="AF25" s="258"/>
+      <c r="AG25" s="258"/>
+      <c r="AH25" s="258"/>
+      <c r="AI25" s="258"/>
+      <c r="AJ25" s="257"/>
+      <c r="AK25" s="201"/>
+      <c r="AL25" s="244"/>
+      <c r="AP25" s="164"/>
+      <c r="AQ25" s="164"/>
+      <c r="AR25" s="164"/>
     </row>
     <row r="26" spans="1:44" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="355"/>
-[...3 lines deleted...]
-      <c r="C26" s="365">
+      <c r="A26" s="269"/>
+      <c r="B26" s="236" t="s">
+        <v>199</v>
+      </c>
+      <c r="C26" s="279">
         <v>600</v>
       </c>
-      <c r="D26" s="1354" t="s">
-[...41 lines deleted...]
-      <c r="AR26" s="247"/>
+      <c r="D26" s="1260" t="s">
+        <v>265</v>
+      </c>
+      <c r="E26" s="1261"/>
+      <c r="F26" s="1261"/>
+      <c r="G26" s="1261"/>
+      <c r="H26" s="1261"/>
+      <c r="I26" s="166"/>
+      <c r="J26" s="166"/>
+      <c r="K26" s="1215"/>
+      <c r="L26" s="250" t="s">
+        <v>183</v>
+      </c>
+      <c r="M26" s="256"/>
+      <c r="N26" s="255"/>
+      <c r="O26" s="254"/>
+      <c r="P26" s="254"/>
+      <c r="Q26" s="254"/>
+      <c r="R26" s="254"/>
+      <c r="S26" s="254"/>
+      <c r="T26" s="253"/>
+      <c r="U26" s="188"/>
+      <c r="V26" s="188"/>
+      <c r="W26" s="188"/>
+      <c r="X26" s="188"/>
+      <c r="Y26" s="188"/>
+      <c r="Z26" s="188"/>
+      <c r="AA26" s="188"/>
+      <c r="AB26" s="188"/>
+      <c r="AC26" s="188"/>
+      <c r="AD26" s="188"/>
+      <c r="AE26" s="187"/>
+      <c r="AF26" s="187"/>
+      <c r="AG26" s="187"/>
+      <c r="AH26" s="187"/>
+      <c r="AI26" s="187"/>
+      <c r="AJ26" s="186"/>
+      <c r="AK26" s="201"/>
+      <c r="AL26" s="244"/>
+      <c r="AO26" s="220"/>
+      <c r="AP26" s="164"/>
+      <c r="AQ26" s="164"/>
+      <c r="AR26" s="164"/>
     </row>
     <row r="27" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="355"/>
-[...3 lines deleted...]
-      <c r="C27" s="365">
+      <c r="A27" s="269"/>
+      <c r="B27" s="236" t="s">
+        <v>264</v>
+      </c>
+      <c r="C27" s="279">
         <v>200</v>
       </c>
-      <c r="D27" s="362"/>
-[...40 lines deleted...]
-      <c r="AR27" s="247"/>
+      <c r="D27" s="276"/>
+      <c r="E27" s="1208" t="s">
+        <v>263</v>
+      </c>
+      <c r="F27" s="1208"/>
+      <c r="G27" s="1208"/>
+      <c r="H27" s="1208"/>
+      <c r="I27" s="166"/>
+      <c r="J27" s="166"/>
+      <c r="K27" s="1215"/>
+      <c r="L27" s="250" t="s">
+        <v>180</v>
+      </c>
+      <c r="M27" s="184"/>
+      <c r="N27" s="183"/>
+      <c r="O27" s="249"/>
+      <c r="P27" s="248"/>
+      <c r="Q27" s="248"/>
+      <c r="R27" s="248"/>
+      <c r="S27" s="248"/>
+      <c r="T27" s="248"/>
+      <c r="U27" s="248"/>
+      <c r="V27" s="248"/>
+      <c r="W27" s="252"/>
+      <c r="X27" s="252"/>
+      <c r="Y27" s="252"/>
+      <c r="Z27" s="252"/>
+      <c r="AA27" s="252"/>
+      <c r="AB27" s="251"/>
+      <c r="AC27" s="183"/>
+      <c r="AD27" s="183"/>
+      <c r="AE27" s="183"/>
+      <c r="AF27" s="183"/>
+      <c r="AG27" s="183"/>
+      <c r="AH27" s="183"/>
+      <c r="AI27" s="183"/>
+      <c r="AJ27" s="182"/>
+      <c r="AK27" s="201"/>
+      <c r="AL27" s="244"/>
+      <c r="AP27" s="164"/>
+      <c r="AQ27" s="164"/>
+      <c r="AR27" s="164"/>
     </row>
     <row r="28" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="355"/>
-[...3 lines deleted...]
-      <c r="C28" s="365">
+      <c r="A28" s="269"/>
+      <c r="B28" s="236" t="s">
+        <v>262</v>
+      </c>
+      <c r="C28" s="279">
         <v>600</v>
       </c>
-      <c r="D28" s="362"/>
-[...40 lines deleted...]
-      <c r="AR28" s="247"/>
+      <c r="D28" s="276"/>
+      <c r="E28" s="1208" t="s">
+        <v>261</v>
+      </c>
+      <c r="F28" s="1208"/>
+      <c r="G28" s="1208"/>
+      <c r="H28" s="1208"/>
+      <c r="I28" s="166"/>
+      <c r="J28" s="166"/>
+      <c r="K28" s="1215"/>
+      <c r="L28" s="250" t="s">
+        <v>178</v>
+      </c>
+      <c r="M28" s="180"/>
+      <c r="N28" s="179"/>
+      <c r="O28" s="179"/>
+      <c r="P28" s="179"/>
+      <c r="Q28" s="179"/>
+      <c r="R28" s="179"/>
+      <c r="S28" s="179"/>
+      <c r="T28" s="179"/>
+      <c r="U28" s="179"/>
+      <c r="V28" s="179"/>
+      <c r="W28" s="249"/>
+      <c r="X28" s="248"/>
+      <c r="Y28" s="248"/>
+      <c r="Z28" s="248"/>
+      <c r="AA28" s="248"/>
+      <c r="AB28" s="248"/>
+      <c r="AC28" s="248"/>
+      <c r="AD28" s="248"/>
+      <c r="AE28" s="248"/>
+      <c r="AF28" s="248"/>
+      <c r="AG28" s="248"/>
+      <c r="AH28" s="248"/>
+      <c r="AI28" s="248"/>
+      <c r="AJ28" s="247"/>
+      <c r="AK28" s="201"/>
+      <c r="AL28" s="244"/>
+      <c r="AP28" s="164"/>
+      <c r="AQ28" s="164"/>
+      <c r="AR28" s="164"/>
     </row>
     <row r="29" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="355"/>
-[...3 lines deleted...]
-      <c r="C29" s="332">
+      <c r="A29" s="269"/>
+      <c r="B29" s="236" t="s">
+        <v>260</v>
+      </c>
+      <c r="C29" s="246">
         <v>350</v>
       </c>
-      <c r="D29" s="362"/>
-[...9 lines deleted...]
-      <c r="L29" s="1295" t="str">
+      <c r="D29" s="276"/>
+      <c r="E29" s="1208" t="s">
+        <v>259</v>
+      </c>
+      <c r="F29" s="1208"/>
+      <c r="G29" s="1208"/>
+      <c r="H29" s="1208"/>
+      <c r="I29" s="166"/>
+      <c r="J29" s="166"/>
+      <c r="K29" s="245"/>
+      <c r="L29" s="1169" t="str">
         <f>IF(AND(C25&lt;350,AE20&gt;20),IF((M20+S20)&lt;20,"Уменьшите вес загрузки ящика","Слищком тяжелый ящик, уменьшите размер"),IF(AE20&gt;60,IF((M20+S20)&lt;60,"Уменьшите вес загрузки ящика","Слишком тяжелый ящик, уменьшите размер"),""))</f>
         <v/>
       </c>
-      <c r="M29" s="1295"/>
-[...27 lines deleted...]
-      <c r="AR29" s="247"/>
+      <c r="M29" s="1169"/>
+      <c r="N29" s="1169"/>
+      <c r="O29" s="1169"/>
+      <c r="P29" s="1169"/>
+      <c r="Q29" s="1169"/>
+      <c r="R29" s="1169"/>
+      <c r="S29" s="1169"/>
+      <c r="T29" s="1169"/>
+      <c r="U29" s="1169"/>
+      <c r="V29" s="1169"/>
+      <c r="W29" s="1169"/>
+      <c r="X29" s="1169"/>
+      <c r="Y29" s="1169"/>
+      <c r="Z29" s="1169"/>
+      <c r="AA29" s="1169"/>
+      <c r="AB29" s="1169"/>
+      <c r="AC29" s="1169"/>
+      <c r="AD29" s="1169"/>
+      <c r="AE29" s="1169"/>
+      <c r="AF29" s="1169"/>
+      <c r="AG29" s="1169"/>
+      <c r="AH29" s="1169"/>
+      <c r="AI29" s="1169"/>
+      <c r="AJ29" s="1169"/>
+      <c r="AK29" s="201"/>
+      <c r="AL29" s="244"/>
+      <c r="AP29" s="164"/>
+      <c r="AQ29" s="164"/>
+      <c r="AR29" s="164"/>
     </row>
     <row r="30" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="355"/>
-[...43 lines deleted...]
-      <c r="AR30" s="247"/>
+      <c r="A30" s="269"/>
+      <c r="B30" s="1218" t="s">
+        <v>185</v>
+      </c>
+      <c r="C30" s="1219"/>
+      <c r="D30" s="276"/>
+      <c r="E30" s="1208" t="s">
+        <v>258</v>
+      </c>
+      <c r="F30" s="1208"/>
+      <c r="G30" s="1208"/>
+      <c r="H30" s="1208"/>
+      <c r="I30" s="166"/>
+      <c r="J30" s="166"/>
+      <c r="K30" s="243"/>
+      <c r="L30" s="1213"/>
+      <c r="M30" s="1213"/>
+      <c r="N30" s="1213"/>
+      <c r="O30" s="1213"/>
+      <c r="P30" s="1213"/>
+      <c r="Q30" s="1213"/>
+      <c r="R30" s="1213"/>
+      <c r="S30" s="1213"/>
+      <c r="T30" s="1213"/>
+      <c r="U30" s="1213"/>
+      <c r="V30" s="1213"/>
+      <c r="W30" s="1213"/>
+      <c r="X30" s="1213"/>
+      <c r="Y30" s="1213"/>
+      <c r="Z30" s="1213"/>
+      <c r="AA30" s="1213"/>
+      <c r="AB30" s="1213"/>
+      <c r="AC30" s="1213"/>
+      <c r="AD30" s="1213"/>
+      <c r="AE30" s="1213"/>
+      <c r="AF30" s="1213"/>
+      <c r="AG30" s="1213"/>
+      <c r="AH30" s="1213"/>
+      <c r="AI30" s="1213"/>
+      <c r="AJ30" s="1213"/>
+      <c r="AK30" s="242"/>
+      <c r="AL30" s="241"/>
+      <c r="AP30" s="164"/>
+      <c r="AQ30" s="164"/>
+      <c r="AR30" s="164"/>
     </row>
     <row r="31" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="355"/>
-[...3 lines deleted...]
-      <c r="C31" s="365">
+      <c r="A31" s="269"/>
+      <c r="B31" s="236" t="s">
+        <v>182</v>
+      </c>
+      <c r="C31" s="279">
         <v>0</v>
       </c>
-      <c r="D31" s="362"/>
-[...30 lines deleted...]
-      <c r="AE31" s="325">
+      <c r="D31" s="276"/>
+      <c r="E31" s="1208" t="s">
+        <v>257</v>
+      </c>
+      <c r="F31" s="1208"/>
+      <c r="G31" s="1208"/>
+      <c r="H31" s="1208"/>
+      <c r="I31" s="166"/>
+      <c r="J31" s="166"/>
+      <c r="K31" s="240"/>
+      <c r="L31" s="1206" t="s">
+        <v>177</v>
+      </c>
+      <c r="M31" s="1206"/>
+      <c r="N31" s="1206"/>
+      <c r="O31" s="1206"/>
+      <c r="P31" s="1206"/>
+      <c r="Q31" s="1206"/>
+      <c r="R31" s="1206"/>
+      <c r="S31" s="1206"/>
+      <c r="T31" s="1206"/>
+      <c r="U31" s="1206"/>
+      <c r="V31" s="1206"/>
+      <c r="W31" s="1206"/>
+      <c r="X31" s="1206"/>
+      <c r="Y31" s="1206"/>
+      <c r="Z31" s="1206"/>
+      <c r="AA31" s="1206"/>
+      <c r="AB31" s="1206"/>
+      <c r="AC31" s="1206"/>
+      <c r="AD31" s="1206"/>
+      <c r="AE31" s="239">
         <f>FLOOR(1125/(C26-267),1)</f>
         <v>3</v>
       </c>
-      <c r="AF31" s="1391" t="str">
+      <c r="AF31" s="1207" t="str">
         <f>IF(AE31&lt;2,"ящик",IF(AE31&lt;5,"ящика","ящиков"))</f>
         <v>ящика</v>
       </c>
-      <c r="AG31" s="1391"/>
-[...7 lines deleted...]
-      <c r="AR31" s="247"/>
+      <c r="AG31" s="1207"/>
+      <c r="AH31" s="1207"/>
+      <c r="AI31" s="1207"/>
+      <c r="AJ31" s="282"/>
+      <c r="AK31" s="238"/>
+      <c r="AL31" s="237"/>
+      <c r="AP31" s="164"/>
+      <c r="AQ31" s="164"/>
+      <c r="AR31" s="164"/>
     </row>
     <row r="32" spans="1:44" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="355"/>
-[...45 lines deleted...]
-      <c r="AR32" s="247"/>
+      <c r="A32" s="269"/>
+      <c r="B32" s="236" t="s">
+        <v>179</v>
+      </c>
+      <c r="C32" s="279">
+        <v>40</v>
+      </c>
+      <c r="D32" s="276"/>
+      <c r="E32" s="1209" t="s">
+        <v>282</v>
+      </c>
+      <c r="F32" s="1209"/>
+      <c r="G32" s="1209"/>
+      <c r="H32" s="1209"/>
+      <c r="I32" s="166"/>
+      <c r="J32" s="166"/>
+      <c r="K32" s="174"/>
+      <c r="L32" s="201"/>
+      <c r="M32" s="174"/>
+      <c r="N32" s="174"/>
+      <c r="O32" s="174"/>
+      <c r="P32" s="174"/>
+      <c r="Q32" s="174"/>
+      <c r="R32" s="174"/>
+      <c r="S32" s="174"/>
+      <c r="T32" s="174"/>
+      <c r="U32" s="174"/>
+      <c r="V32" s="174"/>
+      <c r="W32" s="174"/>
+      <c r="X32" s="174"/>
+      <c r="Y32" s="174"/>
+      <c r="Z32" s="174"/>
+      <c r="AA32" s="174"/>
+      <c r="AB32" s="174"/>
+      <c r="AC32" s="174"/>
+      <c r="AD32" s="174"/>
+      <c r="AE32" s="174"/>
+      <c r="AF32" s="174"/>
+      <c r="AG32" s="174"/>
+      <c r="AH32" s="174"/>
+      <c r="AI32" s="174"/>
+      <c r="AJ32" s="174"/>
+      <c r="AK32" s="201"/>
+      <c r="AL32" s="244"/>
+      <c r="AP32" s="164"/>
+      <c r="AQ32" s="164"/>
+      <c r="AR32" s="164"/>
     </row>
     <row r="33" spans="1:44" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="380"/>
-[...39 lines deleted...]
-      <c r="AR33" s="247"/>
+      <c r="A33" s="294"/>
+      <c r="B33" s="242"/>
+      <c r="C33" s="242"/>
+      <c r="D33" s="242"/>
+      <c r="E33" s="242"/>
+      <c r="F33" s="242"/>
+      <c r="G33" s="242"/>
+      <c r="H33" s="242"/>
+      <c r="I33" s="242"/>
+      <c r="J33" s="242"/>
+      <c r="K33" s="242"/>
+      <c r="L33" s="242"/>
+      <c r="M33" s="288"/>
+      <c r="N33" s="288"/>
+      <c r="O33" s="288"/>
+      <c r="P33" s="288"/>
+      <c r="Q33" s="288"/>
+      <c r="R33" s="288"/>
+      <c r="S33" s="288"/>
+      <c r="T33" s="288"/>
+      <c r="U33" s="288"/>
+      <c r="V33" s="288"/>
+      <c r="W33" s="288"/>
+      <c r="X33" s="288"/>
+      <c r="Y33" s="288"/>
+      <c r="Z33" s="288"/>
+      <c r="AA33" s="288"/>
+      <c r="AB33" s="288"/>
+      <c r="AC33" s="288"/>
+      <c r="AD33" s="288"/>
+      <c r="AE33" s="288"/>
+      <c r="AF33" s="288"/>
+      <c r="AG33" s="288"/>
+      <c r="AH33" s="288"/>
+      <c r="AI33" s="288"/>
+      <c r="AJ33" s="288"/>
+      <c r="AK33" s="242"/>
+      <c r="AL33" s="241"/>
+      <c r="AP33" s="164"/>
+      <c r="AQ33" s="164"/>
+      <c r="AR33" s="164"/>
     </row>
     <row r="34" spans="1:44" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A34" s="1356"/>
-[...9 lines deleted...]
-      <c r="K34" s="1358"/>
+      <c r="A34" s="1262"/>
+      <c r="B34" s="1263"/>
+      <c r="C34" s="1263"/>
+      <c r="D34" s="1263"/>
+      <c r="E34" s="1264"/>
+      <c r="F34" s="1264"/>
+      <c r="G34" s="1264"/>
+      <c r="H34" s="1264"/>
+      <c r="I34" s="1264"/>
+      <c r="J34" s="1264"/>
+      <c r="K34" s="1264"/>
     </row>
     <row r="35" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="D35" s="320"/>
+      <c r="D35" s="234"/>
     </row>
     <row r="36" spans="1:44" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D36" s="1335"/>
-[...5 lines deleted...]
-      <c r="J36" s="1336"/>
+      <c r="D36" s="1241"/>
+      <c r="E36" s="1242"/>
+      <c r="F36" s="1242"/>
+      <c r="G36" s="1242"/>
+      <c r="H36" s="1242"/>
+      <c r="I36" s="1242"/>
+      <c r="J36" s="1242"/>
     </row>
     <row r="37" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="D37" s="1336"/>
-[...5 lines deleted...]
-      <c r="J37" s="1336"/>
+      <c r="D37" s="1242"/>
+      <c r="E37" s="1242"/>
+      <c r="F37" s="1242"/>
+      <c r="G37" s="1242"/>
+      <c r="H37" s="1242"/>
+      <c r="I37" s="1242"/>
+      <c r="J37" s="1242"/>
     </row>
     <row r="38" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="D38" s="1337"/>
-[...5 lines deleted...]
-      <c r="J38" s="1338"/>
+      <c r="D38" s="1243"/>
+      <c r="E38" s="1244"/>
+      <c r="F38" s="1244"/>
+      <c r="G38" s="1244"/>
+      <c r="H38" s="1244"/>
+      <c r="I38" s="1244"/>
+      <c r="J38" s="1244"/>
     </row>
     <row r="39" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="D39" s="1338"/>
-[...5 lines deleted...]
-      <c r="J39" s="1338"/>
+      <c r="D39" s="1244"/>
+      <c r="E39" s="1244"/>
+      <c r="F39" s="1244"/>
+      <c r="G39" s="1244"/>
+      <c r="H39" s="1244"/>
+      <c r="I39" s="1244"/>
+      <c r="J39" s="1244"/>
     </row>
     <row r="40" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="D40" s="1335"/>
-[...5 lines deleted...]
-      <c r="J40" s="1339"/>
+      <c r="D40" s="1241"/>
+      <c r="E40" s="1245"/>
+      <c r="F40" s="1245"/>
+      <c r="G40" s="1245"/>
+      <c r="H40" s="1245"/>
+      <c r="I40" s="1245"/>
+      <c r="J40" s="1245"/>
     </row>
     <row r="41" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="D41" s="1339"/>
-[...5 lines deleted...]
-      <c r="J41" s="1339"/>
+      <c r="D41" s="1245"/>
+      <c r="E41" s="1245"/>
+      <c r="F41" s="1245"/>
+      <c r="G41" s="1245"/>
+      <c r="H41" s="1245"/>
+      <c r="I41" s="1245"/>
+      <c r="J41" s="1245"/>
     </row>
     <row r="42" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="D42" s="319"/>
+      <c r="D42" s="233"/>
     </row>
     <row r="43" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="D43" s="1335"/>
-[...5 lines deleted...]
-      <c r="J43" s="1336"/>
+      <c r="D43" s="1241"/>
+      <c r="E43" s="1242"/>
+      <c r="F43" s="1242"/>
+      <c r="G43" s="1242"/>
+      <c r="H43" s="1242"/>
+      <c r="I43" s="1242"/>
+      <c r="J43" s="1242"/>
     </row>
     <row r="44" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="D44" s="1336"/>
-[...5 lines deleted...]
-      <c r="J44" s="1336"/>
+      <c r="D44" s="1242"/>
+      <c r="E44" s="1242"/>
+      <c r="F44" s="1242"/>
+      <c r="G44" s="1242"/>
+      <c r="H44" s="1242"/>
+      <c r="I44" s="1242"/>
+      <c r="J44" s="1242"/>
     </row>
     <row r="45" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="D45" s="318"/>
+      <c r="D45" s="232"/>
     </row>
     <row r="46" spans="1:44" x14ac:dyDescent="0.25">
-      <c r="D46" s="318"/>
+      <c r="D46" s="232"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="luNBMB1LtL7Z9CM2rFAG1qQGhPwoSRbs1AenZoS4u5hQdXkzpjSE3ptMzfK/P5NCX0wnEUrVJyFv1vFTxCJVUw==" saltValue="tHz/ph3tIN3ih+bcor6kmg==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <customSheetViews>
     <customSheetView guid="{A25B6F15-9B48-4230-9C30-183637D1319E}" scale="89" showGridLines="0" showRowCol="0" fitToPage="1" hiddenColumns="1">
       <selection activeCell="AM5" sqref="AM5"/>
       <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
       <pageSetup paperSize="9" scale="28" orientation="landscape" r:id="rId1"/>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="46">
-    <mergeCell ref="L31:AD31"/>
-[...12 lines deleted...]
-    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="D36:J37"/>
+    <mergeCell ref="D38:J39"/>
+    <mergeCell ref="D40:J41"/>
+    <mergeCell ref="D43:J44"/>
+    <mergeCell ref="A1:AK1"/>
+    <mergeCell ref="A12:AK12"/>
+    <mergeCell ref="B15:D16"/>
+    <mergeCell ref="H17:H22"/>
+    <mergeCell ref="F24:J24"/>
+    <mergeCell ref="G16:G23"/>
+    <mergeCell ref="D26:H26"/>
+    <mergeCell ref="A34:K34"/>
+    <mergeCell ref="Y18:AD19"/>
+    <mergeCell ref="Y20:AD20"/>
+    <mergeCell ref="AE18:AJ19"/>
+    <mergeCell ref="AE20:AJ20"/>
     <mergeCell ref="AU1:AY1"/>
     <mergeCell ref="B30:C30"/>
     <mergeCell ref="M18:R19"/>
     <mergeCell ref="M20:R20"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="M15:AJ17"/>
     <mergeCell ref="S18:X19"/>
     <mergeCell ref="S20:X20"/>
     <mergeCell ref="I16:I23"/>
     <mergeCell ref="B21:D21"/>
     <mergeCell ref="B23:C24"/>
     <mergeCell ref="AG24:AJ24"/>
     <mergeCell ref="E18:F18"/>
     <mergeCell ref="L22:AJ23"/>
     <mergeCell ref="M24:P24"/>
     <mergeCell ref="Q24:T24"/>
-    <mergeCell ref="D36:J37"/>
-[...14 lines deleted...]
-    <mergeCell ref="AE20:AJ20"/>
+    <mergeCell ref="Y24:AB24"/>
+    <mergeCell ref="AC24:AF24"/>
+    <mergeCell ref="L29:AJ30"/>
+    <mergeCell ref="K25:K28"/>
+    <mergeCell ref="U24:X24"/>
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="L31:AD31"/>
+    <mergeCell ref="AF31:AI31"/>
+    <mergeCell ref="E31:H31"/>
+    <mergeCell ref="E32:H32"/>
+    <mergeCell ref="E27:H27"/>
+    <mergeCell ref="E28:H28"/>
+    <mergeCell ref="E29:H29"/>
+    <mergeCell ref="E30:H30"/>
   </mergeCells>
   <conditionalFormatting sqref="H23">
     <cfRule type="expression" dxfId="56" priority="29">
       <formula>$C$22=$AT$3</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="L25">
+    <cfRule type="expression" dxfId="55" priority="4">
+      <formula>AND($C$25&lt;350,$AE$20&lt;20)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L26">
+    <cfRule type="expression" dxfId="54" priority="3">
+      <formula>AND($C$25&gt;349,$AE$20&lt;20.01)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L27">
+    <cfRule type="expression" dxfId="53" priority="2">
+      <formula>AND($C$25&gt;349,$AE$20&gt;4.99,$AE$20&lt;40.01)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L28">
+    <cfRule type="expression" dxfId="52" priority="1">
+      <formula>AND($C$25&gt;349,$AE$20&gt;24.99,$AE$20&lt;60)</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="M25:M28">
-    <cfRule type="expression" dxfId="55" priority="28">
+    <cfRule type="expression" dxfId="51" priority="28">
       <formula>$AZ$2=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N25:N28">
-    <cfRule type="expression" dxfId="54" priority="27">
+    <cfRule type="expression" dxfId="50" priority="27">
       <formula>$AZ$2=2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O25:O28">
-    <cfRule type="expression" dxfId="53" priority="26">
+    <cfRule type="expression" dxfId="49" priority="26">
       <formula>$AZ$2=3</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P25:P28">
-    <cfRule type="expression" dxfId="52" priority="25">
+    <cfRule type="expression" dxfId="48" priority="25">
       <formula>$AZ$2=4</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Q25:Q28">
-    <cfRule type="expression" dxfId="51" priority="24">
+    <cfRule type="expression" dxfId="47" priority="24">
       <formula>$AZ$2=5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="R25:R28">
-    <cfRule type="expression" dxfId="50" priority="23">
+    <cfRule type="expression" dxfId="46" priority="23">
       <formula>$AZ$2=6</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="S25:S28">
-    <cfRule type="expression" dxfId="49" priority="22">
+    <cfRule type="expression" dxfId="45" priority="22">
       <formula>$AZ$2=7</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="T25:T28">
-    <cfRule type="expression" dxfId="48" priority="21">
+    <cfRule type="expression" dxfId="44" priority="21">
       <formula>$AZ$2=8</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U25:U28">
-    <cfRule type="expression" dxfId="47" priority="20">
+    <cfRule type="expression" dxfId="43" priority="20">
       <formula>$AZ$2=9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V25:V28">
-    <cfRule type="expression" dxfId="46" priority="19">
+    <cfRule type="expression" dxfId="42" priority="19">
       <formula>$AZ$2=10</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="W25:W28">
-    <cfRule type="expression" dxfId="45" priority="18">
+    <cfRule type="expression" dxfId="41" priority="18">
       <formula>$AZ$2=11</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="X25:X28">
-    <cfRule type="expression" dxfId="44" priority="17">
+    <cfRule type="expression" dxfId="40" priority="17">
       <formula>$AZ$2=12</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Y25:Y28">
-    <cfRule type="expression" dxfId="43" priority="16">
+    <cfRule type="expression" dxfId="39" priority="16">
       <formula>$AZ$2=13</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Z25:Z28">
-    <cfRule type="expression" dxfId="42" priority="15">
+    <cfRule type="expression" dxfId="38" priority="15">
       <formula>$AZ$2=14</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AA25:AA28">
-    <cfRule type="expression" dxfId="41" priority="14">
+    <cfRule type="expression" dxfId="37" priority="14">
       <formula>$AZ$2=15</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AB25:AB28">
-    <cfRule type="expression" dxfId="40" priority="13">
+    <cfRule type="expression" dxfId="36" priority="13">
       <formula>$AZ$2=16</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AC25:AC28">
-    <cfRule type="expression" dxfId="39" priority="12">
+    <cfRule type="expression" dxfId="35" priority="12">
       <formula>$AZ$2=17</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD25:AD28">
-    <cfRule type="expression" dxfId="38" priority="11">
+    <cfRule type="expression" dxfId="34" priority="11">
       <formula>$AZ$2=18</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE25:AE28">
-    <cfRule type="expression" dxfId="37" priority="10">
+    <cfRule type="expression" dxfId="33" priority="10">
       <formula>$AZ$2=19</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AF25:AF28">
-    <cfRule type="expression" dxfId="36" priority="9">
+    <cfRule type="expression" dxfId="32" priority="9">
       <formula>$AZ$2=20</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AG25:AG28">
-    <cfRule type="expression" dxfId="35" priority="8">
+    <cfRule type="expression" dxfId="31" priority="8">
       <formula>$AZ$2=21</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AH25:AH28">
-    <cfRule type="expression" dxfId="34" priority="7">
+    <cfRule type="expression" dxfId="30" priority="7">
       <formula>$AZ$2=22</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AI25:AI28">
-    <cfRule type="expression" dxfId="33" priority="6">
+    <cfRule type="expression" dxfId="29" priority="6">
       <formula>$AZ$2=23</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AJ25:AJ28">
-    <cfRule type="expression" dxfId="32" priority="5">
+    <cfRule type="expression" dxfId="28" priority="5">
       <formula>$AZ$2=24</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="L25">
-[...18 lines deleted...]
-  </conditionalFormatting>
   <dataValidations count="7">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C25:D25" xr:uid="{00000000-0002-0000-1000-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C25:D25" xr:uid="{00000000-0002-0000-0D00-000000000000}">
       <formula1>$AP$2:$AP$12</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C22:D22" xr:uid="{00000000-0002-0000-1000-000001000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C22:D22" xr:uid="{00000000-0002-0000-0D00-000001000000}">
       <formula1>$AT$2:$AT$3</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D20" xr:uid="{00000000-0002-0000-1000-000002000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D20" xr:uid="{00000000-0002-0000-0D00-000002000000}">
       <formula1>$AS$3:$AS$5</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D18" xr:uid="{00000000-0002-0000-1000-000003000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D18" xr:uid="{00000000-0002-0000-0D00-000003000000}">
       <formula1>$AS$2:$AS$5</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D19" xr:uid="{00000000-0002-0000-1000-000004000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D19" xr:uid="{00000000-0002-0000-0D00-000004000000}">
       <formula1>$AS$2:$AS$6</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C19" xr:uid="{00000000-0002-0000-1000-000005000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C19" xr:uid="{00000000-0002-0000-0D00-000005000000}">
       <formula1>$AQ$2:$AQ$7</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C18 C20" xr:uid="{00000000-0002-0000-1000-000006000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C18 C20" xr:uid="{00000000-0002-0000-0D00-000006000000}">
       <formula1>$AQ$2:$AQ$6</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="AM1" location="Содержание!R1C1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-1000-000000000000}"/>
+    <hyperlink ref="AM1" location="Содержание!R1C1" display="← СОДЕРЖАНИЕ:" xr:uid="{00000000-0004-0000-0D00-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="28" orientation="landscape" r:id="rId2"/>
-  <drawing r:id="rId3"/>
-[...12982 lines deleted...]
-  <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>26</vt:i4>
+        <vt:i4>14</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Именованные диапазоны</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="31" baseType="lpstr">
+    <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>Содержание</vt:lpstr>
-      <vt:lpstr>HF</vt:lpstr>
-[...7 lines deleted...]
-      <vt:lpstr>Схема AVENTOS HK</vt:lpstr>
+      <vt:lpstr>HF top</vt:lpstr>
+      <vt:lpstr>HS top</vt:lpstr>
+      <vt:lpstr>HL top</vt:lpstr>
       <vt:lpstr>HK top</vt:lpstr>
-      <vt:lpstr>Схема AVENTOS HK top</vt:lpstr>
       <vt:lpstr>HK-S</vt:lpstr>
-      <vt:lpstr>Cхема AVENTOS HK-S</vt:lpstr>
       <vt:lpstr>HK-XS</vt:lpstr>
-      <vt:lpstr>Cхема AVENTOS HK-XS</vt:lpstr>
       <vt:lpstr>TIP-ON BLUMOTION LEGRABOX</vt:lpstr>
-      <vt:lpstr>TIP-ON BLUMOTION LEGRABOX СХЕМА</vt:lpstr>
       <vt:lpstr>TIP-ON BUMOTION MOVENTO</vt:lpstr>
-      <vt:lpstr>TIP-ON BUMOTION MOVENTO СХЕМА</vt:lpstr>
       <vt:lpstr>TIP-ON BLUMOTION TANDEMBOX</vt:lpstr>
-      <vt:lpstr>TIP-ON BUMOTION TANDEMBOX СХЕMA</vt:lpstr>
       <vt:lpstr>TANDEMBOX боковые вставки</vt:lpstr>
       <vt:lpstr>Раскрой дна и з.с для TANDEMBOX</vt:lpstr>
       <vt:lpstr>Раскрой дна и з.с. для LEGRABOX</vt:lpstr>
       <vt:lpstr>Раскрой валов синхронизации</vt:lpstr>
-      <vt:lpstr>'TIP-ON BLUMOTION LEGRABOX СХЕМА'!внутр</vt:lpstr>
       <vt:lpstr>'TIP-ON BLUMOTION TANDEMBOX'!внутр</vt:lpstr>
       <vt:lpstr>внутр</vt:lpstr>
       <vt:lpstr>'Раскрой валов синхронизации'!Область_печати</vt:lpstr>
       <vt:lpstr>Содержание!Область_печати</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Corporation</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>